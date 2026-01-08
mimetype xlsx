--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -13,111 +13,672 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 5.5% 25.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000571218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IRELAND GOVERNMENT BOND 3.4% 18.03.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B6X95T99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BONOS Y OBLIG DEL ESTADO 3.8% 30.04.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES00000124W3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 2% 01.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005127086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCE (GOVT OF) 1.75% 25.11.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0011962398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUNDESREPUB. DEUTSCHLAND 0% 15.08.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0001102408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUONI POLIENNALI DEL TES 2.5% 01.12.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005045270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BONOS Y OBLIG DEL ESTADO 4.4% 31.10.2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES00000123X3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARCLAYS PLC 02.04.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2150054026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUTOLIV INC 0.75% 26.06.2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1713462585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NESTE OYJ 3.875% 16.03.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2598649254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTALENERGIES SE PERP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1974787480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELE2 AB 1.125% 15.05.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1907150350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLOPLAST FINANCE BV 2.75% 19.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2481288525</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAIXABANK SA 17.04.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1808351214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BNP PARIBAS 23.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013398070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAKEDA PHARMACEUTICAL 1% 09.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2197348597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT&amp;T INC 2.35% 05.09.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1907120791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANQUE FED CRED MUTUEL 2.625% 06.11.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR001400A3G4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANFOSS FIN I BV 0.375% 28.10.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2332689681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE VOLKSBANK NV 22.10.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2202902636</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CREDIT SUISSE AG LONDON 0.45% 19.05.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2176686546</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISS GLOBAL A/S 1.5% 31.08.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1673102734</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANSKE BANK A/S 15.05.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2299135819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPMORGAN CHASE &amp; CO 23.03.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2461234622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK CONSUMER HEALTHCARE 1.75% 29.03.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2462324828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">THERMO FISHER SCIENTIFIC 0.5% 01.03.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2058556536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIB GROUP PLC 17.11.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2343340852</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOGICOR FINANCING SARL 1.5% 13.07.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2200175839</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTP NV 0.875% 20.01.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2434791690</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FERROVIAL EMISIONES SA 0.54% 12.11.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0205032040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATWEST GROUP PLC 14.09.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2387060259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROSUS NV 1.288% 13.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2360853332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEIDELBERGCEMENT AG 3.75% 31.05.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2577874782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUT PFANDBRIEFBANK AG 5% 05.02.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A30WF84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
+    <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-t?ma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr lastClr="000000" val="windowText"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr lastClr="FFFFFF" val="window"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -413,50 +974,855 @@
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="2">
+      <c r="A2" s="2">
+        <v>45016</v>
+      </c>
+      <c r="B2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="1">
+        <v>14.622</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="3">
+        <v>45016</v>
+      </c>
+      <c r="B3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" s="1">
+        <v>7.617</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="4">
+        <v>45016</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="1">
+        <v>6.325</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="1">
+        <v>6.259</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="6">
+        <v>45016</v>
+      </c>
+      <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="1">
+        <v>5.99</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="7">
+        <v>45016</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
+        <v>36</v>
+      </c>
+      <c r="G7" s="1">
+        <v>5.591</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="8">
+        <v>45016</v>
+      </c>
+      <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" s="1">
+        <v>4.534</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="9">
+        <v>45016</v>
+      </c>
+      <c r="B9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" s="1">
+        <v>4.272</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="10">
+        <v>45016</v>
+      </c>
+      <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" s="1">
+        <v>2.781</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="11">
+        <v>45016</v>
+      </c>
+      <c r="B11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="1">
+        <v>2.273</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="12">
+        <v>45016</v>
+      </c>
+      <c r="B12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" s="1">
+        <v>1.537</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="13">
+        <v>45016</v>
+      </c>
+      <c r="B13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>65</v>
+      </c>
+      <c r="F13" t="s">
+        <v>66</v>
+      </c>
+      <c r="G13" s="1">
+        <v>1.486</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="14">
+        <v>45016</v>
+      </c>
+      <c r="B14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E14" t="s">
+        <v>70</v>
+      </c>
+      <c r="F14" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" s="1">
+        <v>1.484</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="15">
+        <v>45016</v>
+      </c>
+      <c r="B15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D15" t="s">
+        <v>74</v>
+      </c>
+      <c r="E15" t="s">
+        <v>75</v>
+      </c>
+      <c r="F15" t="s">
+        <v>76</v>
+      </c>
+      <c r="G15" s="1">
+        <v>1.461</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="16">
+        <v>45016</v>
+      </c>
+      <c r="B16" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>80</v>
+      </c>
+      <c r="F16" t="s">
+        <v>81</v>
+      </c>
+      <c r="G16" s="1">
+        <v>1.441</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="17">
+        <v>45016</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>83</v>
+      </c>
+      <c r="D17" t="s">
+        <v>84</v>
+      </c>
+      <c r="E17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F17" t="s">
+        <v>86</v>
+      </c>
+      <c r="G17" s="1">
+        <v>1.435</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="18">
+        <v>45016</v>
+      </c>
+      <c r="B18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" t="s">
+        <v>91</v>
+      </c>
+      <c r="G18" s="1">
+        <v>1.43</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="19">
+        <v>45016</v>
+      </c>
+      <c r="B19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" t="s">
+        <v>93</v>
+      </c>
+      <c r="D19" t="s">
+        <v>94</v>
+      </c>
+      <c r="E19" t="s">
+        <v>95</v>
+      </c>
+      <c r="F19" t="s">
+        <v>96</v>
+      </c>
+      <c r="G19" s="1">
+        <v>1.418</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="20">
+        <v>45016</v>
+      </c>
+      <c r="B20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
+        <v>99</v>
+      </c>
+      <c r="E20" t="s">
+        <v>100</v>
+      </c>
+      <c r="F20" t="s">
+        <v>101</v>
+      </c>
+      <c r="G20" s="1">
+        <v>1.398</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="21">
+        <v>45016</v>
+      </c>
+      <c r="B21" t="s">
+        <v>102</v>
+      </c>
+      <c r="C21" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" t="s">
+        <v>104</v>
+      </c>
+      <c r="E21" t="s">
+        <v>105</v>
+      </c>
+      <c r="F21" t="s">
+        <v>106</v>
+      </c>
+      <c r="G21" s="1">
+        <v>1.396</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="22">
+        <v>45016</v>
+      </c>
+      <c r="B22" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" t="s">
+        <v>109</v>
+      </c>
+      <c r="E22" t="s">
+        <v>110</v>
+      </c>
+      <c r="F22" t="s">
+        <v>111</v>
+      </c>
+      <c r="G22" s="1">
+        <v>1.394</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="23">
+        <v>45016</v>
+      </c>
+      <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>114</v>
+      </c>
+      <c r="E23" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" t="s">
+        <v>116</v>
+      </c>
+      <c r="G23" s="1">
+        <v>1.387</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="24">
+        <v>45016</v>
+      </c>
+      <c r="B24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" t="s">
+        <v>120</v>
+      </c>
+      <c r="F24" t="s">
+        <v>121</v>
+      </c>
+      <c r="G24" s="1">
+        <v>1.374</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="25">
+        <v>45016</v>
+      </c>
+      <c r="B25" t="s">
+        <v>122</v>
+      </c>
+      <c r="C25" t="s">
+        <v>123</v>
+      </c>
+      <c r="D25" t="s">
+        <v>124</v>
+      </c>
+      <c r="E25" t="s">
+        <v>125</v>
+      </c>
+      <c r="F25" t="s">
+        <v>126</v>
+      </c>
+      <c r="G25" s="1">
+        <v>1.349</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="26">
+        <v>45016</v>
+      </c>
+      <c r="B26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" t="s">
+        <v>128</v>
+      </c>
+      <c r="D26" t="s">
+        <v>129</v>
+      </c>
+      <c r="E26" t="s">
+        <v>130</v>
+      </c>
+      <c r="F26" t="s">
+        <v>131</v>
+      </c>
+      <c r="G26" s="1">
+        <v>1.341</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="27">
+        <v>45016</v>
+      </c>
+      <c r="B27" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" t="s">
+        <v>133</v>
+      </c>
+      <c r="D27" t="s">
+        <v>134</v>
+      </c>
+      <c r="E27" t="s">
+        <v>135</v>
+      </c>
+      <c r="F27" t="s">
+        <v>136</v>
+      </c>
+      <c r="G27" s="1">
+        <v>1.333</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="28">
+        <v>45016</v>
+      </c>
+      <c r="B28" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" t="s">
+        <v>138</v>
+      </c>
+      <c r="D28" t="s">
+        <v>139</v>
+      </c>
+      <c r="E28" t="s">
+        <v>140</v>
+      </c>
+      <c r="F28" t="s">
+        <v>141</v>
+      </c>
+      <c r="G28" s="1">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="29">
+        <v>45016</v>
+      </c>
+      <c r="B29" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" t="s">
+        <v>143</v>
+      </c>
+      <c r="D29" t="s">
+        <v>144</v>
+      </c>
+      <c r="E29" t="s">
+        <v>145</v>
+      </c>
+      <c r="F29" t="s">
+        <v>146</v>
+      </c>
+      <c r="G29" s="1">
+        <v>1.32</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="30">
+        <v>45016</v>
+      </c>
+      <c r="B30" t="s">
+        <v>147</v>
+      </c>
+      <c r="C30" t="s">
+        <v>148</v>
+      </c>
+      <c r="D30" t="s">
+        <v>149</v>
+      </c>
+      <c r="E30" t="s">
+        <v>150</v>
+      </c>
+      <c r="F30" t="s">
+        <v>151</v>
+      </c>
+      <c r="G30" s="1">
+        <v>1.276</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="31">
+        <v>45016</v>
+      </c>
+      <c r="B31" t="s">
+        <v>152</v>
+      </c>
+      <c r="C31" t="s">
+        <v>153</v>
+      </c>
+      <c r="D31" t="s">
+        <v>154</v>
+      </c>
+      <c r="E31" t="s">
+        <v>155</v>
+      </c>
+      <c r="F31" t="s">
+        <v>156</v>
+      </c>
+      <c r="G31" s="1">
+        <v>1.272</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="32">
+        <v>45016</v>
+      </c>
+      <c r="B32" t="s">
+        <v>157</v>
+      </c>
+      <c r="C32" t="s">
+        <v>158</v>
+      </c>
+      <c r="D32" t="s">
+        <v>159</v>
+      </c>
+      <c r="E32" t="s">
+        <v>160</v>
+      </c>
+      <c r="F32" t="s">
+        <v>161</v>
+      </c>
+      <c r="G32" s="1">
+        <v>1.254</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="33">
+        <v>45016</v>
+      </c>
+      <c r="B33" t="s">
+        <v>162</v>
+      </c>
+      <c r="C33" t="s">
+        <v>163</v>
+      </c>
+      <c r="D33" t="s">
+        <v>164</v>
+      </c>
+      <c r="E33" t="s">
+        <v>165</v>
+      </c>
+      <c r="F33" t="s">
+        <v>166</v>
+      </c>
+      <c r="G33" s="1">
+        <v>1.237</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="34">
+        <v>45016</v>
+      </c>
+      <c r="B34" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" t="s">
+        <v>168</v>
+      </c>
+      <c r="D34" t="s">
+        <v>169</v>
+      </c>
+      <c r="E34" t="s">
+        <v>170</v>
+      </c>
+      <c r="F34" t="s">
+        <v>171</v>
+      </c>
+      <c r="G34" s="1">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="35">
+        <v>45016</v>
+      </c>
+      <c r="B35" t="s">
+        <v>172</v>
+      </c>
+      <c r="C35" t="s">
+        <v>173</v>
+      </c>
+      <c r="D35" t="s">
+        <v>174</v>
+      </c>
+      <c r="E35" t="s">
+        <v>175</v>
+      </c>
+      <c r="F35" t="s">
+        <v>176</v>
+      </c>
+      <c r="G35" s="1">
+        <v>0.702</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="36">
+        <v>45016</v>
+      </c>
+      <c r="B36" t="s">
+        <v>177</v>
+      </c>
+      <c r="C36" t="s">
+        <v>178</v>
+      </c>
+      <c r="D36" t="s">
+        <v>179</v>
+      </c>
+      <c r="E36" t="s">
+        <v>180</v>
+      </c>
+      <c r="F36" t="s">
+        <v>181</v>
+      </c>
+      <c r="G36" s="1">
+        <v>0.316</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>