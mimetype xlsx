--- v0 (2025-11-08)
+++ v1 (2026-01-10)
@@ -13,7439 +13,6847 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2437" uniqueCount="2437">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2252" uniqueCount="2252">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">NVIDIA Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US67066G1040</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Apple Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0378331005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Microsoft Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US5949181045</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Apple Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US0378331005</t>
+    <t xml:space="preserve">Alphabet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K1079</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Amazon.com Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US0231351067</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Alphabet Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US02079K1079</t>
+    <t xml:space="preserve">Broadcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US11135F1012</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Tesla Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US88160R1014</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Meta Platforms Inc. A</t>
   </si>
   <si>
     <t xml:space="preserve">US30303M1027</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Broadcom Inc.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US11135F1012</t>
+    <t xml:space="preserve">Alphabet Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K3059</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">JPMorgan Chase &amp; Co.</t>
   </si>
   <si>
     <t xml:space="preserve">US46625H1005</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Alphabet Inc. A</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US02079K3059</t>
+    <t xml:space="preserve">Digital Realty Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2538681030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eli Lilly &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5324571083</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Equinix Inc. (REIT)</t>
   </si>
   <si>
     <t xml:space="preserve">US29444U7000</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Digital Realty Trust Inc. (REIT)</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US2538681030</t>
+    <t xml:space="preserve">International Business Machines Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4592001014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sherwin-Williams Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8243481061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAP SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007164600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xylem Inc/NY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98419M1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrovial SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015001FS8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4781601046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Visa Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92826C8394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marvell Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5738741041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schneider Electric SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advanced Micro Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0079031078</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Oracle Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US68389X1054</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Eli Lilly &amp; Co.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">FR0000121972</t>
+    <t xml:space="preserve">Mastercard Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US57636Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Netflix Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64110L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">East Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3783600004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ServiceNow Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81762P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Solar Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3364331070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cisco Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US17275R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7800871021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edison International</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2810201077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Central Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3566800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salesforce Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US79466L3024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Express Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0258161092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Home Depot Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4370761029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AbbVie Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00287Y1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725401090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AstraZeneca Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0009895292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML Holding NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010273215</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58933Y1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of America Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0605051046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Analog Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0326541051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollarama Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA25675T1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UnitedHealth Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91324P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vestas Wind Systems</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0061539921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;P Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78409V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terna - Rete Elettrica Nazionale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003242622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roche Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012032048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McDonald's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5801351017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thermo Fisher Scientific Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8835561023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boston Scientific Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011371077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transurban Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TCL6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CFD on 3i Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1YW4409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dassault Systemes SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014003TT8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">Sherwin-Williams Co/The</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">NL0015001FS8</t>
+    <t xml:space="preserve">Agnico Eagle Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0084741085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AECOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00766T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hydro One Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4488112083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rivian Automotive Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US76954A1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuitive Surgical Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46120E6023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wells Fargo &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9497461015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prologis Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74340W1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuit Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4612021034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLA Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4824801009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unibail-Rodamco-Westfield (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013326246</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aflac Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0010551028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Segro Plc (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B5ZN1N88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amphenol Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0320951017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intel Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4581401001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Prime Site AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008038389</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMETEK Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311001004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackrock Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09290D1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Morgan Stanley</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6174464486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autodesk Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0527691069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital One Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14040H1059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Utilities Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B39J2M42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chubb Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0044328745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swisscom AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008742519</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">F5 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3156161024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Integrated Commercial Trust (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M51904654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9628791027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BXP Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011211018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pentair Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLS09M33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUALCOMM Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7475251036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accenture Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geberit AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0030170408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stantec Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA85472N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nordea Bank Abp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000297767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baloise Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012410517</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Severn Trent Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mowi ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003054108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aena SME S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0105046017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Spanien </t>
   </si>
   <si>
-    <t xml:space="preserve">Mastercard Inc. A</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">DE0007164600</t>
+    <t xml:space="preserve">Welltower Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US95040Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moody's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6153691059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911605092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Element Fleet Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2861812014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampo Oyj A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000552500</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prosus NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0013654783</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walt Disney Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2546871060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bristol-Myers Squibb Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1101221083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novartis AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012005267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charles Schwab Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8085131055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novo Nordisk B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0062498333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amgen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311621009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motorola Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6200763075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0004927939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSP Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA92938W2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adobe Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00724F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stryker Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8636671013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orsted</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060094928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shopify Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA82509L1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great-West Lifeco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA39138C1068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Klepierre S.A. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Texas Instruments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8825081040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Ascendas REIT (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M77906915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uber Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90353T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danaher Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2358511028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Micron Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5951121038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FANUC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802400006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of New York Mellon Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0640581007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LVMH Moet Hennessy Louis Vuitton SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MetLife Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US59156R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zurich Insurance Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0011075394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Cellulosa AB SCA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000112724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manulife Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA56501R1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Building Fund Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3027670003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTR Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0066009694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veralto Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92338C1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Automatic Data Processing Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0530151036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Progressive Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7433151039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Redeia Corp. S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0173093024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrari NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011585146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chugai Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3519400000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000069689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pfizer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7170811035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quanta Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74762E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TE Connectivity Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000IVNQZ81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goldman Sachs Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US38141G1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MercadoLibre Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58733R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Travelers Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89417E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apollo Global Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03769M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goodman Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000GMG2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Handelsbanken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0007100599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marsh &amp; McLennan Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5717481023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity LifeStyle Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29472R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">eBay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2786421030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CME Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12572Q1058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi UFJ Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3902900004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanofi S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verizon Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicinity Ltd. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000VCX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fast Retailing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802300008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allianz SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008404005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Home Depot Inc/The</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">JP3566800003</t>
+    <t xml:space="preserve">ABB Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012221716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Partners Group Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0024608827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantest Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3122400009</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">East Japan Railway Co.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">JP3783600004</t>
+    <t xml:space="preserve">Keyence Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3236200006</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Royal Bank of Canada</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CA7800871021</t>
+    <t xml:space="preserve">Getlink SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010533075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Land Securities Group Plc (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BYW0PQ60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legal &amp; General Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005603997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comcast Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US20030N1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L'Oreal S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palo Alto Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6974351057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoetis Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98978V1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackstone Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09260D1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haleon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMX86B70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snowflake Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8334451098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legrand S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010307819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC Financial Services Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6934751057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US94106L1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AppLovin Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03831W1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elia Group SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003822393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Water Works Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0304201033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon Property Group Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8288061091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verbund AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000746409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Österrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastenal Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3119001044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertex Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92532F1003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong Exchanges &amp; Clearing Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0388045442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEXX Laboratories Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45168D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Life Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8667961053</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Cisco Systems Inc.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">DK0061539921</t>
+    <t xml:space="preserve">Intercontinental Exchange Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45866F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AvalonBay Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0534841012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ameriprise Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03076C1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Booking Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09857L1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Axon Enterprise Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US05464C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commonwealth Bank of Australia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CBA7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arch Capital Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG0450A1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aviva Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BPQY8M80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intact Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45823T1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EssilorLuxottica S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chocoladefabriken Lindt &amp; Spruengli AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010570759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoftBank Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436100006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Starbucks Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8552441094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NN Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010773842</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IQVIA Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46266C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">W R Berkley Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0844231029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arista Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0404132054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TMX Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87262K1057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">US Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9029733048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halma Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0004052071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KKR &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US48251W1045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thomson Reuters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8849038085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Exchange Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3183200009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ivanhoe Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA46579R1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Markel Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5705351048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UniCredit SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005239360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hartford Insurance Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4165151048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockwell Automation Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7739031091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDP Renovaveis S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0127797019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gecina S.A. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010040865</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco BPM SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005218380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mettler-Toledo International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5926881054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regeneron Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75886F1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essex Property Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2971781057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenvue Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49177J1025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edwards Lifesciences Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US28176E1082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CGI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA12532H1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salmar ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010310956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLP1HW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Astellas Pharma Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3942400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L E Lundbergforetagen AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000108847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hermes International SCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000052292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoya Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3837800006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecolab Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2788651006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Church &amp; Dwight Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1713401024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orion Oyj B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009014377</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Power Corp. of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7392391016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Broadridge Financial Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US11133T1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cincinnati Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1720621010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Covivio SA/France (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000064578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spotify Technology S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1778762911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muenchener Rueckversicherungs-Gesellschaft AG in M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008430026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crowdstrike Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22788C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allstate Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0200021014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hannover Rueck SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008402215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp. Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3689500001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keysight Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49338L1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Becton Dickinson &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0758871091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PayPal Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US70450Y1038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashtead Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000536739</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Financial Group Inc/OH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0259321042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ulta Beauty Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90384S3031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robinhood Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7707001027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skandinaviska Enskilda Banken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000148884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIS Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3104890003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Tower Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03027X1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortinet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertiv Holdings Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92537N1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M&amp;T Bank Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US55261F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monster Beverage Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US61174X1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilead Sciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3755581036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT&amp;T Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00206R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westinghouse Air Brake Technologies Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9297401088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prudential Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7443201022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arthur J Gallagher &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3635761097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Next Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0032089863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiichi Sankyo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3475350009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iA Financial Corp. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45075E1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trimble Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8962391004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokio Marine Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3910660004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garmin Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0114405324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nintendo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3756600007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Willis Towers Watson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BDB6Q211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Givaudan S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010645932</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCKWOOL B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0063855168</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">DKK</t>
   </si>
   <si>
     <t xml:space="preserve">Danmark </t>
   </si>
   <si>
-    <t xml:space="preserve">First Solar Inc.</t>
-[...50 lines deleted...]
-    <t xml:space="preserve">Fonder</t>
+    <t xml:space="preserve">Tele2 AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0005190238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T-Mobile US Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725901040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity Residential (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29476L1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alnylam Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02043Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paychex Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7043261079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gjensidige Forsikring ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010582521</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ResMed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7611521078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UBS Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0244767585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3162600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UCB S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003739530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fox Corp. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US35137L2043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Informa Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMJ6DW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Edison International</t>
-[...92 lines deleted...]
-    <t xml:space="preserve">NL0010273215</t>
+    <t xml:space="preserve">TELUS Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87971M9969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meridian Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZMELE0002S7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shionogi &amp; Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3347200002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teradyne Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8807701029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royalty Pharma Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMVP7Y09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synchrony Financial</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US87165B1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tryg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060636678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBI Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436120004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RELX Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B2B0DG97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Trust Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6658591044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FinecoBank Banca Fineco SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000072170</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Recruit Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3970300004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSL Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CSL8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vonovia SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1ML7J1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suncorp Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SUN6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokyo Metro Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3583900000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Julius Baer Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0102484968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Airbnb Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0090661010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANZ Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ANZ3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nasdaq Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6311031081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpeak Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US42250P1030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chipotle Mexican Grill Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1696561059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortive Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Republic Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7607591002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDW Corp/DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12514G1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rogers Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7751092007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brown &amp; Brown Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1152361010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roper Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7766961061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sofina S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003717312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fox Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US35137L1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nice Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0002730112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fiserv Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3377381088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NetApp Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64110D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agilent Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00846U1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Re AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0126881561</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cboe Global Markets Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12503M1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadence Design Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1273871087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IGM Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4495861060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coinbase Global Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US19260Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">London Stock Exchange Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0SWJX34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raymond James Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7547301090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T Rowe Price Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74144T1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strategy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5949724083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45167R1041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amadeus IT Group S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0109067019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liberty Media Corp-Liberty Formula One</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5312297550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veeva Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9224751084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verisk Analytics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92345Y1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Experian Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B19NLV48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidelity National Information Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31620M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Rentals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9113631090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erie Indemnity Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29530P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Annaly Capital Management Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0357108390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DoorDash Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US25809K1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanrio Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3343200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandoz Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1243598427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yum! Brands Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9884981013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sigma Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SIG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lululemon Athletica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5500211090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Boerse AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005810055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adyen NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0012969182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Holland </t>
   </si>
   <si>
-    <t xml:space="preserve">Analog Devices Inc.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">FR0014003TT8</t>
+    <t xml:space="preserve">Scentre Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SCG8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BCE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA05534B7604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Disco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3548600000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Biogen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09062X1037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banque Cantonale Vaudoise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0531751755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corpay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2199481068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROBLOX Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7710491033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rollins Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7757111049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Recordati Industria Chimica e Farmaceutica SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003828271</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9418481035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sompo Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3165000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3841091040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charter Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US16119P1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oriental Land Co. Ltd/Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3198900007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illumina Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4523271090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reliance Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7595091023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barclays Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031348658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Global Payments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US37940X1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realty Income Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7561091049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CoStar Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22160N1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nexon Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3758190007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcon AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0432492467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Straumann Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1175448666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Workday Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98138H1014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iron Mountain Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46284V1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Block Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8522341036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fifth Third Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3167731005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cintas Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1729081059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insulet Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45784P1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dexcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2521311074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoom Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98980L1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Everest Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG3223R1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Industrivarden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000107203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carvana Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1468691027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docusign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2561631068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonova Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012549785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Super Micro Computer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US86800U3023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000REA9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Twilio Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90138F1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Copart Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2172041061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hexagon AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015961909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Admiral Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B02J6398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlas Copco AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017486889</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lam Research Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5128073062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VeriSign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insmed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4576693075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Truist Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89832Q1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GoDaddy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3802371076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Omnicom Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6819191064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HSBC Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005405286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holmen AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0011090018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incyte Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45337C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cooper Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2166485019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Restaurant Brands International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA76131D1033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trade Desk Inc/The A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88339J1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genmab</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010272202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synopsys Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8716071076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equifax Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2944291051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American International Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0268747849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">West Pharmaceutical Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9553061055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Labcorp Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5049221055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cochlear Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000COH5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tradeweb Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8926721064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zillow Group Inc. C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98954M2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moncler SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0004965148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otis Worldwide Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US68902V1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fair Isaac Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3032501047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MongoDB Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US60937P1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sartorius AG (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007165631</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elisa Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009007884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lasertec Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3979200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M3 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435750009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pearson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0006776081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlassian Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0494681010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap-on Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8330341012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argenx SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010832176</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Life Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0014852781</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rocket Lab Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7731211089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quest Diagnostics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74834L1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pinterest Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US72352L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZOZO Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3399310006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edenred SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010908533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">ABB Ltd.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">GB0009895292</t>
+    <t xml:space="preserve">Neurocrine Biosciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64125C1099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Exchange Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1J26887955</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IonQ Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46222L1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Okta Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6792951054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groupe Bruxelles Lambert NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003797140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medibank Pvt Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MPL3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spirax Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BWFGQN14</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">S&amp;P Global Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">IT0003242622</t>
+    <t xml:space="preserve">Schroders Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BP9LHF23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scout24 SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A12DM80</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Italien </t>
-[...110 lines deleted...]
-    <t xml:space="preserve">FR0013326246</t>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sartorius Stedim Biotech</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013154002</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">Pentair Plc</t>
-[...92 lines deleted...]
-    <t xml:space="preserve">IE0004927939</t>
+    <t xml:space="preserve">Ipsen S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010259150</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Irland </t>
-[...200 lines deleted...]
-    <t xml:space="preserve">DK0062498333</t>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASX Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ASX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stockland (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SGP0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QIAGEN NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015002CX3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eisai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3160400002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83304A1060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eurofins Scientific SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014000MR3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coloplast B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060448595</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">DKK</t>
   </si>
   <si>
     <t xml:space="preserve">Danmark </t>
   </si>
   <si>
-    <t xml:space="preserve">QUALCOMM Inc.</t>
-[...182 lines deleted...]
-    <t xml:space="preserve">FI4000297767</t>
+    <t xml:space="preserve">Equitable Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29452E1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amundi S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0004125920</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Finland </t>
-[...50 lines deleted...]
-    <t xml:space="preserve">FI4000552500</t>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">InPost S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU2290522684</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Finland </t>
-[...35 lines deleted...]
-    <t xml:space="preserve">NL0013654783</t>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infineon Technologies AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006231004</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Holland </t>
-[...350 lines deleted...]
-    <t xml:space="preserve">JP3802400006</t>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gartner Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3666511072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obic Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3173400007</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Rivian Automotive Inc. A</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">JP3435000009</t>
+    <t xml:space="preserve">Sysmex Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3351100007</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Pfizer Inc.</t>
-[...5132 lines deleted...]
-    <t xml:space="preserve">US8926721064</t>
+    <t xml:space="preserve">Jack Henry &amp; Associates Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4262811015</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Wix.com Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">IL0011301780</t>
-  </si>
-[...148 lines deleted...]
-    <t xml:space="preserve">US0162551016</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="488">
+  <cellXfs count="451">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
-    <xf numFmtId="166" xfId="0"/>
-[...35 lines deleted...]
-    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -8192,11223 +7600,10372 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>6.482</v>
+        <v>6.402</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>5.065</v>
+        <v>5.364</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>4.985</v>
+        <v>4.746</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>2.65</v>
+        <v>2.822</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>2.188</v>
+        <v>2.766</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>2.079</v>
+        <v>2.369</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>2.074</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>1.968</v>
+        <v>1.803</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>1.412</v>
+        <v>1.631</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.251</v>
+        <v>1.382</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>1.053</v>
+        <v>1.325</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>1.022</v>
+        <v>1.298</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>0.939</v>
+        <v>1.161</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>0.932</v>
+        <v>0.985</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>0.917</v>
+        <v>0.899</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>0.9</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>0.81</v>
+        <v>0.831</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>0.786</v>
+        <v>0.822</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>0.765</v>
+        <v>0.811</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>0.743</v>
+        <v>0.794</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>0.695</v>
+        <v>0.731</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>0.684</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>0.683</v>
+        <v>0.699</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>0.622</v>
+        <v>0.675</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.564</v>
+        <v>0.648</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.552</v>
+        <v>0.622</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.551</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.545</v>
+        <v>0.587</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.507</v>
+        <v>0.573</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.491</v>
+        <v>0.571</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.484</v>
+        <v>0.557</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.467</v>
+        <v>0.551</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.466</v>
+        <v>0.521</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.459</v>
+        <v>0.512</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.454</v>
+        <v>0.478</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.442</v>
+        <v>0.475</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.44</v>
+        <v>0.474</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.439</v>
+        <v>0.472</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.436</v>
+        <v>0.462</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.432</v>
+        <v>0.445</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.43</v>
+        <v>0.441</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.429</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.424</v>
+        <v>0.438</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.412</v>
+        <v>0.416</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.408</v>
+        <v>0.406</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.398</v>
+        <v>0.395</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.395</v>
+        <v>0.386</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.395</v>
+        <v>0.373</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.377</v>
+        <v>0.373</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.375</v>
+        <v>0.365</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.367</v>
+        <v>0.349</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.365</v>
+        <v>0.348</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.364</v>
+        <v>0.339</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.363</v>
+        <v>0.334</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.34</v>
+        <v>0.334</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.327</v>
+        <v>0.332</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.325</v>
+        <v>0.331</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.324</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.324</v>
+        <v>0.327</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.318</v>
+        <v>0.323</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.316</v>
+        <v>0.317</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.315</v>
+        <v>0.316</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.306</v>
+        <v>0.314</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.304</v>
+        <v>0.312</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.303</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.3</v>
+        <v>0.307</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.299</v>
+        <v>0.304</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.299</v>
+        <v>0.303</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.299</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.297</v>
+        <v>0.298</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.296</v>
+        <v>0.292</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.295</v>
+        <v>0.289</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.287</v>
+        <v>0.285</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.284</v>
+        <v>0.285</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.281</v>
+        <v>0.284</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.281</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.28</v>
+        <v>0.275</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.28</v>
+        <v>0.273</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.28</v>
+        <v>0.273</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.274</v>
+        <v>0.272</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.272</v>
+        <v>0.269</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.271</v>
+        <v>0.267</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.269</v>
+        <v>0.266</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.268</v>
+        <v>0.265</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.267</v>
+        <v>0.262</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.266</v>
+        <v>0.261</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.265</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.263</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.258</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
         <v>0.257</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
         <v>0.256</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.254</v>
+        <v>0.256</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.253</v>
+        <v>0.254</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.252</v>
+        <v>0.254</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.251</v>
+        <v>0.254</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.248</v>
+        <v>0.252</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.248</v>
+        <v>0.249</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.246</v>
+        <v>0.247</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.242</v>
+        <v>0.243</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.242</v>
+        <v>0.237</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.24</v>
+        <v>0.235</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.239</v>
+        <v>0.233</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.237</v>
+        <v>0.232</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.235</v>
+        <v>0.231</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.232</v>
+        <v>0.231</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.231</v>
+        <v>0.229</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.23</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
         <v>0.227</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="110">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
         <v>548</v>
       </c>
       <c r="D110" t="s">
         <v>549</v>
       </c>
       <c r="E110" t="s">
         <v>550</v>
       </c>
       <c r="F110" t="s">
         <v>551</v>
       </c>
       <c r="G110" s="1">
-        <v>0.225</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="111">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B111" t="s">
         <v>552</v>
       </c>
       <c r="C111" t="s">
         <v>553</v>
       </c>
       <c r="D111" t="s">
         <v>554</v>
       </c>
       <c r="E111" t="s">
         <v>555</v>
       </c>
       <c r="F111" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="1">
-        <v>0.223</v>
+        <v>0.225</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="112">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B112" t="s">
         <v>557</v>
       </c>
       <c r="C112" t="s">
         <v>558</v>
       </c>
       <c r="D112" t="s">
         <v>559</v>
       </c>
       <c r="E112" t="s">
         <v>560</v>
       </c>
       <c r="F112" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="1">
-        <v>0.221</v>
+        <v>0.218</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="113">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B113" t="s">
         <v>562</v>
       </c>
       <c r="C113" t="s">
         <v>563</v>
       </c>
       <c r="D113" t="s">
         <v>564</v>
       </c>
       <c r="E113" t="s">
         <v>565</v>
       </c>
       <c r="F113" t="s">
         <v>566</v>
       </c>
       <c r="G113" s="1">
-        <v>0.217</v>
+        <v>0.216</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="114">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B114" t="s">
         <v>567</v>
       </c>
       <c r="C114" t="s">
         <v>568</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>571</v>
       </c>
       <c r="G114" s="1">
-        <v>0.215</v>
+        <v>0.216</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="115">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B115" t="s">
         <v>572</v>
       </c>
       <c r="C115" t="s">
         <v>573</v>
       </c>
       <c r="D115" t="s">
         <v>574</v>
       </c>
       <c r="E115" t="s">
         <v>575</v>
       </c>
       <c r="F115" t="s">
         <v>576</v>
       </c>
       <c r="G115" s="1">
         <v>0.214</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="116">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B116" t="s">
         <v>577</v>
       </c>
       <c r="C116" t="s">
         <v>578</v>
       </c>
       <c r="D116" t="s">
         <v>579</v>
       </c>
       <c r="E116" t="s">
         <v>580</v>
       </c>
       <c r="F116" t="s">
         <v>581</v>
       </c>
       <c r="G116" s="1">
-        <v>0.211</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="117">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B117" t="s">
         <v>582</v>
       </c>
       <c r="C117" t="s">
         <v>583</v>
       </c>
       <c r="D117" t="s">
         <v>584</v>
       </c>
       <c r="E117" t="s">
         <v>585</v>
       </c>
       <c r="F117" t="s">
         <v>586</v>
       </c>
       <c r="G117" s="1">
         <v>0.21</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="118">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B118" t="s">
         <v>587</v>
       </c>
       <c r="C118" t="s">
         <v>588</v>
       </c>
       <c r="D118" t="s">
         <v>589</v>
       </c>
       <c r="E118" t="s">
         <v>590</v>
       </c>
       <c r="F118" t="s">
         <v>591</v>
       </c>
       <c r="G118" s="1">
         <v>0.21</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="119">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B119" t="s">
         <v>592</v>
       </c>
       <c r="C119" t="s">
         <v>593</v>
       </c>
       <c r="D119" t="s">
         <v>594</v>
       </c>
       <c r="E119" t="s">
         <v>595</v>
       </c>
       <c r="F119" t="s">
         <v>596</v>
       </c>
       <c r="G119" s="1">
         <v>0.207</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="120">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B120" t="s">
         <v>597</v>
       </c>
       <c r="C120" t="s">
         <v>598</v>
       </c>
       <c r="D120" t="s">
         <v>599</v>
       </c>
       <c r="E120" t="s">
         <v>600</v>
       </c>
       <c r="F120" t="s">
         <v>601</v>
       </c>
       <c r="G120" s="1">
-        <v>0.205</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="121">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B121" t="s">
         <v>602</v>
       </c>
       <c r="C121" t="s">
         <v>603</v>
       </c>
       <c r="D121" t="s">
         <v>604</v>
       </c>
       <c r="E121" t="s">
         <v>605</v>
       </c>
       <c r="F121" t="s">
         <v>606</v>
       </c>
       <c r="G121" s="1">
-        <v>0.202</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="122">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B122" t="s">
         <v>607</v>
       </c>
       <c r="C122" t="s">
         <v>608</v>
       </c>
       <c r="D122" t="s">
         <v>609</v>
       </c>
       <c r="E122" t="s">
         <v>610</v>
       </c>
       <c r="F122" t="s">
         <v>611</v>
       </c>
       <c r="G122" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="123">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B123" t="s">
         <v>612</v>
       </c>
       <c r="C123" t="s">
         <v>613</v>
       </c>
       <c r="D123" t="s">
         <v>614</v>
       </c>
       <c r="E123" t="s">
         <v>615</v>
       </c>
       <c r="F123" t="s">
         <v>616</v>
       </c>
       <c r="G123" s="1">
-        <v>0.198</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="124">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B124" t="s">
         <v>617</v>
       </c>
       <c r="C124" t="s">
         <v>618</v>
       </c>
       <c r="D124" t="s">
         <v>619</v>
       </c>
       <c r="E124" t="s">
         <v>620</v>
       </c>
       <c r="F124" t="s">
         <v>621</v>
       </c>
       <c r="G124" s="1">
-        <v>0.196</v>
+        <v>0.199</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="125">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B125" t="s">
         <v>622</v>
       </c>
       <c r="C125" t="s">
         <v>623</v>
       </c>
       <c r="D125" t="s">
         <v>624</v>
       </c>
       <c r="E125" t="s">
         <v>625</v>
       </c>
       <c r="F125" t="s">
         <v>626</v>
       </c>
       <c r="G125" s="1">
-        <v>0.194</v>
+        <v>0.199</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="126">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B126" t="s">
         <v>627</v>
       </c>
       <c r="C126" t="s">
         <v>628</v>
       </c>
       <c r="D126" t="s">
         <v>629</v>
       </c>
       <c r="E126" t="s">
         <v>630</v>
       </c>
       <c r="F126" t="s">
         <v>631</v>
       </c>
       <c r="G126" s="1">
-        <v>0.193</v>
+        <v>0.199</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="127">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B127" t="s">
         <v>632</v>
       </c>
       <c r="C127" t="s">
         <v>633</v>
       </c>
       <c r="D127" t="s">
         <v>634</v>
       </c>
       <c r="E127" t="s">
         <v>635</v>
       </c>
       <c r="F127" t="s">
         <v>636</v>
       </c>
       <c r="G127" s="1">
-        <v>0.193</v>
+        <v>0.197</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="128">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B128" t="s">
         <v>637</v>
       </c>
       <c r="C128" t="s">
         <v>638</v>
       </c>
       <c r="D128" t="s">
         <v>639</v>
       </c>
       <c r="E128" t="s">
         <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>641</v>
       </c>
       <c r="G128" s="1">
-        <v>0.19</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="129">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B129" t="s">
         <v>642</v>
       </c>
       <c r="C129" t="s">
         <v>643</v>
       </c>
       <c r="D129" t="s">
         <v>644</v>
       </c>
       <c r="E129" t="s">
         <v>645</v>
       </c>
       <c r="F129" t="s">
         <v>646</v>
       </c>
       <c r="G129" s="1">
-        <v>0.19</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="130">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B130" t="s">
         <v>647</v>
       </c>
       <c r="C130" t="s">
         <v>648</v>
       </c>
       <c r="D130" t="s">
         <v>649</v>
       </c>
       <c r="E130" t="s">
         <v>650</v>
       </c>
       <c r="F130" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="1">
         <v>0.187</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="131">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B131" t="s">
         <v>652</v>
       </c>
       <c r="C131" t="s">
         <v>653</v>
       </c>
       <c r="D131" t="s">
         <v>654</v>
       </c>
       <c r="E131" t="s">
         <v>655</v>
       </c>
       <c r="F131" t="s">
         <v>656</v>
       </c>
       <c r="G131" s="1">
-        <v>0.184</v>
+        <v>0.187</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="132">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B132" t="s">
         <v>657</v>
       </c>
       <c r="C132" t="s">
         <v>658</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" t="s">
         <v>660</v>
       </c>
       <c r="F132" t="s">
         <v>661</v>
       </c>
       <c r="G132" s="1">
-        <v>0.183</v>
+        <v>0.185</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="133">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B133" t="s">
         <v>662</v>
       </c>
       <c r="C133" t="s">
         <v>663</v>
       </c>
       <c r="D133" t="s">
         <v>664</v>
       </c>
       <c r="E133" t="s">
         <v>665</v>
       </c>
       <c r="F133" t="s">
         <v>666</v>
       </c>
       <c r="G133" s="1">
-        <v>0.182</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="134">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B134" t="s">
         <v>667</v>
       </c>
       <c r="C134" t="s">
         <v>668</v>
       </c>
       <c r="D134" t="s">
         <v>669</v>
       </c>
       <c r="E134" t="s">
         <v>670</v>
       </c>
       <c r="F134" t="s">
         <v>671</v>
       </c>
       <c r="G134" s="1">
         <v>0.182</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="135">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B135" t="s">
         <v>672</v>
       </c>
       <c r="C135" t="s">
         <v>673</v>
       </c>
       <c r="D135" t="s">
         <v>674</v>
       </c>
       <c r="E135" t="s">
         <v>675</v>
       </c>
       <c r="F135" t="s">
         <v>676</v>
       </c>
       <c r="G135" s="1">
-        <v>0.182</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="136">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B136" t="s">
         <v>677</v>
       </c>
       <c r="C136" t="s">
         <v>678</v>
       </c>
       <c r="D136" t="s">
         <v>679</v>
       </c>
       <c r="E136" t="s">
         <v>680</v>
       </c>
       <c r="F136" t="s">
         <v>681</v>
       </c>
       <c r="G136" s="1">
-        <v>0.181</v>
+        <v>0.179</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="137">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B137" t="s">
         <v>682</v>
       </c>
       <c r="C137" t="s">
         <v>683</v>
       </c>
       <c r="D137" t="s">
         <v>684</v>
       </c>
       <c r="E137" t="s">
         <v>685</v>
       </c>
       <c r="F137" t="s">
         <v>686</v>
       </c>
       <c r="G137" s="1">
-        <v>0.18</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="138">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B138" t="s">
         <v>687</v>
       </c>
       <c r="C138" t="s">
         <v>688</v>
       </c>
       <c r="D138" t="s">
         <v>689</v>
       </c>
       <c r="E138" t="s">
         <v>690</v>
       </c>
       <c r="F138" t="s">
         <v>691</v>
       </c>
       <c r="G138" s="1">
-        <v>0.176</v>
+        <v>0.177</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="139">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B139" t="s">
         <v>692</v>
       </c>
       <c r="C139" t="s">
         <v>693</v>
       </c>
       <c r="D139" t="s">
         <v>694</v>
       </c>
       <c r="E139" t="s">
         <v>695</v>
       </c>
       <c r="F139" t="s">
         <v>696</v>
       </c>
       <c r="G139" s="1">
-        <v>0.176</v>
+        <v>0.174</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="140">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B140" t="s">
         <v>697</v>
       </c>
       <c r="C140" t="s">
         <v>698</v>
       </c>
       <c r="D140" t="s">
         <v>699</v>
       </c>
       <c r="E140" t="s">
         <v>700</v>
       </c>
       <c r="F140" t="s">
         <v>701</v>
       </c>
       <c r="G140" s="1">
-        <v>0.174</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="141">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B141" t="s">
         <v>702</v>
       </c>
       <c r="C141" t="s">
         <v>703</v>
       </c>
       <c r="D141" t="s">
         <v>704</v>
       </c>
       <c r="E141" t="s">
         <v>705</v>
       </c>
       <c r="F141" t="s">
         <v>706</v>
       </c>
       <c r="G141" s="1">
-        <v>0.173</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="142">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B142" t="s">
         <v>707</v>
       </c>
       <c r="C142" t="s">
         <v>708</v>
       </c>
       <c r="D142" t="s">
         <v>709</v>
       </c>
       <c r="E142" t="s">
         <v>710</v>
       </c>
       <c r="F142" t="s">
         <v>711</v>
       </c>
       <c r="G142" s="1">
-        <v>0.172</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="143">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B143" t="s">
         <v>712</v>
       </c>
       <c r="C143" t="s">
         <v>713</v>
       </c>
       <c r="D143" t="s">
         <v>714</v>
       </c>
       <c r="E143" t="s">
         <v>715</v>
       </c>
       <c r="F143" t="s">
         <v>716</v>
       </c>
       <c r="G143" s="1">
-        <v>0.17</v>
+        <v>0.168</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="144">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B144" t="s">
         <v>717</v>
       </c>
       <c r="C144" t="s">
         <v>718</v>
       </c>
       <c r="D144" t="s">
         <v>719</v>
       </c>
       <c r="E144" t="s">
         <v>720</v>
       </c>
       <c r="F144" t="s">
         <v>721</v>
       </c>
       <c r="G144" s="1">
-        <v>0.17</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="145">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B145" t="s">
         <v>722</v>
       </c>
       <c r="C145" t="s">
         <v>723</v>
       </c>
       <c r="D145" t="s">
         <v>724</v>
       </c>
       <c r="E145" t="s">
         <v>725</v>
       </c>
       <c r="F145" t="s">
         <v>726</v>
       </c>
       <c r="G145" s="1">
-        <v>0.169</v>
+        <v>0.166</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="146">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B146" t="s">
         <v>727</v>
       </c>
       <c r="C146" t="s">
         <v>728</v>
       </c>
       <c r="D146" t="s">
         <v>729</v>
       </c>
       <c r="E146" t="s">
         <v>730</v>
       </c>
       <c r="F146" t="s">
         <v>731</v>
       </c>
       <c r="G146" s="1">
-        <v>0.169</v>
+        <v>0.163</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="147">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B147" t="s">
         <v>732</v>
       </c>
       <c r="C147" t="s">
         <v>733</v>
       </c>
       <c r="D147" t="s">
         <v>734</v>
       </c>
       <c r="E147" t="s">
         <v>735</v>
       </c>
       <c r="F147" t="s">
         <v>736</v>
       </c>
       <c r="G147" s="1">
-        <v>0.169</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="148">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B148" t="s">
         <v>737</v>
       </c>
       <c r="C148" t="s">
         <v>738</v>
       </c>
       <c r="D148" t="s">
         <v>739</v>
       </c>
       <c r="E148" t="s">
         <v>740</v>
       </c>
       <c r="F148" t="s">
         <v>741</v>
       </c>
       <c r="G148" s="1">
-        <v>0.167</v>
+        <v>0.158</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="149">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B149" t="s">
         <v>742</v>
       </c>
       <c r="C149" t="s">
         <v>743</v>
       </c>
       <c r="D149" t="s">
         <v>744</v>
       </c>
       <c r="E149" t="s">
         <v>745</v>
       </c>
       <c r="F149" t="s">
         <v>746</v>
       </c>
       <c r="G149" s="1">
-        <v>0.167</v>
+        <v>0.158</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="150">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B150" t="s">
         <v>747</v>
       </c>
       <c r="C150" t="s">
         <v>748</v>
       </c>
       <c r="D150" t="s">
         <v>749</v>
       </c>
       <c r="E150" t="s">
         <v>750</v>
       </c>
       <c r="F150" t="s">
         <v>751</v>
       </c>
       <c r="G150" s="1">
-        <v>0.167</v>
+        <v>0.158</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="151">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B151" t="s">
         <v>752</v>
       </c>
       <c r="C151" t="s">
         <v>753</v>
       </c>
       <c r="D151" t="s">
         <v>754</v>
       </c>
       <c r="E151" t="s">
         <v>755</v>
       </c>
       <c r="F151" t="s">
         <v>756</v>
       </c>
       <c r="G151" s="1">
-        <v>0.165</v>
+        <v>0.158</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="152">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B152" t="s">
         <v>757</v>
       </c>
       <c r="C152" t="s">
         <v>758</v>
       </c>
       <c r="D152" t="s">
         <v>759</v>
       </c>
       <c r="E152" t="s">
         <v>760</v>
       </c>
       <c r="F152" t="s">
         <v>761</v>
       </c>
       <c r="G152" s="1">
-        <v>0.165</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="153">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B153" t="s">
         <v>762</v>
       </c>
       <c r="C153" t="s">
         <v>763</v>
       </c>
       <c r="D153" t="s">
         <v>764</v>
       </c>
       <c r="E153" t="s">
         <v>765</v>
       </c>
       <c r="F153" t="s">
         <v>766</v>
       </c>
       <c r="G153" s="1">
-        <v>0.164</v>
+        <v>0.153</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="154">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B154" t="s">
         <v>767</v>
       </c>
       <c r="C154" t="s">
         <v>768</v>
       </c>
       <c r="D154" t="s">
         <v>769</v>
       </c>
       <c r="E154" t="s">
         <v>770</v>
       </c>
       <c r="F154" t="s">
         <v>771</v>
       </c>
       <c r="G154" s="1">
-        <v>0.164</v>
+        <v>0.153</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="155">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B155" t="s">
         <v>772</v>
       </c>
       <c r="C155" t="s">
         <v>773</v>
       </c>
       <c r="D155" t="s">
         <v>774</v>
       </c>
       <c r="E155" t="s">
         <v>775</v>
       </c>
       <c r="F155" t="s">
         <v>776</v>
       </c>
       <c r="G155" s="1">
-        <v>0.163</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="156">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B156" t="s">
         <v>777</v>
       </c>
       <c r="C156" t="s">
         <v>778</v>
       </c>
       <c r="D156" t="s">
         <v>779</v>
       </c>
       <c r="E156" t="s">
         <v>780</v>
       </c>
       <c r="F156" t="s">
         <v>781</v>
       </c>
       <c r="G156" s="1">
-        <v>0.162</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="157">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B157" t="s">
         <v>782</v>
       </c>
       <c r="C157" t="s">
         <v>783</v>
       </c>
       <c r="D157" t="s">
         <v>784</v>
       </c>
       <c r="E157" t="s">
         <v>785</v>
       </c>
       <c r="F157" t="s">
         <v>786</v>
       </c>
       <c r="G157" s="1">
-        <v>0.161</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="158">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B158" t="s">
         <v>787</v>
       </c>
       <c r="C158" t="s">
         <v>788</v>
       </c>
       <c r="D158" t="s">
         <v>789</v>
       </c>
       <c r="E158" t="s">
         <v>790</v>
       </c>
       <c r="F158" t="s">
         <v>791</v>
       </c>
       <c r="G158" s="1">
-        <v>0.161</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="159">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B159" t="s">
         <v>792</v>
       </c>
       <c r="C159" t="s">
         <v>793</v>
       </c>
       <c r="D159" t="s">
         <v>794</v>
       </c>
       <c r="E159" t="s">
         <v>795</v>
       </c>
       <c r="F159" t="s">
         <v>796</v>
       </c>
       <c r="G159" s="1">
-        <v>0.159</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="160">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B160" t="s">
         <v>797</v>
       </c>
       <c r="C160" t="s">
         <v>798</v>
       </c>
       <c r="D160" t="s">
         <v>799</v>
       </c>
       <c r="E160" t="s">
         <v>800</v>
       </c>
       <c r="F160" t="s">
         <v>801</v>
       </c>
       <c r="G160" s="1">
-        <v>0.159</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="161">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B161" t="s">
         <v>802</v>
       </c>
       <c r="C161" t="s">
         <v>803</v>
       </c>
       <c r="D161" t="s">
         <v>804</v>
       </c>
       <c r="E161" t="s">
         <v>805</v>
       </c>
       <c r="F161" t="s">
         <v>806</v>
       </c>
       <c r="G161" s="1">
-        <v>0.157</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="162">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B162" t="s">
         <v>807</v>
       </c>
       <c r="C162" t="s">
         <v>808</v>
       </c>
       <c r="D162" t="s">
         <v>809</v>
       </c>
       <c r="E162" t="s">
         <v>810</v>
       </c>
       <c r="F162" t="s">
         <v>811</v>
       </c>
       <c r="G162" s="1">
-        <v>0.156</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="163">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B163" t="s">
         <v>812</v>
       </c>
       <c r="C163" t="s">
         <v>813</v>
       </c>
       <c r="D163" t="s">
         <v>814</v>
       </c>
       <c r="E163" t="s">
         <v>815</v>
       </c>
       <c r="F163" t="s">
         <v>816</v>
       </c>
       <c r="G163" s="1">
-        <v>0.155</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="164">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B164" t="s">
         <v>817</v>
       </c>
       <c r="C164" t="s">
         <v>818</v>
       </c>
       <c r="D164" t="s">
         <v>819</v>
       </c>
       <c r="E164" t="s">
         <v>820</v>
       </c>
       <c r="F164" t="s">
         <v>821</v>
       </c>
       <c r="G164" s="1">
-        <v>0.154</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="165">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B165" t="s">
         <v>822</v>
       </c>
       <c r="C165" t="s">
         <v>823</v>
       </c>
       <c r="D165" t="s">
         <v>824</v>
       </c>
       <c r="E165" t="s">
         <v>825</v>
       </c>
       <c r="F165" t="s">
         <v>826</v>
       </c>
       <c r="G165" s="1">
-        <v>0.153</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="166">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B166" t="s">
         <v>827</v>
       </c>
       <c r="C166" t="s">
         <v>828</v>
       </c>
       <c r="D166" t="s">
         <v>829</v>
       </c>
       <c r="E166" t="s">
         <v>830</v>
       </c>
       <c r="F166" t="s">
         <v>831</v>
       </c>
       <c r="G166" s="1">
-        <v>0.153</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="167">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B167" t="s">
         <v>832</v>
       </c>
       <c r="C167" t="s">
         <v>833</v>
       </c>
       <c r="D167" t="s">
         <v>834</v>
       </c>
       <c r="E167" t="s">
         <v>835</v>
       </c>
       <c r="F167" t="s">
         <v>836</v>
       </c>
       <c r="G167" s="1">
-        <v>0.151</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="168">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B168" t="s">
         <v>837</v>
       </c>
       <c r="C168" t="s">
         <v>838</v>
       </c>
       <c r="D168" t="s">
         <v>839</v>
       </c>
       <c r="E168" t="s">
         <v>840</v>
       </c>
       <c r="F168" t="s">
         <v>841</v>
       </c>
       <c r="G168" s="1">
-        <v>0.15</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="169">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B169" t="s">
         <v>842</v>
       </c>
       <c r="C169" t="s">
         <v>843</v>
       </c>
       <c r="D169" t="s">
         <v>844</v>
       </c>
       <c r="E169" t="s">
         <v>845</v>
       </c>
       <c r="F169" t="s">
         <v>846</v>
       </c>
       <c r="G169" s="1">
-        <v>0.15</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="170">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B170" t="s">
         <v>847</v>
       </c>
       <c r="C170" t="s">
         <v>848</v>
       </c>
       <c r="D170" t="s">
         <v>849</v>
       </c>
       <c r="E170" t="s">
         <v>850</v>
       </c>
       <c r="F170" t="s">
         <v>851</v>
       </c>
       <c r="G170" s="1">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="171">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B171" t="s">
         <v>852</v>
       </c>
       <c r="C171" t="s">
         <v>853</v>
       </c>
       <c r="D171" t="s">
         <v>854</v>
       </c>
       <c r="E171" t="s">
         <v>855</v>
       </c>
       <c r="F171" t="s">
         <v>856</v>
       </c>
       <c r="G171" s="1">
-        <v>0.149</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="172">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B172" t="s">
         <v>857</v>
       </c>
       <c r="C172" t="s">
         <v>858</v>
       </c>
       <c r="D172" t="s">
         <v>859</v>
       </c>
       <c r="E172" t="s">
         <v>860</v>
       </c>
       <c r="F172" t="s">
         <v>861</v>
       </c>
       <c r="G172" s="1">
-        <v>0.146</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="173">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B173" t="s">
         <v>862</v>
       </c>
       <c r="C173" t="s">
         <v>863</v>
       </c>
       <c r="D173" t="s">
         <v>864</v>
       </c>
       <c r="E173" t="s">
         <v>865</v>
       </c>
       <c r="F173" t="s">
         <v>866</v>
       </c>
       <c r="G173" s="1">
-        <v>0.146</v>
+        <v>0.138</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="174">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B174" t="s">
         <v>867</v>
       </c>
       <c r="C174" t="s">
         <v>868</v>
       </c>
       <c r="D174" t="s">
         <v>869</v>
       </c>
       <c r="E174" t="s">
         <v>870</v>
       </c>
       <c r="F174" t="s">
         <v>871</v>
       </c>
       <c r="G174" s="1">
-        <v>0.145</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="175">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B175" t="s">
         <v>872</v>
       </c>
       <c r="C175" t="s">
         <v>873</v>
       </c>
       <c r="D175" t="s">
         <v>874</v>
       </c>
       <c r="E175" t="s">
         <v>875</v>
       </c>
       <c r="F175" t="s">
         <v>876</v>
       </c>
       <c r="G175" s="1">
-        <v>0.144</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="176">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B176" t="s">
         <v>877</v>
       </c>
       <c r="C176" t="s">
         <v>878</v>
       </c>
       <c r="D176" t="s">
         <v>879</v>
       </c>
       <c r="E176" t="s">
         <v>880</v>
       </c>
       <c r="F176" t="s">
         <v>881</v>
       </c>
       <c r="G176" s="1">
-        <v>0.144</v>
+        <v>0.135</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="177">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B177" t="s">
         <v>882</v>
       </c>
       <c r="C177" t="s">
         <v>883</v>
       </c>
       <c r="D177" t="s">
         <v>884</v>
       </c>
       <c r="E177" t="s">
         <v>885</v>
       </c>
       <c r="F177" t="s">
         <v>886</v>
       </c>
       <c r="G177" s="1">
-        <v>0.144</v>
+        <v>0.135</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="178">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B178" t="s">
         <v>887</v>
       </c>
       <c r="C178" t="s">
         <v>888</v>
       </c>
       <c r="D178" t="s">
         <v>889</v>
       </c>
       <c r="E178" t="s">
         <v>890</v>
       </c>
       <c r="F178" t="s">
         <v>891</v>
       </c>
       <c r="G178" s="1">
-        <v>0.143</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="179">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B179" t="s">
         <v>892</v>
       </c>
       <c r="C179" t="s">
         <v>893</v>
       </c>
       <c r="D179" t="s">
         <v>894</v>
       </c>
       <c r="E179" t="s">
         <v>895</v>
       </c>
       <c r="F179" t="s">
         <v>896</v>
       </c>
       <c r="G179" s="1">
-        <v>0.141</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="180">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B180" t="s">
         <v>897</v>
       </c>
       <c r="C180" t="s">
         <v>898</v>
       </c>
       <c r="D180" t="s">
         <v>899</v>
       </c>
       <c r="E180" t="s">
         <v>900</v>
       </c>
       <c r="F180" t="s">
         <v>901</v>
       </c>
       <c r="G180" s="1">
-        <v>0.141</v>
+        <v>0.132</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="181">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B181" t="s">
         <v>902</v>
       </c>
       <c r="C181" t="s">
         <v>903</v>
       </c>
       <c r="D181" t="s">
         <v>904</v>
       </c>
       <c r="E181" t="s">
         <v>905</v>
       </c>
       <c r="F181" t="s">
         <v>906</v>
       </c>
       <c r="G181" s="1">
-        <v>0.141</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="182">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B182" t="s">
         <v>907</v>
       </c>
       <c r="C182" t="s">
         <v>908</v>
       </c>
       <c r="D182" t="s">
         <v>909</v>
       </c>
       <c r="E182" t="s">
         <v>910</v>
       </c>
       <c r="F182" t="s">
         <v>911</v>
       </c>
       <c r="G182" s="1">
-        <v>0.139</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="183">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B183" t="s">
         <v>912</v>
       </c>
       <c r="C183" t="s">
         <v>913</v>
       </c>
       <c r="D183" t="s">
         <v>914</v>
       </c>
       <c r="E183" t="s">
         <v>915</v>
       </c>
       <c r="F183" t="s">
         <v>916</v>
       </c>
       <c r="G183" s="1">
-        <v>0.137</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="184">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B184" t="s">
         <v>917</v>
       </c>
       <c r="C184" t="s">
         <v>918</v>
       </c>
       <c r="D184" t="s">
         <v>919</v>
       </c>
       <c r="E184" t="s">
         <v>920</v>
       </c>
       <c r="F184" t="s">
         <v>921</v>
       </c>
       <c r="G184" s="1">
-        <v>0.137</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="185">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B185" t="s">
         <v>922</v>
       </c>
       <c r="C185" t="s">
         <v>923</v>
       </c>
       <c r="D185" t="s">
         <v>924</v>
       </c>
       <c r="E185" t="s">
         <v>925</v>
       </c>
       <c r="F185" t="s">
         <v>926</v>
       </c>
       <c r="G185" s="1">
-        <v>0.137</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="186">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B186" t="s">
         <v>927</v>
       </c>
       <c r="C186" t="s">
         <v>928</v>
       </c>
       <c r="D186" t="s">
         <v>929</v>
       </c>
       <c r="E186" t="s">
         <v>930</v>
       </c>
       <c r="F186" t="s">
         <v>931</v>
       </c>
       <c r="G186" s="1">
-        <v>0.136</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="187">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B187" t="s">
         <v>932</v>
       </c>
       <c r="C187" t="s">
         <v>933</v>
       </c>
       <c r="D187" t="s">
         <v>934</v>
       </c>
       <c r="E187" t="s">
         <v>935</v>
       </c>
       <c r="F187" t="s">
         <v>936</v>
       </c>
       <c r="G187" s="1">
-        <v>0.135</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="188">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B188" t="s">
         <v>937</v>
       </c>
       <c r="C188" t="s">
         <v>938</v>
       </c>
       <c r="D188" t="s">
         <v>939</v>
       </c>
       <c r="E188" t="s">
         <v>940</v>
       </c>
       <c r="F188" t="s">
         <v>941</v>
       </c>
       <c r="G188" s="1">
-        <v>0.135</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="189">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B189" t="s">
         <v>942</v>
       </c>
       <c r="C189" t="s">
         <v>943</v>
       </c>
       <c r="D189" t="s">
         <v>944</v>
       </c>
       <c r="E189" t="s">
         <v>945</v>
       </c>
       <c r="F189" t="s">
         <v>946</v>
       </c>
       <c r="G189" s="1">
-        <v>0.132</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="190">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B190" t="s">
         <v>947</v>
       </c>
       <c r="C190" t="s">
         <v>948</v>
       </c>
       <c r="D190" t="s">
         <v>949</v>
       </c>
       <c r="E190" t="s">
         <v>950</v>
       </c>
       <c r="F190" t="s">
         <v>951</v>
       </c>
       <c r="G190" s="1">
-        <v>0.129</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="191">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B191" t="s">
         <v>952</v>
       </c>
       <c r="C191" t="s">
         <v>953</v>
       </c>
       <c r="D191" t="s">
         <v>954</v>
       </c>
       <c r="E191" t="s">
         <v>955</v>
       </c>
       <c r="F191" t="s">
         <v>956</v>
       </c>
       <c r="G191" s="1">
-        <v>0.129</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="192">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B192" t="s">
         <v>957</v>
       </c>
       <c r="C192" t="s">
         <v>958</v>
       </c>
       <c r="D192" t="s">
         <v>959</v>
       </c>
       <c r="E192" t="s">
         <v>960</v>
       </c>
       <c r="F192" t="s">
         <v>961</v>
       </c>
       <c r="G192" s="1">
-        <v>0.128</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="193">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B193" t="s">
         <v>962</v>
       </c>
       <c r="C193" t="s">
         <v>963</v>
       </c>
       <c r="D193" t="s">
         <v>964</v>
       </c>
       <c r="E193" t="s">
         <v>965</v>
       </c>
       <c r="F193" t="s">
         <v>966</v>
       </c>
       <c r="G193" s="1">
-        <v>0.126</v>
+        <v>0.119</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="194">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B194" t="s">
         <v>967</v>
       </c>
       <c r="C194" t="s">
         <v>968</v>
       </c>
       <c r="D194" t="s">
         <v>969</v>
       </c>
       <c r="E194" t="s">
         <v>970</v>
       </c>
       <c r="F194" t="s">
         <v>971</v>
       </c>
       <c r="G194" s="1">
-        <v>0.126</v>
+        <v>0.119</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="195">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B195" t="s">
         <v>972</v>
       </c>
       <c r="C195" t="s">
         <v>973</v>
       </c>
       <c r="D195" t="s">
         <v>974</v>
       </c>
       <c r="E195" t="s">
         <v>975</v>
       </c>
       <c r="F195" t="s">
         <v>976</v>
       </c>
       <c r="G195" s="1">
-        <v>0.125</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="196">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B196" t="s">
         <v>977</v>
       </c>
       <c r="C196" t="s">
         <v>978</v>
       </c>
       <c r="D196" t="s">
         <v>979</v>
       </c>
       <c r="E196" t="s">
         <v>980</v>
       </c>
       <c r="F196" t="s">
         <v>981</v>
       </c>
       <c r="G196" s="1">
-        <v>0.125</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="197">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B197" t="s">
         <v>982</v>
       </c>
       <c r="C197" t="s">
         <v>983</v>
       </c>
       <c r="D197" t="s">
         <v>984</v>
       </c>
       <c r="E197" t="s">
         <v>985</v>
       </c>
       <c r="F197" t="s">
         <v>986</v>
       </c>
       <c r="G197" s="1">
-        <v>0.125</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="198">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B198" t="s">
         <v>987</v>
       </c>
       <c r="C198" t="s">
         <v>988</v>
       </c>
       <c r="D198" t="s">
         <v>989</v>
       </c>
       <c r="E198" t="s">
         <v>990</v>
       </c>
       <c r="F198" t="s">
         <v>991</v>
       </c>
       <c r="G198" s="1">
-        <v>0.124</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="199">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B199" t="s">
         <v>992</v>
       </c>
       <c r="C199" t="s">
         <v>993</v>
       </c>
       <c r="D199" t="s">
         <v>994</v>
       </c>
       <c r="E199" t="s">
         <v>995</v>
       </c>
       <c r="F199" t="s">
         <v>996</v>
       </c>
       <c r="G199" s="1">
-        <v>0.124</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="200">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B200" t="s">
         <v>997</v>
       </c>
       <c r="C200" t="s">
         <v>998</v>
       </c>
       <c r="D200" t="s">
         <v>999</v>
       </c>
       <c r="E200" t="s">
         <v>1000</v>
       </c>
       <c r="F200" t="s">
         <v>1001</v>
       </c>
       <c r="G200" s="1">
-        <v>0.123</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="201">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B201" t="s">
         <v>1002</v>
       </c>
       <c r="C201" t="s">
         <v>1003</v>
       </c>
       <c r="D201" t="s">
         <v>1004</v>
       </c>
       <c r="E201" t="s">
         <v>1005</v>
       </c>
       <c r="F201" t="s">
         <v>1006</v>
       </c>
       <c r="G201" s="1">
-        <v>0.122</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="202">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B202" t="s">
         <v>1007</v>
       </c>
       <c r="C202" t="s">
         <v>1008</v>
       </c>
       <c r="D202" t="s">
         <v>1009</v>
       </c>
       <c r="E202" t="s">
         <v>1010</v>
       </c>
       <c r="F202" t="s">
         <v>1011</v>
       </c>
       <c r="G202" s="1">
-        <v>0.122</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="203">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B203" t="s">
         <v>1012</v>
       </c>
       <c r="C203" t="s">
         <v>1013</v>
       </c>
       <c r="D203" t="s">
         <v>1014</v>
       </c>
       <c r="E203" t="s">
         <v>1015</v>
       </c>
       <c r="F203" t="s">
         <v>1016</v>
       </c>
       <c r="G203" s="1">
-        <v>0.12</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="204">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B204" t="s">
         <v>1017</v>
       </c>
       <c r="C204" t="s">
         <v>1018</v>
       </c>
       <c r="D204" t="s">
         <v>1019</v>
       </c>
       <c r="E204" t="s">
         <v>1020</v>
       </c>
       <c r="F204" t="s">
         <v>1021</v>
       </c>
       <c r="G204" s="1">
-        <v>0.119</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="205">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B205" t="s">
         <v>1022</v>
       </c>
       <c r="C205" t="s">
         <v>1023</v>
       </c>
       <c r="D205" t="s">
         <v>1024</v>
       </c>
       <c r="E205" t="s">
         <v>1025</v>
       </c>
       <c r="F205" t="s">
         <v>1026</v>
       </c>
       <c r="G205" s="1">
-        <v>0.118</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="206">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B206" t="s">
         <v>1027</v>
       </c>
       <c r="C206" t="s">
         <v>1028</v>
       </c>
       <c r="D206" t="s">
         <v>1029</v>
       </c>
       <c r="E206" t="s">
         <v>1030</v>
       </c>
       <c r="F206" t="s">
         <v>1031</v>
       </c>
       <c r="G206" s="1">
-        <v>0.118</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="207">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B207" t="s">
         <v>1032</v>
       </c>
       <c r="C207" t="s">
         <v>1033</v>
       </c>
       <c r="D207" t="s">
         <v>1034</v>
       </c>
       <c r="E207" t="s">
         <v>1035</v>
       </c>
       <c r="F207" t="s">
         <v>1036</v>
       </c>
       <c r="G207" s="1">
-        <v>0.116</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="208">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B208" t="s">
         <v>1037</v>
       </c>
       <c r="C208" t="s">
         <v>1038</v>
       </c>
       <c r="D208" t="s">
         <v>1039</v>
       </c>
       <c r="E208" t="s">
         <v>1040</v>
       </c>
       <c r="F208" t="s">
         <v>1041</v>
       </c>
       <c r="G208" s="1">
-        <v>0.116</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="209">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B209" t="s">
         <v>1042</v>
       </c>
       <c r="C209" t="s">
         <v>1043</v>
       </c>
       <c r="D209" t="s">
         <v>1044</v>
       </c>
       <c r="E209" t="s">
         <v>1045</v>
       </c>
       <c r="F209" t="s">
         <v>1046</v>
       </c>
       <c r="G209" s="1">
-        <v>0.115</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="210">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B210" t="s">
         <v>1047</v>
       </c>
       <c r="C210" t="s">
         <v>1048</v>
       </c>
       <c r="D210" t="s">
         <v>1049</v>
       </c>
       <c r="E210" t="s">
         <v>1050</v>
       </c>
       <c r="F210" t="s">
         <v>1051</v>
       </c>
       <c r="G210" s="1">
-        <v>0.115</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="211">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B211" t="s">
         <v>1052</v>
       </c>
       <c r="C211" t="s">
         <v>1053</v>
       </c>
       <c r="D211" t="s">
         <v>1054</v>
       </c>
       <c r="E211" t="s">
         <v>1055</v>
       </c>
       <c r="F211" t="s">
         <v>1056</v>
       </c>
       <c r="G211" s="1">
-        <v>0.114</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="212">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B212" t="s">
         <v>1057</v>
       </c>
       <c r="C212" t="s">
         <v>1058</v>
       </c>
       <c r="D212" t="s">
         <v>1059</v>
       </c>
       <c r="E212" t="s">
         <v>1060</v>
       </c>
       <c r="F212" t="s">
         <v>1061</v>
       </c>
       <c r="G212" s="1">
-        <v>0.114</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="213">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B213" t="s">
         <v>1062</v>
       </c>
       <c r="C213" t="s">
         <v>1063</v>
       </c>
       <c r="D213" t="s">
         <v>1064</v>
       </c>
       <c r="E213" t="s">
         <v>1065</v>
       </c>
       <c r="F213" t="s">
         <v>1066</v>
       </c>
       <c r="G213" s="1">
-        <v>0.114</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="214">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B214" t="s">
         <v>1067</v>
       </c>
       <c r="C214" t="s">
         <v>1068</v>
       </c>
       <c r="D214" t="s">
         <v>1069</v>
       </c>
       <c r="E214" t="s">
         <v>1070</v>
       </c>
       <c r="F214" t="s">
         <v>1071</v>
       </c>
       <c r="G214" s="1">
-        <v>0.113</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="215">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B215" t="s">
         <v>1072</v>
       </c>
       <c r="C215" t="s">
         <v>1073</v>
       </c>
       <c r="D215" t="s">
         <v>1074</v>
       </c>
       <c r="E215" t="s">
         <v>1075</v>
       </c>
       <c r="F215" t="s">
         <v>1076</v>
       </c>
       <c r="G215" s="1">
-        <v>0.113</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="216">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B216" t="s">
         <v>1077</v>
       </c>
       <c r="C216" t="s">
         <v>1078</v>
       </c>
       <c r="D216" t="s">
         <v>1079</v>
       </c>
       <c r="E216" t="s">
         <v>1080</v>
       </c>
       <c r="F216" t="s">
         <v>1081</v>
       </c>
       <c r="G216" s="1">
-        <v>0.113</v>
+        <v>0.103</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="217">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B217" t="s">
         <v>1082</v>
       </c>
       <c r="C217" t="s">
         <v>1083</v>
       </c>
       <c r="D217" t="s">
         <v>1084</v>
       </c>
       <c r="E217" t="s">
         <v>1085</v>
       </c>
       <c r="F217" t="s">
         <v>1086</v>
       </c>
       <c r="G217" s="1">
-        <v>0.113</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="218">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B218" t="s">
         <v>1087</v>
       </c>
       <c r="C218" t="s">
         <v>1088</v>
       </c>
       <c r="D218" t="s">
         <v>1089</v>
       </c>
       <c r="E218" t="s">
         <v>1090</v>
       </c>
       <c r="F218" t="s">
         <v>1091</v>
       </c>
       <c r="G218" s="1">
-        <v>0.111</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="219">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B219" t="s">
         <v>1092</v>
       </c>
       <c r="C219" t="s">
         <v>1093</v>
       </c>
       <c r="D219" t="s">
         <v>1094</v>
       </c>
       <c r="E219" t="s">
         <v>1095</v>
       </c>
       <c r="F219" t="s">
         <v>1096</v>
       </c>
       <c r="G219" s="1">
-        <v>0.108</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="220">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B220" t="s">
         <v>1097</v>
       </c>
       <c r="C220" t="s">
         <v>1098</v>
       </c>
       <c r="D220" t="s">
         <v>1099</v>
       </c>
       <c r="E220" t="s">
         <v>1100</v>
       </c>
       <c r="F220" t="s">
         <v>1101</v>
       </c>
       <c r="G220" s="1">
-        <v>0.108</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="221">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B221" t="s">
         <v>1102</v>
       </c>
       <c r="C221" t="s">
         <v>1103</v>
       </c>
       <c r="D221" t="s">
         <v>1104</v>
       </c>
       <c r="E221" t="s">
         <v>1105</v>
       </c>
       <c r="F221" t="s">
         <v>1106</v>
       </c>
       <c r="G221" s="1">
-        <v>0.108</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="222">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B222" t="s">
         <v>1107</v>
       </c>
       <c r="C222" t="s">
         <v>1108</v>
       </c>
       <c r="D222" t="s">
         <v>1109</v>
       </c>
       <c r="E222" t="s">
         <v>1110</v>
       </c>
       <c r="F222" t="s">
         <v>1111</v>
       </c>
       <c r="G222" s="1">
-        <v>0.106</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="223">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B223" t="s">
         <v>1112</v>
       </c>
       <c r="C223" t="s">
         <v>1113</v>
       </c>
       <c r="D223" t="s">
         <v>1114</v>
       </c>
       <c r="E223" t="s">
         <v>1115</v>
       </c>
       <c r="F223" t="s">
         <v>1116</v>
       </c>
       <c r="G223" s="1">
-        <v>0.106</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="224">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B224" t="s">
         <v>1117</v>
       </c>
       <c r="C224" t="s">
         <v>1118</v>
       </c>
       <c r="D224" t="s">
         <v>1119</v>
       </c>
       <c r="E224" t="s">
         <v>1120</v>
       </c>
       <c r="F224" t="s">
         <v>1121</v>
       </c>
       <c r="G224" s="1">
-        <v>0.106</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="225">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B225" t="s">
         <v>1122</v>
       </c>
       <c r="C225" t="s">
         <v>1123</v>
       </c>
       <c r="D225" t="s">
         <v>1124</v>
       </c>
       <c r="E225" t="s">
         <v>1125</v>
       </c>
       <c r="F225" t="s">
         <v>1126</v>
       </c>
       <c r="G225" s="1">
-        <v>0.106</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="226">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B226" t="s">
         <v>1127</v>
       </c>
       <c r="C226" t="s">
         <v>1128</v>
       </c>
       <c r="D226" t="s">
         <v>1129</v>
       </c>
       <c r="E226" t="s">
         <v>1130</v>
       </c>
       <c r="F226" t="s">
         <v>1131</v>
       </c>
       <c r="G226" s="1">
-        <v>0.106</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="227">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B227" t="s">
         <v>1132</v>
       </c>
       <c r="C227" t="s">
         <v>1133</v>
       </c>
       <c r="D227" t="s">
         <v>1134</v>
       </c>
       <c r="E227" t="s">
         <v>1135</v>
       </c>
       <c r="F227" t="s">
         <v>1136</v>
       </c>
       <c r="G227" s="1">
-        <v>0.106</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="228">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B228" t="s">
         <v>1137</v>
       </c>
       <c r="C228" t="s">
         <v>1138</v>
       </c>
       <c r="D228" t="s">
         <v>1139</v>
       </c>
       <c r="E228" t="s">
         <v>1140</v>
       </c>
       <c r="F228" t="s">
         <v>1141</v>
       </c>
       <c r="G228" s="1">
-        <v>0.104</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="229">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B229" t="s">
         <v>1142</v>
       </c>
       <c r="C229" t="s">
         <v>1143</v>
       </c>
       <c r="D229" t="s">
         <v>1144</v>
       </c>
       <c r="E229" t="s">
         <v>1145</v>
       </c>
       <c r="F229" t="s">
         <v>1146</v>
       </c>
       <c r="G229" s="1">
-        <v>0.104</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="230">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B230" t="s">
         <v>1147</v>
       </c>
       <c r="C230" t="s">
         <v>1148</v>
       </c>
       <c r="D230" t="s">
         <v>1149</v>
       </c>
       <c r="E230" t="s">
         <v>1150</v>
       </c>
       <c r="F230" t="s">
         <v>1151</v>
       </c>
       <c r="G230" s="1">
-        <v>0.103</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="231">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B231" t="s">
         <v>1152</v>
       </c>
       <c r="C231" t="s">
         <v>1153</v>
       </c>
       <c r="D231" t="s">
         <v>1154</v>
       </c>
       <c r="E231" t="s">
         <v>1155</v>
       </c>
       <c r="F231" t="s">
         <v>1156</v>
       </c>
       <c r="G231" s="1">
-        <v>0.103</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="232">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B232" t="s">
         <v>1157</v>
       </c>
       <c r="C232" t="s">
         <v>1158</v>
       </c>
       <c r="D232" t="s">
         <v>1159</v>
       </c>
       <c r="E232" t="s">
         <v>1160</v>
       </c>
       <c r="F232" t="s">
         <v>1161</v>
       </c>
       <c r="G232" s="1">
-        <v>0.103</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="233">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B233" t="s">
         <v>1162</v>
       </c>
       <c r="C233" t="s">
         <v>1163</v>
       </c>
       <c r="D233" t="s">
         <v>1164</v>
       </c>
       <c r="E233" t="s">
         <v>1165</v>
       </c>
       <c r="F233" t="s">
         <v>1166</v>
       </c>
       <c r="G233" s="1">
-        <v>0.102</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="234">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B234" t="s">
         <v>1167</v>
       </c>
       <c r="C234" t="s">
         <v>1168</v>
       </c>
       <c r="D234" t="s">
         <v>1169</v>
       </c>
       <c r="E234" t="s">
         <v>1170</v>
       </c>
       <c r="F234" t="s">
         <v>1171</v>
       </c>
       <c r="G234" s="1">
-        <v>0.102</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="235">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B235" t="s">
         <v>1172</v>
       </c>
       <c r="C235" t="s">
         <v>1173</v>
       </c>
       <c r="D235" t="s">
         <v>1174</v>
       </c>
       <c r="E235" t="s">
         <v>1175</v>
       </c>
       <c r="F235" t="s">
         <v>1176</v>
       </c>
       <c r="G235" s="1">
-        <v>0.101</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="236">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B236" t="s">
         <v>1177</v>
       </c>
       <c r="C236" t="s">
         <v>1178</v>
       </c>
       <c r="D236" t="s">
         <v>1179</v>
       </c>
       <c r="E236" t="s">
         <v>1180</v>
       </c>
       <c r="F236" t="s">
         <v>1181</v>
       </c>
       <c r="G236" s="1">
-        <v>0.101</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="237">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B237" t="s">
         <v>1182</v>
       </c>
       <c r="C237" t="s">
         <v>1183</v>
       </c>
       <c r="D237" t="s">
         <v>1184</v>
       </c>
       <c r="E237" t="s">
         <v>1185</v>
       </c>
       <c r="F237" t="s">
         <v>1186</v>
       </c>
       <c r="G237" s="1">
-        <v>0.1</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="238">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B238" t="s">
         <v>1187</v>
       </c>
       <c r="C238" t="s">
         <v>1188</v>
       </c>
       <c r="D238" t="s">
         <v>1189</v>
       </c>
       <c r="E238" t="s">
         <v>1190</v>
       </c>
       <c r="F238" t="s">
         <v>1191</v>
       </c>
       <c r="G238" s="1">
-        <v>0.099</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="239">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B239" t="s">
         <v>1192</v>
       </c>
       <c r="C239" t="s">
         <v>1193</v>
       </c>
       <c r="D239" t="s">
         <v>1194</v>
       </c>
       <c r="E239" t="s">
         <v>1195</v>
       </c>
       <c r="F239" t="s">
         <v>1196</v>
       </c>
       <c r="G239" s="1">
-        <v>0.099</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="240">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B240" t="s">
         <v>1197</v>
       </c>
       <c r="C240" t="s">
         <v>1198</v>
       </c>
       <c r="D240" t="s">
         <v>1199</v>
       </c>
       <c r="E240" t="s">
         <v>1200</v>
       </c>
       <c r="F240" t="s">
         <v>1201</v>
       </c>
       <c r="G240" s="1">
-        <v>0.097</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="241">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B241" t="s">
         <v>1202</v>
       </c>
       <c r="C241" t="s">
         <v>1203</v>
       </c>
       <c r="D241" t="s">
         <v>1204</v>
       </c>
       <c r="E241" t="s">
         <v>1205</v>
       </c>
       <c r="F241" t="s">
         <v>1206</v>
       </c>
       <c r="G241" s="1">
-        <v>0.097</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="242">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B242" t="s">
         <v>1207</v>
       </c>
       <c r="C242" t="s">
         <v>1208</v>
       </c>
       <c r="D242" t="s">
         <v>1209</v>
       </c>
       <c r="E242" t="s">
         <v>1210</v>
       </c>
       <c r="F242" t="s">
         <v>1211</v>
       </c>
       <c r="G242" s="1">
-        <v>0.095</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="243">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B243" t="s">
         <v>1212</v>
       </c>
       <c r="C243" t="s">
         <v>1213</v>
       </c>
       <c r="D243" t="s">
         <v>1214</v>
       </c>
       <c r="E243" t="s">
         <v>1215</v>
       </c>
       <c r="F243" t="s">
         <v>1216</v>
       </c>
       <c r="G243" s="1">
-        <v>0.095</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="244">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B244" t="s">
         <v>1217</v>
       </c>
       <c r="C244" t="s">
         <v>1218</v>
       </c>
       <c r="D244" t="s">
         <v>1219</v>
       </c>
       <c r="E244" t="s">
         <v>1220</v>
       </c>
       <c r="F244" t="s">
         <v>1221</v>
       </c>
       <c r="G244" s="1">
-        <v>0.095</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="245">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B245" t="s">
         <v>1222</v>
       </c>
       <c r="C245" t="s">
         <v>1223</v>
       </c>
       <c r="D245" t="s">
         <v>1224</v>
       </c>
       <c r="E245" t="s">
         <v>1225</v>
       </c>
       <c r="F245" t="s">
         <v>1226</v>
       </c>
       <c r="G245" s="1">
-        <v>0.094</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="246">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B246" t="s">
         <v>1227</v>
       </c>
       <c r="C246" t="s">
         <v>1228</v>
       </c>
       <c r="D246" t="s">
         <v>1229</v>
       </c>
       <c r="E246" t="s">
         <v>1230</v>
       </c>
       <c r="F246" t="s">
         <v>1231</v>
       </c>
       <c r="G246" s="1">
-        <v>0.094</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="247">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B247" t="s">
         <v>1232</v>
       </c>
       <c r="C247" t="s">
         <v>1233</v>
       </c>
       <c r="D247" t="s">
         <v>1234</v>
       </c>
       <c r="E247" t="s">
         <v>1235</v>
       </c>
       <c r="F247" t="s">
         <v>1236</v>
       </c>
       <c r="G247" s="1">
-        <v>0.093</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="248">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B248" t="s">
         <v>1237</v>
       </c>
       <c r="C248" t="s">
         <v>1238</v>
       </c>
       <c r="D248" t="s">
         <v>1239</v>
       </c>
       <c r="E248" t="s">
         <v>1240</v>
       </c>
       <c r="F248" t="s">
         <v>1241</v>
       </c>
       <c r="G248" s="1">
-        <v>0.093</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="249">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B249" t="s">
         <v>1242</v>
       </c>
       <c r="C249" t="s">
         <v>1243</v>
       </c>
       <c r="D249" t="s">
         <v>1244</v>
       </c>
       <c r="E249" t="s">
         <v>1245</v>
       </c>
       <c r="F249" t="s">
         <v>1246</v>
       </c>
       <c r="G249" s="1">
-        <v>0.092</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="250">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B250" t="s">
         <v>1247</v>
       </c>
       <c r="C250" t="s">
         <v>1248</v>
       </c>
       <c r="D250" t="s">
         <v>1249</v>
       </c>
       <c r="E250" t="s">
         <v>1250</v>
       </c>
       <c r="F250" t="s">
         <v>1251</v>
       </c>
       <c r="G250" s="1">
-        <v>0.091</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="251">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B251" t="s">
         <v>1252</v>
       </c>
       <c r="C251" t="s">
         <v>1253</v>
       </c>
       <c r="D251" t="s">
         <v>1254</v>
       </c>
       <c r="E251" t="s">
         <v>1255</v>
       </c>
       <c r="F251" t="s">
         <v>1256</v>
       </c>
       <c r="G251" s="1">
-        <v>0.091</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="252">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B252" t="s">
         <v>1257</v>
       </c>
       <c r="C252" t="s">
         <v>1258</v>
       </c>
       <c r="D252" t="s">
         <v>1259</v>
       </c>
       <c r="E252" t="s">
         <v>1260</v>
       </c>
       <c r="F252" t="s">
         <v>1261</v>
       </c>
       <c r="G252" s="1">
-        <v>0.091</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="253">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B253" t="s">
         <v>1262</v>
       </c>
       <c r="C253" t="s">
         <v>1263</v>
       </c>
       <c r="D253" t="s">
         <v>1264</v>
       </c>
       <c r="E253" t="s">
         <v>1265</v>
       </c>
       <c r="F253" t="s">
         <v>1266</v>
       </c>
       <c r="G253" s="1">
-        <v>0.09</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="254">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B254" t="s">
         <v>1267</v>
       </c>
       <c r="C254" t="s">
         <v>1268</v>
       </c>
       <c r="D254" t="s">
         <v>1269</v>
       </c>
       <c r="E254" t="s">
         <v>1270</v>
       </c>
       <c r="F254" t="s">
         <v>1271</v>
       </c>
       <c r="G254" s="1">
-        <v>0.089</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="255">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B255" t="s">
         <v>1272</v>
       </c>
       <c r="C255" t="s">
         <v>1273</v>
       </c>
       <c r="D255" t="s">
         <v>1274</v>
       </c>
       <c r="E255" t="s">
         <v>1275</v>
       </c>
       <c r="F255" t="s">
         <v>1276</v>
       </c>
       <c r="G255" s="1">
-        <v>0.089</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="256">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B256" t="s">
         <v>1277</v>
       </c>
       <c r="C256" t="s">
         <v>1278</v>
       </c>
       <c r="D256" t="s">
         <v>1279</v>
       </c>
       <c r="E256" t="s">
         <v>1280</v>
       </c>
       <c r="F256" t="s">
         <v>1281</v>
       </c>
       <c r="G256" s="1">
-        <v>0.089</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="257">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B257" t="s">
         <v>1282</v>
       </c>
       <c r="C257" t="s">
         <v>1283</v>
       </c>
       <c r="D257" t="s">
         <v>1284</v>
       </c>
       <c r="E257" t="s">
         <v>1285</v>
       </c>
       <c r="F257" t="s">
         <v>1286</v>
       </c>
       <c r="G257" s="1">
-        <v>0.088</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="258">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B258" t="s">
         <v>1287</v>
       </c>
       <c r="C258" t="s">
         <v>1288</v>
       </c>
       <c r="D258" t="s">
         <v>1289</v>
       </c>
       <c r="E258" t="s">
         <v>1290</v>
       </c>
       <c r="F258" t="s">
         <v>1291</v>
       </c>
       <c r="G258" s="1">
-        <v>0.088</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="259">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B259" t="s">
         <v>1292</v>
       </c>
       <c r="C259" t="s">
         <v>1293</v>
       </c>
       <c r="D259" t="s">
         <v>1294</v>
       </c>
       <c r="E259" t="s">
         <v>1295</v>
       </c>
       <c r="F259" t="s">
         <v>1296</v>
       </c>
       <c r="G259" s="1">
-        <v>0.087</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="260">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B260" t="s">
         <v>1297</v>
       </c>
       <c r="C260" t="s">
         <v>1298</v>
       </c>
       <c r="D260" t="s">
         <v>1299</v>
       </c>
       <c r="E260" t="s">
         <v>1300</v>
       </c>
       <c r="F260" t="s">
         <v>1301</v>
       </c>
       <c r="G260" s="1">
-        <v>0.087</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="261">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B261" t="s">
         <v>1302</v>
       </c>
       <c r="C261" t="s">
         <v>1303</v>
       </c>
       <c r="D261" t="s">
         <v>1304</v>
       </c>
       <c r="E261" t="s">
         <v>1305</v>
       </c>
       <c r="F261" t="s">
         <v>1306</v>
       </c>
       <c r="G261" s="1">
-        <v>0.086</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="262">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B262" t="s">
         <v>1307</v>
       </c>
       <c r="C262" t="s">
         <v>1308</v>
       </c>
       <c r="D262" t="s">
         <v>1309</v>
       </c>
       <c r="E262" t="s">
         <v>1310</v>
       </c>
       <c r="F262" t="s">
         <v>1311</v>
       </c>
       <c r="G262" s="1">
-        <v>0.086</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="263">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B263" t="s">
         <v>1312</v>
       </c>
       <c r="C263" t="s">
         <v>1313</v>
       </c>
       <c r="D263" t="s">
         <v>1314</v>
       </c>
       <c r="E263" t="s">
         <v>1315</v>
       </c>
       <c r="F263" t="s">
         <v>1316</v>
       </c>
       <c r="G263" s="1">
-        <v>0.084</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="264">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B264" t="s">
         <v>1317</v>
       </c>
       <c r="C264" t="s">
         <v>1318</v>
       </c>
       <c r="D264" t="s">
         <v>1319</v>
       </c>
       <c r="E264" t="s">
         <v>1320</v>
       </c>
       <c r="F264" t="s">
         <v>1321</v>
       </c>
       <c r="G264" s="1">
-        <v>0.084</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="265">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B265" t="s">
         <v>1322</v>
       </c>
       <c r="C265" t="s">
         <v>1323</v>
       </c>
       <c r="D265" t="s">
         <v>1324</v>
       </c>
       <c r="E265" t="s">
         <v>1325</v>
       </c>
       <c r="F265" t="s">
         <v>1326</v>
       </c>
       <c r="G265" s="1">
-        <v>0.084</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="266">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B266" t="s">
         <v>1327</v>
       </c>
       <c r="C266" t="s">
         <v>1328</v>
       </c>
       <c r="D266" t="s">
         <v>1329</v>
       </c>
       <c r="E266" t="s">
         <v>1330</v>
       </c>
       <c r="F266" t="s">
         <v>1331</v>
       </c>
       <c r="G266" s="1">
-        <v>0.083</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="267">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B267" t="s">
         <v>1332</v>
       </c>
       <c r="C267" t="s">
         <v>1333</v>
       </c>
       <c r="D267" t="s">
         <v>1334</v>
       </c>
       <c r="E267" t="s">
         <v>1335</v>
       </c>
       <c r="F267" t="s">
         <v>1336</v>
       </c>
       <c r="G267" s="1">
-        <v>0.083</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="268">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B268" t="s">
         <v>1337</v>
       </c>
       <c r="C268" t="s">
         <v>1338</v>
       </c>
       <c r="D268" t="s">
         <v>1339</v>
       </c>
       <c r="E268" t="s">
         <v>1340</v>
       </c>
       <c r="F268" t="s">
         <v>1341</v>
       </c>
       <c r="G268" s="1">
-        <v>0.08</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="269">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B269" t="s">
         <v>1342</v>
       </c>
       <c r="C269" t="s">
         <v>1343</v>
       </c>
       <c r="D269" t="s">
         <v>1344</v>
       </c>
       <c r="E269" t="s">
         <v>1345</v>
       </c>
       <c r="F269" t="s">
         <v>1346</v>
       </c>
       <c r="G269" s="1">
-        <v>0.079</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="270">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B270" t="s">
         <v>1347</v>
       </c>
       <c r="C270" t="s">
         <v>1348</v>
       </c>
       <c r="D270" t="s">
         <v>1349</v>
       </c>
       <c r="E270" t="s">
         <v>1350</v>
       </c>
       <c r="F270" t="s">
         <v>1351</v>
       </c>
       <c r="G270" s="1">
-        <v>0.079</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="271">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B271" t="s">
         <v>1352</v>
       </c>
       <c r="C271" t="s">
         <v>1353</v>
       </c>
       <c r="D271" t="s">
         <v>1354</v>
       </c>
       <c r="E271" t="s">
         <v>1355</v>
       </c>
       <c r="F271" t="s">
         <v>1356</v>
       </c>
       <c r="G271" s="1">
-        <v>0.078</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="272">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B272" t="s">
         <v>1357</v>
       </c>
       <c r="C272" t="s">
         <v>1358</v>
       </c>
       <c r="D272" t="s">
         <v>1359</v>
       </c>
       <c r="E272" t="s">
         <v>1360</v>
       </c>
       <c r="F272" t="s">
         <v>1361</v>
       </c>
       <c r="G272" s="1">
-        <v>0.078</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="273">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B273" t="s">
         <v>1362</v>
       </c>
       <c r="C273" t="s">
         <v>1363</v>
       </c>
       <c r="D273" t="s">
         <v>1364</v>
       </c>
       <c r="E273" t="s">
         <v>1365</v>
       </c>
       <c r="F273" t="s">
         <v>1366</v>
       </c>
       <c r="G273" s="1">
-        <v>0.078</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="274">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B274" t="s">
         <v>1367</v>
       </c>
       <c r="C274" t="s">
         <v>1368</v>
       </c>
       <c r="D274" t="s">
         <v>1369</v>
       </c>
       <c r="E274" t="s">
         <v>1370</v>
       </c>
       <c r="F274" t="s">
         <v>1371</v>
       </c>
       <c r="G274" s="1">
-        <v>0.078</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="275">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B275" t="s">
         <v>1372</v>
       </c>
       <c r="C275" t="s">
         <v>1373</v>
       </c>
       <c r="D275" t="s">
         <v>1374</v>
       </c>
       <c r="E275" t="s">
         <v>1375</v>
       </c>
       <c r="F275" t="s">
         <v>1376</v>
       </c>
       <c r="G275" s="1">
-        <v>0.076</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="276">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B276" t="s">
         <v>1377</v>
       </c>
       <c r="C276" t="s">
         <v>1378</v>
       </c>
       <c r="D276" t="s">
         <v>1379</v>
       </c>
       <c r="E276" t="s">
         <v>1380</v>
       </c>
       <c r="F276" t="s">
         <v>1381</v>
       </c>
       <c r="G276" s="1">
-        <v>0.075</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="277">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B277" t="s">
         <v>1382</v>
       </c>
       <c r="C277" t="s">
         <v>1383</v>
       </c>
       <c r="D277" t="s">
         <v>1384</v>
       </c>
       <c r="E277" t="s">
         <v>1385</v>
       </c>
       <c r="F277" t="s">
         <v>1386</v>
       </c>
       <c r="G277" s="1">
-        <v>0.075</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="278">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B278" t="s">
         <v>1387</v>
       </c>
       <c r="C278" t="s">
         <v>1388</v>
       </c>
       <c r="D278" t="s">
         <v>1389</v>
       </c>
       <c r="E278" t="s">
         <v>1390</v>
       </c>
       <c r="F278" t="s">
         <v>1391</v>
       </c>
       <c r="G278" s="1">
-        <v>0.075</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="279">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B279" t="s">
         <v>1392</v>
       </c>
       <c r="C279" t="s">
         <v>1393</v>
       </c>
       <c r="D279" t="s">
         <v>1394</v>
       </c>
       <c r="E279" t="s">
         <v>1395</v>
       </c>
       <c r="F279" t="s">
         <v>1396</v>
       </c>
       <c r="G279" s="1">
-        <v>0.074</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="280">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B280" t="s">
         <v>1397</v>
       </c>
       <c r="C280" t="s">
         <v>1398</v>
       </c>
       <c r="D280" t="s">
         <v>1399</v>
       </c>
       <c r="E280" t="s">
         <v>1400</v>
       </c>
       <c r="F280" t="s">
         <v>1401</v>
       </c>
       <c r="G280" s="1">
-        <v>0.074</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="281">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B281" t="s">
         <v>1402</v>
       </c>
       <c r="C281" t="s">
         <v>1403</v>
       </c>
       <c r="D281" t="s">
         <v>1404</v>
       </c>
       <c r="E281" t="s">
         <v>1405</v>
       </c>
       <c r="F281" t="s">
         <v>1406</v>
       </c>
       <c r="G281" s="1">
-        <v>0.074</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="282">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B282" t="s">
         <v>1407</v>
       </c>
       <c r="C282" t="s">
         <v>1408</v>
       </c>
       <c r="D282" t="s">
         <v>1409</v>
       </c>
       <c r="E282" t="s">
         <v>1410</v>
       </c>
       <c r="F282" t="s">
         <v>1411</v>
       </c>
       <c r="G282" s="1">
-        <v>0.073</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="283">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B283" t="s">
         <v>1412</v>
       </c>
       <c r="C283" t="s">
         <v>1413</v>
       </c>
       <c r="D283" t="s">
         <v>1414</v>
       </c>
       <c r="E283" t="s">
         <v>1415</v>
       </c>
       <c r="F283" t="s">
         <v>1416</v>
       </c>
       <c r="G283" s="1">
-        <v>0.072</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="284">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B284" t="s">
         <v>1417</v>
       </c>
       <c r="C284" t="s">
         <v>1418</v>
       </c>
       <c r="D284" t="s">
         <v>1419</v>
       </c>
       <c r="E284" t="s">
         <v>1420</v>
       </c>
       <c r="F284" t="s">
         <v>1421</v>
       </c>
       <c r="G284" s="1">
-        <v>0.072</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="285">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B285" t="s">
         <v>1422</v>
       </c>
       <c r="C285" t="s">
         <v>1423</v>
       </c>
       <c r="D285" t="s">
         <v>1424</v>
       </c>
       <c r="E285" t="s">
         <v>1425</v>
       </c>
       <c r="F285" t="s">
         <v>1426</v>
       </c>
       <c r="G285" s="1">
-        <v>0.071</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="286">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B286" t="s">
         <v>1427</v>
       </c>
       <c r="C286" t="s">
         <v>1428</v>
       </c>
       <c r="D286" t="s">
         <v>1429</v>
       </c>
       <c r="E286" t="s">
         <v>1430</v>
       </c>
       <c r="F286" t="s">
         <v>1431</v>
       </c>
       <c r="G286" s="1">
-        <v>0.071</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="287">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B287" t="s">
         <v>1432</v>
       </c>
       <c r="C287" t="s">
         <v>1433</v>
       </c>
       <c r="D287" t="s">
         <v>1434</v>
       </c>
       <c r="E287" t="s">
         <v>1435</v>
       </c>
       <c r="F287" t="s">
         <v>1436</v>
       </c>
       <c r="G287" s="1">
-        <v>0.071</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="288">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B288" t="s">
         <v>1437</v>
       </c>
       <c r="C288" t="s">
         <v>1438</v>
       </c>
       <c r="D288" t="s">
         <v>1439</v>
       </c>
       <c r="E288" t="s">
         <v>1440</v>
       </c>
       <c r="F288" t="s">
         <v>1441</v>
       </c>
       <c r="G288" s="1">
-        <v>0.071</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="289">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B289" t="s">
         <v>1442</v>
       </c>
       <c r="C289" t="s">
         <v>1443</v>
       </c>
       <c r="D289" t="s">
         <v>1444</v>
       </c>
       <c r="E289" t="s">
         <v>1445</v>
       </c>
       <c r="F289" t="s">
         <v>1446</v>
       </c>
       <c r="G289" s="1">
-        <v>0.07</v>
+        <v>0.065</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="290">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B290" t="s">
         <v>1447</v>
       </c>
       <c r="C290" t="s">
         <v>1448</v>
       </c>
       <c r="D290" t="s">
         <v>1449</v>
       </c>
       <c r="E290" t="s">
         <v>1450</v>
       </c>
       <c r="F290" t="s">
         <v>1451</v>
       </c>
       <c r="G290" s="1">
-        <v>0.07</v>
+        <v>0.065</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="291">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B291" t="s">
         <v>1452</v>
       </c>
       <c r="C291" t="s">
         <v>1453</v>
       </c>
       <c r="D291" t="s">
         <v>1454</v>
       </c>
       <c r="E291" t="s">
         <v>1455</v>
       </c>
       <c r="F291" t="s">
         <v>1456</v>
       </c>
       <c r="G291" s="1">
-        <v>0.07</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="292">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B292" t="s">
         <v>1457</v>
       </c>
       <c r="C292" t="s">
         <v>1458</v>
       </c>
       <c r="D292" t="s">
         <v>1459</v>
       </c>
       <c r="E292" t="s">
         <v>1460</v>
       </c>
       <c r="F292" t="s">
         <v>1461</v>
       </c>
       <c r="G292" s="1">
-        <v>0.069</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="293">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B293" t="s">
         <v>1462</v>
       </c>
       <c r="C293" t="s">
         <v>1463</v>
       </c>
       <c r="D293" t="s">
         <v>1464</v>
       </c>
       <c r="E293" t="s">
         <v>1465</v>
       </c>
       <c r="F293" t="s">
         <v>1466</v>
       </c>
       <c r="G293" s="1">
-        <v>0.068</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="294">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B294" t="s">
         <v>1467</v>
       </c>
       <c r="C294" t="s">
         <v>1468</v>
       </c>
       <c r="D294" t="s">
         <v>1469</v>
       </c>
       <c r="E294" t="s">
         <v>1470</v>
       </c>
       <c r="F294" t="s">
         <v>1471</v>
       </c>
       <c r="G294" s="1">
-        <v>0.068</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="295">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B295" t="s">
         <v>1472</v>
       </c>
       <c r="C295" t="s">
         <v>1473</v>
       </c>
       <c r="D295" t="s">
         <v>1474</v>
       </c>
       <c r="E295" t="s">
         <v>1475</v>
       </c>
       <c r="F295" t="s">
         <v>1476</v>
       </c>
       <c r="G295" s="1">
-        <v>0.067</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="296">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B296" t="s">
         <v>1477</v>
       </c>
       <c r="C296" t="s">
         <v>1478</v>
       </c>
       <c r="D296" t="s">
         <v>1479</v>
       </c>
       <c r="E296" t="s">
         <v>1480</v>
       </c>
       <c r="F296" t="s">
         <v>1481</v>
       </c>
       <c r="G296" s="1">
-        <v>0.067</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="297">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B297" t="s">
         <v>1482</v>
       </c>
       <c r="C297" t="s">
         <v>1483</v>
       </c>
       <c r="D297" t="s">
         <v>1484</v>
       </c>
       <c r="E297" t="s">
         <v>1485</v>
       </c>
       <c r="F297" t="s">
         <v>1486</v>
       </c>
       <c r="G297" s="1">
-        <v>0.067</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="298">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B298" t="s">
         <v>1487</v>
       </c>
       <c r="C298" t="s">
         <v>1488</v>
       </c>
       <c r="D298" t="s">
         <v>1489</v>
       </c>
       <c r="E298" t="s">
         <v>1490</v>
       </c>
       <c r="F298" t="s">
         <v>1491</v>
       </c>
       <c r="G298" s="1">
-        <v>0.067</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="299">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B299" t="s">
         <v>1492</v>
       </c>
       <c r="C299" t="s">
         <v>1493</v>
       </c>
       <c r="D299" t="s">
         <v>1494</v>
       </c>
       <c r="E299" t="s">
         <v>1495</v>
       </c>
       <c r="F299" t="s">
         <v>1496</v>
       </c>
       <c r="G299" s="1">
-        <v>0.066</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="300">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B300" t="s">
         <v>1497</v>
       </c>
       <c r="C300" t="s">
         <v>1498</v>
       </c>
       <c r="D300" t="s">
         <v>1499</v>
       </c>
       <c r="E300" t="s">
         <v>1500</v>
       </c>
       <c r="F300" t="s">
         <v>1501</v>
       </c>
       <c r="G300" s="1">
-        <v>0.065</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="301">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B301" t="s">
         <v>1502</v>
       </c>
       <c r="C301" t="s">
         <v>1503</v>
       </c>
       <c r="D301" t="s">
         <v>1504</v>
       </c>
       <c r="E301" t="s">
         <v>1505</v>
       </c>
       <c r="F301" t="s">
         <v>1506</v>
       </c>
       <c r="G301" s="1">
-        <v>0.065</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="302">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B302" t="s">
         <v>1507</v>
       </c>
       <c r="C302" t="s">
         <v>1508</v>
       </c>
       <c r="D302" t="s">
         <v>1509</v>
       </c>
       <c r="E302" t="s">
         <v>1510</v>
       </c>
       <c r="F302" t="s">
         <v>1511</v>
       </c>
       <c r="G302" s="1">
-        <v>0.065</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="303">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B303" t="s">
         <v>1512</v>
       </c>
       <c r="C303" t="s">
         <v>1513</v>
       </c>
       <c r="D303" t="s">
         <v>1514</v>
       </c>
       <c r="E303" t="s">
         <v>1515</v>
       </c>
       <c r="F303" t="s">
         <v>1516</v>
       </c>
       <c r="G303" s="1">
-        <v>0.064</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="304">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B304" t="s">
         <v>1517</v>
       </c>
       <c r="C304" t="s">
         <v>1518</v>
       </c>
       <c r="D304" t="s">
         <v>1519</v>
       </c>
       <c r="E304" t="s">
         <v>1520</v>
       </c>
       <c r="F304" t="s">
         <v>1521</v>
       </c>
       <c r="G304" s="1">
-        <v>0.064</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="305">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B305" t="s">
         <v>1522</v>
       </c>
       <c r="C305" t="s">
         <v>1523</v>
       </c>
       <c r="D305" t="s">
         <v>1524</v>
       </c>
       <c r="E305" t="s">
         <v>1525</v>
       </c>
       <c r="F305" t="s">
         <v>1526</v>
       </c>
       <c r="G305" s="1">
-        <v>0.064</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="306">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B306" t="s">
         <v>1527</v>
       </c>
       <c r="C306" t="s">
         <v>1528</v>
       </c>
       <c r="D306" t="s">
         <v>1529</v>
       </c>
       <c r="E306" t="s">
         <v>1530</v>
       </c>
       <c r="F306" t="s">
         <v>1531</v>
       </c>
       <c r="G306" s="1">
-        <v>0.064</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="307">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B307" t="s">
         <v>1532</v>
       </c>
       <c r="C307" t="s">
         <v>1533</v>
       </c>
       <c r="D307" t="s">
         <v>1534</v>
       </c>
       <c r="E307" t="s">
         <v>1535</v>
       </c>
       <c r="F307" t="s">
         <v>1536</v>
       </c>
       <c r="G307" s="1">
-        <v>0.064</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="308">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B308" t="s">
         <v>1537</v>
       </c>
       <c r="C308" t="s">
         <v>1538</v>
       </c>
       <c r="D308" t="s">
         <v>1539</v>
       </c>
       <c r="E308" t="s">
         <v>1540</v>
       </c>
       <c r="F308" t="s">
         <v>1541</v>
       </c>
       <c r="G308" s="1">
-        <v>0.063</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="309">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B309" t="s">
         <v>1542</v>
       </c>
       <c r="C309" t="s">
         <v>1543</v>
       </c>
       <c r="D309" t="s">
         <v>1544</v>
       </c>
       <c r="E309" t="s">
         <v>1545</v>
       </c>
       <c r="F309" t="s">
         <v>1546</v>
       </c>
       <c r="G309" s="1">
-        <v>0.063</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="310">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B310" t="s">
         <v>1547</v>
       </c>
       <c r="C310" t="s">
         <v>1548</v>
       </c>
       <c r="D310" t="s">
         <v>1549</v>
       </c>
       <c r="E310" t="s">
         <v>1550</v>
       </c>
       <c r="F310" t="s">
         <v>1551</v>
       </c>
       <c r="G310" s="1">
-        <v>0.062</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="311">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B311" t="s">
         <v>1552</v>
       </c>
       <c r="C311" t="s">
         <v>1553</v>
       </c>
       <c r="D311" t="s">
         <v>1554</v>
       </c>
       <c r="E311" t="s">
         <v>1555</v>
       </c>
       <c r="F311" t="s">
         <v>1556</v>
       </c>
       <c r="G311" s="1">
-        <v>0.062</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="312">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B312" t="s">
         <v>1557</v>
       </c>
       <c r="C312" t="s">
         <v>1558</v>
       </c>
       <c r="D312" t="s">
         <v>1559</v>
       </c>
       <c r="E312" t="s">
         <v>1560</v>
       </c>
       <c r="F312" t="s">
         <v>1561</v>
       </c>
       <c r="G312" s="1">
-        <v>0.061</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="313">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B313" t="s">
         <v>1562</v>
       </c>
       <c r="C313" t="s">
         <v>1563</v>
       </c>
       <c r="D313" t="s">
         <v>1564</v>
       </c>
       <c r="E313" t="s">
         <v>1565</v>
       </c>
       <c r="F313" t="s">
         <v>1566</v>
       </c>
       <c r="G313" s="1">
-        <v>0.061</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="314">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B314" t="s">
         <v>1567</v>
       </c>
       <c r="C314" t="s">
         <v>1568</v>
       </c>
       <c r="D314" t="s">
         <v>1569</v>
       </c>
       <c r="E314" t="s">
         <v>1570</v>
       </c>
       <c r="F314" t="s">
         <v>1571</v>
       </c>
       <c r="G314" s="1">
-        <v>0.06</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="315">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B315" t="s">
         <v>1572</v>
       </c>
       <c r="C315" t="s">
         <v>1573</v>
       </c>
       <c r="D315" t="s">
         <v>1574</v>
       </c>
       <c r="E315" t="s">
         <v>1575</v>
       </c>
       <c r="F315" t="s">
         <v>1576</v>
       </c>
       <c r="G315" s="1">
-        <v>0.06</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="316">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B316" t="s">
         <v>1577</v>
       </c>
       <c r="C316" t="s">
         <v>1578</v>
       </c>
       <c r="D316" t="s">
         <v>1579</v>
       </c>
       <c r="E316" t="s">
         <v>1580</v>
       </c>
       <c r="F316" t="s">
         <v>1581</v>
       </c>
       <c r="G316" s="1">
-        <v>0.06</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="317">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B317" t="s">
         <v>1582</v>
       </c>
       <c r="C317" t="s">
         <v>1583</v>
       </c>
       <c r="D317" t="s">
         <v>1584</v>
       </c>
       <c r="E317" t="s">
         <v>1585</v>
       </c>
       <c r="F317" t="s">
         <v>1586</v>
       </c>
       <c r="G317" s="1">
-        <v>0.06</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="318">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B318" t="s">
         <v>1587</v>
       </c>
       <c r="C318" t="s">
         <v>1588</v>
       </c>
       <c r="D318" t="s">
         <v>1589</v>
       </c>
       <c r="E318" t="s">
         <v>1590</v>
       </c>
       <c r="F318" t="s">
         <v>1591</v>
       </c>
       <c r="G318" s="1">
-        <v>0.059</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="319">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B319" t="s">
         <v>1592</v>
       </c>
       <c r="C319" t="s">
         <v>1593</v>
       </c>
       <c r="D319" t="s">
         <v>1594</v>
       </c>
       <c r="E319" t="s">
         <v>1595</v>
       </c>
       <c r="F319" t="s">
         <v>1596</v>
       </c>
       <c r="G319" s="1">
-        <v>0.059</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="320">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B320" t="s">
         <v>1597</v>
       </c>
       <c r="C320" t="s">
         <v>1598</v>
       </c>
       <c r="D320" t="s">
         <v>1599</v>
       </c>
       <c r="E320" t="s">
         <v>1600</v>
       </c>
       <c r="F320" t="s">
         <v>1601</v>
       </c>
       <c r="G320" s="1">
-        <v>0.058</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="321">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B321" t="s">
         <v>1602</v>
       </c>
       <c r="C321" t="s">
         <v>1603</v>
       </c>
       <c r="D321" t="s">
         <v>1604</v>
       </c>
       <c r="E321" t="s">
         <v>1605</v>
       </c>
       <c r="F321" t="s">
         <v>1606</v>
       </c>
       <c r="G321" s="1">
-        <v>0.057</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="322">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B322" t="s">
         <v>1607</v>
       </c>
       <c r="C322" t="s">
         <v>1608</v>
       </c>
       <c r="D322" t="s">
         <v>1609</v>
       </c>
       <c r="E322" t="s">
         <v>1610</v>
       </c>
       <c r="F322" t="s">
         <v>1611</v>
       </c>
       <c r="G322" s="1">
-        <v>0.057</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="323">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B323" t="s">
         <v>1612</v>
       </c>
       <c r="C323" t="s">
         <v>1613</v>
       </c>
       <c r="D323" t="s">
         <v>1614</v>
       </c>
       <c r="E323" t="s">
         <v>1615</v>
       </c>
       <c r="F323" t="s">
         <v>1616</v>
       </c>
       <c r="G323" s="1">
-        <v>0.056</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="324">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B324" t="s">
         <v>1617</v>
       </c>
       <c r="C324" t="s">
         <v>1618</v>
       </c>
       <c r="D324" t="s">
         <v>1619</v>
       </c>
       <c r="E324" t="s">
         <v>1620</v>
       </c>
       <c r="F324" t="s">
         <v>1621</v>
       </c>
       <c r="G324" s="1">
-        <v>0.056</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="325">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B325" t="s">
         <v>1622</v>
       </c>
       <c r="C325" t="s">
         <v>1623</v>
       </c>
       <c r="D325" t="s">
         <v>1624</v>
       </c>
       <c r="E325" t="s">
         <v>1625</v>
       </c>
       <c r="F325" t="s">
         <v>1626</v>
       </c>
       <c r="G325" s="1">
-        <v>0.056</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="326">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B326" t="s">
         <v>1627</v>
       </c>
       <c r="C326" t="s">
         <v>1628</v>
       </c>
       <c r="D326" t="s">
         <v>1629</v>
       </c>
       <c r="E326" t="s">
         <v>1630</v>
       </c>
       <c r="F326" t="s">
         <v>1631</v>
       </c>
       <c r="G326" s="1">
-        <v>0.055</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="327">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B327" t="s">
         <v>1632</v>
       </c>
       <c r="C327" t="s">
         <v>1633</v>
       </c>
       <c r="D327" t="s">
         <v>1634</v>
       </c>
       <c r="E327" t="s">
         <v>1635</v>
       </c>
       <c r="F327" t="s">
         <v>1636</v>
       </c>
       <c r="G327" s="1">
-        <v>0.055</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="328">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B328" t="s">
         <v>1637</v>
       </c>
       <c r="C328" t="s">
         <v>1638</v>
       </c>
       <c r="D328" t="s">
         <v>1639</v>
       </c>
       <c r="E328" t="s">
         <v>1640</v>
       </c>
       <c r="F328" t="s">
         <v>1641</v>
       </c>
       <c r="G328" s="1">
-        <v>0.054</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="329">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B329" t="s">
         <v>1642</v>
       </c>
       <c r="C329" t="s">
         <v>1643</v>
       </c>
       <c r="D329" t="s">
         <v>1644</v>
       </c>
       <c r="E329" t="s">
         <v>1645</v>
       </c>
       <c r="F329" t="s">
         <v>1646</v>
       </c>
       <c r="G329" s="1">
-        <v>0.054</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="330">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B330" t="s">
         <v>1647</v>
       </c>
       <c r="C330" t="s">
         <v>1648</v>
       </c>
       <c r="D330" t="s">
         <v>1649</v>
       </c>
       <c r="E330" t="s">
         <v>1650</v>
       </c>
       <c r="F330" t="s">
         <v>1651</v>
       </c>
       <c r="G330" s="1">
-        <v>0.054</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="331">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B331" t="s">
         <v>1652</v>
       </c>
       <c r="C331" t="s">
         <v>1653</v>
       </c>
       <c r="D331" t="s">
         <v>1654</v>
       </c>
       <c r="E331" t="s">
         <v>1655</v>
       </c>
       <c r="F331" t="s">
         <v>1656</v>
       </c>
       <c r="G331" s="1">
-        <v>0.053</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="332">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B332" t="s">
         <v>1657</v>
       </c>
       <c r="C332" t="s">
         <v>1658</v>
       </c>
       <c r="D332" t="s">
         <v>1659</v>
       </c>
       <c r="E332" t="s">
         <v>1660</v>
       </c>
       <c r="F332" t="s">
         <v>1661</v>
       </c>
       <c r="G332" s="1">
-        <v>0.053</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="333">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B333" t="s">
         <v>1662</v>
       </c>
       <c r="C333" t="s">
         <v>1663</v>
       </c>
       <c r="D333" t="s">
         <v>1664</v>
       </c>
       <c r="E333" t="s">
         <v>1665</v>
       </c>
       <c r="F333" t="s">
         <v>1666</v>
       </c>
       <c r="G333" s="1">
-        <v>0.053</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="334">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B334" t="s">
         <v>1667</v>
       </c>
       <c r="C334" t="s">
         <v>1668</v>
       </c>
       <c r="D334" t="s">
         <v>1669</v>
       </c>
       <c r="E334" t="s">
         <v>1670</v>
       </c>
       <c r="F334" t="s">
         <v>1671</v>
       </c>
       <c r="G334" s="1">
-        <v>0.052</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="335">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B335" t="s">
         <v>1672</v>
       </c>
       <c r="C335" t="s">
         <v>1673</v>
       </c>
       <c r="D335" t="s">
         <v>1674</v>
       </c>
       <c r="E335" t="s">
         <v>1675</v>
       </c>
       <c r="F335" t="s">
         <v>1676</v>
       </c>
       <c r="G335" s="1">
-        <v>0.052</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="336">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B336" t="s">
         <v>1677</v>
       </c>
       <c r="C336" t="s">
         <v>1678</v>
       </c>
       <c r="D336" t="s">
         <v>1679</v>
       </c>
       <c r="E336" t="s">
         <v>1680</v>
       </c>
       <c r="F336" t="s">
         <v>1681</v>
       </c>
       <c r="G336" s="1">
-        <v>0.051</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="337">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B337" t="s">
         <v>1682</v>
       </c>
       <c r="C337" t="s">
         <v>1683</v>
       </c>
       <c r="D337" t="s">
         <v>1684</v>
       </c>
       <c r="E337" t="s">
         <v>1685</v>
       </c>
       <c r="F337" t="s">
         <v>1686</v>
       </c>
       <c r="G337" s="1">
-        <v>0.051</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="338">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B338" t="s">
         <v>1687</v>
       </c>
       <c r="C338" t="s">
         <v>1688</v>
       </c>
       <c r="D338" t="s">
         <v>1689</v>
       </c>
       <c r="E338" t="s">
         <v>1690</v>
       </c>
       <c r="F338" t="s">
         <v>1691</v>
       </c>
       <c r="G338" s="1">
-        <v>0.051</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="339">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B339" t="s">
         <v>1692</v>
       </c>
       <c r="C339" t="s">
         <v>1693</v>
       </c>
       <c r="D339" t="s">
         <v>1694</v>
       </c>
       <c r="E339" t="s">
         <v>1695</v>
       </c>
       <c r="F339" t="s">
         <v>1696</v>
       </c>
       <c r="G339" s="1">
-        <v>0.051</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="340">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B340" t="s">
         <v>1697</v>
       </c>
       <c r="C340" t="s">
         <v>1698</v>
       </c>
       <c r="D340" t="s">
         <v>1699</v>
       </c>
       <c r="E340" t="s">
         <v>1700</v>
       </c>
       <c r="F340" t="s">
         <v>1701</v>
       </c>
       <c r="G340" s="1">
-        <v>0.05</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="341">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B341" t="s">
         <v>1702</v>
       </c>
       <c r="C341" t="s">
         <v>1703</v>
       </c>
       <c r="D341" t="s">
         <v>1704</v>
       </c>
       <c r="E341" t="s">
         <v>1705</v>
       </c>
       <c r="F341" t="s">
         <v>1706</v>
       </c>
       <c r="G341" s="1">
-        <v>0.049</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="342">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B342" t="s">
         <v>1707</v>
       </c>
       <c r="C342" t="s">
         <v>1708</v>
       </c>
       <c r="D342" t="s">
         <v>1709</v>
       </c>
       <c r="E342" t="s">
         <v>1710</v>
       </c>
       <c r="F342" t="s">
         <v>1711</v>
       </c>
       <c r="G342" s="1">
-        <v>0.049</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="343">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B343" t="s">
         <v>1712</v>
       </c>
       <c r="C343" t="s">
         <v>1713</v>
       </c>
       <c r="D343" t="s">
         <v>1714</v>
       </c>
       <c r="E343" t="s">
         <v>1715</v>
       </c>
       <c r="F343" t="s">
         <v>1716</v>
       </c>
       <c r="G343" s="1">
-        <v>0.048</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="344">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B344" t="s">
         <v>1717</v>
       </c>
       <c r="C344" t="s">
         <v>1718</v>
       </c>
       <c r="D344" t="s">
         <v>1719</v>
       </c>
       <c r="E344" t="s">
         <v>1720</v>
       </c>
       <c r="F344" t="s">
         <v>1721</v>
       </c>
       <c r="G344" s="1">
-        <v>0.048</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="345">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B345" t="s">
         <v>1722</v>
       </c>
       <c r="C345" t="s">
         <v>1723</v>
       </c>
       <c r="D345" t="s">
         <v>1724</v>
       </c>
       <c r="E345" t="s">
         <v>1725</v>
       </c>
       <c r="F345" t="s">
         <v>1726</v>
       </c>
       <c r="G345" s="1">
-        <v>0.046</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="346">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B346" t="s">
         <v>1727</v>
       </c>
       <c r="C346" t="s">
         <v>1728</v>
       </c>
       <c r="D346" t="s">
         <v>1729</v>
       </c>
       <c r="E346" t="s">
         <v>1730</v>
       </c>
       <c r="F346" t="s">
         <v>1731</v>
       </c>
       <c r="G346" s="1">
-        <v>0.045</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="347">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B347" t="s">
         <v>1732</v>
       </c>
       <c r="C347" t="s">
         <v>1733</v>
       </c>
       <c r="D347" t="s">
         <v>1734</v>
       </c>
       <c r="E347" t="s">
         <v>1735</v>
       </c>
       <c r="F347" t="s">
         <v>1736</v>
       </c>
       <c r="G347" s="1">
-        <v>0.045</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="348">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B348" t="s">
         <v>1737</v>
       </c>
       <c r="C348" t="s">
         <v>1738</v>
       </c>
       <c r="D348" t="s">
         <v>1739</v>
       </c>
       <c r="E348" t="s">
         <v>1740</v>
       </c>
       <c r="F348" t="s">
         <v>1741</v>
       </c>
       <c r="G348" s="1">
-        <v>0.045</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="349">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B349" t="s">
         <v>1742</v>
       </c>
       <c r="C349" t="s">
         <v>1743</v>
       </c>
       <c r="D349" t="s">
         <v>1744</v>
       </c>
       <c r="E349" t="s">
         <v>1745</v>
       </c>
       <c r="F349" t="s">
         <v>1746</v>
       </c>
       <c r="G349" s="1">
-        <v>0.045</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="350">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B350" t="s">
         <v>1747</v>
       </c>
       <c r="C350" t="s">
         <v>1748</v>
       </c>
       <c r="D350" t="s">
         <v>1749</v>
       </c>
       <c r="E350" t="s">
         <v>1750</v>
       </c>
       <c r="F350" t="s">
         <v>1751</v>
       </c>
       <c r="G350" s="1">
-        <v>0.044</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="351">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B351" t="s">
         <v>1752</v>
       </c>
       <c r="C351" t="s">
         <v>1753</v>
       </c>
       <c r="D351" t="s">
         <v>1754</v>
       </c>
       <c r="E351" t="s">
         <v>1755</v>
       </c>
       <c r="F351" t="s">
         <v>1756</v>
       </c>
       <c r="G351" s="1">
-        <v>0.044</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="352">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B352" t="s">
         <v>1757</v>
       </c>
       <c r="C352" t="s">
         <v>1758</v>
       </c>
       <c r="D352" t="s">
         <v>1759</v>
       </c>
       <c r="E352" t="s">
         <v>1760</v>
       </c>
       <c r="F352" t="s">
         <v>1761</v>
       </c>
       <c r="G352" s="1">
-        <v>0.044</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="353">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B353" t="s">
         <v>1762</v>
       </c>
       <c r="C353" t="s">
         <v>1763</v>
       </c>
       <c r="D353" t="s">
         <v>1764</v>
       </c>
       <c r="E353" t="s">
         <v>1765</v>
       </c>
       <c r="F353" t="s">
         <v>1766</v>
       </c>
       <c r="G353" s="1">
-        <v>0.044</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="354">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B354" t="s">
         <v>1767</v>
       </c>
       <c r="C354" t="s">
         <v>1768</v>
       </c>
       <c r="D354" t="s">
         <v>1769</v>
       </c>
       <c r="E354" t="s">
         <v>1770</v>
       </c>
       <c r="F354" t="s">
         <v>1771</v>
       </c>
       <c r="G354" s="1">
-        <v>0.044</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="355">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B355" t="s">
         <v>1772</v>
       </c>
       <c r="C355" t="s">
         <v>1773</v>
       </c>
       <c r="D355" t="s">
         <v>1774</v>
       </c>
       <c r="E355" t="s">
         <v>1775</v>
       </c>
       <c r="F355" t="s">
         <v>1776</v>
       </c>
       <c r="G355" s="1">
-        <v>0.043</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="356">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B356" t="s">
         <v>1777</v>
       </c>
       <c r="C356" t="s">
         <v>1778</v>
       </c>
       <c r="D356" t="s">
         <v>1779</v>
       </c>
       <c r="E356" t="s">
         <v>1780</v>
       </c>
       <c r="F356" t="s">
         <v>1781</v>
       </c>
       <c r="G356" s="1">
-        <v>0.043</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="357">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B357" t="s">
         <v>1782</v>
       </c>
       <c r="C357" t="s">
         <v>1783</v>
       </c>
       <c r="D357" t="s">
         <v>1784</v>
       </c>
       <c r="E357" t="s">
         <v>1785</v>
       </c>
       <c r="F357" t="s">
         <v>1786</v>
       </c>
       <c r="G357" s="1">
-        <v>0.043</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="358">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B358" t="s">
         <v>1787</v>
       </c>
       <c r="C358" t="s">
         <v>1788</v>
       </c>
       <c r="D358" t="s">
         <v>1789</v>
       </c>
       <c r="E358" t="s">
         <v>1790</v>
       </c>
       <c r="F358" t="s">
         <v>1791</v>
       </c>
       <c r="G358" s="1">
-        <v>0.042</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="359">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B359" t="s">
         <v>1792</v>
       </c>
       <c r="C359" t="s">
         <v>1793</v>
       </c>
       <c r="D359" t="s">
         <v>1794</v>
       </c>
       <c r="E359" t="s">
         <v>1795</v>
       </c>
       <c r="F359" t="s">
         <v>1796</v>
       </c>
       <c r="G359" s="1">
-        <v>0.041</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="360">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B360" t="s">
         <v>1797</v>
       </c>
       <c r="C360" t="s">
         <v>1798</v>
       </c>
       <c r="D360" t="s">
         <v>1799</v>
       </c>
       <c r="E360" t="s">
         <v>1800</v>
       </c>
       <c r="F360" t="s">
         <v>1801</v>
       </c>
       <c r="G360" s="1">
-        <v>0.041</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="361">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B361" t="s">
         <v>1802</v>
       </c>
       <c r="C361" t="s">
         <v>1803</v>
       </c>
       <c r="D361" t="s">
         <v>1804</v>
       </c>
       <c r="E361" t="s">
         <v>1805</v>
       </c>
       <c r="F361" t="s">
         <v>1806</v>
       </c>
       <c r="G361" s="1">
-        <v>0.041</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="362">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B362" t="s">
         <v>1807</v>
       </c>
       <c r="C362" t="s">
         <v>1808</v>
       </c>
       <c r="D362" t="s">
         <v>1809</v>
       </c>
       <c r="E362" t="s">
         <v>1810</v>
       </c>
       <c r="F362" t="s">
         <v>1811</v>
       </c>
       <c r="G362" s="1">
-        <v>0.041</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="363">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B363" t="s">
         <v>1812</v>
       </c>
       <c r="C363" t="s">
         <v>1813</v>
       </c>
       <c r="D363" t="s">
         <v>1814</v>
       </c>
       <c r="E363" t="s">
         <v>1815</v>
       </c>
       <c r="F363" t="s">
         <v>1816</v>
       </c>
       <c r="G363" s="1">
-        <v>0.04</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="364">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B364" t="s">
         <v>1817</v>
       </c>
       <c r="C364" t="s">
         <v>1818</v>
       </c>
       <c r="D364" t="s">
         <v>1819</v>
       </c>
       <c r="E364" t="s">
         <v>1820</v>
       </c>
       <c r="F364" t="s">
         <v>1821</v>
       </c>
       <c r="G364" s="1">
-        <v>0.04</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="365">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B365" t="s">
         <v>1822</v>
       </c>
       <c r="C365" t="s">
         <v>1823</v>
       </c>
       <c r="D365" t="s">
         <v>1824</v>
       </c>
       <c r="E365" t="s">
         <v>1825</v>
       </c>
       <c r="F365" t="s">
         <v>1826</v>
       </c>
       <c r="G365" s="1">
-        <v>0.04</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="366">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B366" t="s">
         <v>1827</v>
       </c>
       <c r="C366" t="s">
         <v>1828</v>
       </c>
       <c r="D366" t="s">
         <v>1829</v>
       </c>
       <c r="E366" t="s">
         <v>1830</v>
       </c>
       <c r="F366" t="s">
         <v>1831</v>
       </c>
       <c r="G366" s="1">
-        <v>0.04</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="367">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B367" t="s">
         <v>1832</v>
       </c>
       <c r="C367" t="s">
         <v>1833</v>
       </c>
       <c r="D367" t="s">
         <v>1834</v>
       </c>
       <c r="E367" t="s">
         <v>1835</v>
       </c>
       <c r="F367" t="s">
         <v>1836</v>
       </c>
       <c r="G367" s="1">
-        <v>0.039</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="368">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B368" t="s">
         <v>1837</v>
       </c>
       <c r="C368" t="s">
         <v>1838</v>
       </c>
       <c r="D368" t="s">
         <v>1839</v>
       </c>
       <c r="E368" t="s">
         <v>1840</v>
       </c>
       <c r="F368" t="s">
         <v>1841</v>
       </c>
       <c r="G368" s="1">
-        <v>0.039</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="369">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B369" t="s">
         <v>1842</v>
       </c>
       <c r="C369" t="s">
         <v>1843</v>
       </c>
       <c r="D369" t="s">
         <v>1844</v>
       </c>
       <c r="E369" t="s">
         <v>1845</v>
       </c>
       <c r="F369" t="s">
         <v>1846</v>
       </c>
       <c r="G369" s="1">
-        <v>0.039</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="370">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B370" t="s">
         <v>1847</v>
       </c>
       <c r="C370" t="s">
         <v>1848</v>
       </c>
       <c r="D370" t="s">
         <v>1849</v>
       </c>
       <c r="E370" t="s">
         <v>1850</v>
       </c>
       <c r="F370" t="s">
         <v>1851</v>
       </c>
       <c r="G370" s="1">
-        <v>0.039</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="371">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B371" t="s">
         <v>1852</v>
       </c>
       <c r="C371" t="s">
         <v>1853</v>
       </c>
       <c r="D371" t="s">
         <v>1854</v>
       </c>
       <c r="E371" t="s">
         <v>1855</v>
       </c>
       <c r="F371" t="s">
         <v>1856</v>
       </c>
       <c r="G371" s="1">
-        <v>0.038</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="372">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B372" t="s">
         <v>1857</v>
       </c>
       <c r="C372" t="s">
         <v>1858</v>
       </c>
       <c r="D372" t="s">
         <v>1859</v>
       </c>
       <c r="E372" t="s">
         <v>1860</v>
       </c>
       <c r="F372" t="s">
         <v>1861</v>
       </c>
       <c r="G372" s="1">
-        <v>0.038</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="373">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B373" t="s">
         <v>1862</v>
       </c>
       <c r="C373" t="s">
         <v>1863</v>
       </c>
       <c r="D373" t="s">
         <v>1864</v>
       </c>
       <c r="E373" t="s">
         <v>1865</v>
       </c>
       <c r="F373" t="s">
         <v>1866</v>
       </c>
       <c r="G373" s="1">
-        <v>0.038</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="374">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B374" t="s">
         <v>1867</v>
       </c>
       <c r="C374" t="s">
         <v>1868</v>
       </c>
       <c r="D374" t="s">
         <v>1869</v>
       </c>
       <c r="E374" t="s">
         <v>1870</v>
       </c>
       <c r="F374" t="s">
         <v>1871</v>
       </c>
       <c r="G374" s="1">
-        <v>0.038</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="375">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B375" t="s">
         <v>1872</v>
       </c>
       <c r="C375" t="s">
         <v>1873</v>
       </c>
       <c r="D375" t="s">
         <v>1874</v>
       </c>
       <c r="E375" t="s">
         <v>1875</v>
       </c>
       <c r="F375" t="s">
         <v>1876</v>
       </c>
       <c r="G375" s="1">
-        <v>0.038</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="376">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B376" t="s">
         <v>1877</v>
       </c>
       <c r="C376" t="s">
         <v>1878</v>
       </c>
       <c r="D376" t="s">
         <v>1879</v>
       </c>
       <c r="E376" t="s">
         <v>1880</v>
       </c>
       <c r="F376" t="s">
         <v>1881</v>
       </c>
       <c r="G376" s="1">
-        <v>0.037</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="377">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B377" t="s">
         <v>1882</v>
       </c>
       <c r="C377" t="s">
         <v>1883</v>
       </c>
       <c r="D377" t="s">
         <v>1884</v>
       </c>
       <c r="E377" t="s">
         <v>1885</v>
       </c>
       <c r="F377" t="s">
         <v>1886</v>
       </c>
       <c r="G377" s="1">
-        <v>0.037</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="378">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B378" t="s">
         <v>1887</v>
       </c>
       <c r="C378" t="s">
         <v>1888</v>
       </c>
       <c r="D378" t="s">
         <v>1889</v>
       </c>
       <c r="E378" t="s">
         <v>1890</v>
       </c>
       <c r="F378" t="s">
         <v>1891</v>
       </c>
       <c r="G378" s="1">
-        <v>0.037</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="379">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B379" t="s">
         <v>1892</v>
       </c>
       <c r="C379" t="s">
         <v>1893</v>
       </c>
       <c r="D379" t="s">
         <v>1894</v>
       </c>
       <c r="E379" t="s">
         <v>1895</v>
       </c>
       <c r="F379" t="s">
         <v>1896</v>
       </c>
       <c r="G379" s="1">
-        <v>0.036</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="380">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B380" t="s">
         <v>1897</v>
       </c>
       <c r="C380" t="s">
         <v>1898</v>
       </c>
       <c r="D380" t="s">
         <v>1899</v>
       </c>
       <c r="E380" t="s">
         <v>1900</v>
       </c>
       <c r="F380" t="s">
         <v>1901</v>
       </c>
       <c r="G380" s="1">
-        <v>0.036</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="381">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B381" t="s">
         <v>1902</v>
       </c>
       <c r="C381" t="s">
         <v>1903</v>
       </c>
       <c r="D381" t="s">
         <v>1904</v>
       </c>
       <c r="E381" t="s">
         <v>1905</v>
       </c>
       <c r="F381" t="s">
         <v>1906</v>
       </c>
       <c r="G381" s="1">
-        <v>0.035</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="382">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B382" t="s">
         <v>1907</v>
       </c>
       <c r="C382" t="s">
         <v>1908</v>
       </c>
       <c r="D382" t="s">
         <v>1909</v>
       </c>
       <c r="E382" t="s">
         <v>1910</v>
       </c>
       <c r="F382" t="s">
         <v>1911</v>
       </c>
       <c r="G382" s="1">
-        <v>0.035</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="383">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B383" t="s">
         <v>1912</v>
       </c>
       <c r="C383" t="s">
         <v>1913</v>
       </c>
       <c r="D383" t="s">
         <v>1914</v>
       </c>
       <c r="E383" t="s">
         <v>1915</v>
       </c>
       <c r="F383" t="s">
         <v>1916</v>
       </c>
       <c r="G383" s="1">
-        <v>0.035</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="384">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B384" t="s">
         <v>1917</v>
       </c>
       <c r="C384" t="s">
         <v>1918</v>
       </c>
       <c r="D384" t="s">
         <v>1919</v>
       </c>
       <c r="E384" t="s">
         <v>1920</v>
       </c>
       <c r="F384" t="s">
         <v>1921</v>
       </c>
       <c r="G384" s="1">
-        <v>0.034</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="385">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B385" t="s">
         <v>1922</v>
       </c>
       <c r="C385" t="s">
         <v>1923</v>
       </c>
       <c r="D385" t="s">
         <v>1924</v>
       </c>
       <c r="E385" t="s">
         <v>1925</v>
       </c>
       <c r="F385" t="s">
         <v>1926</v>
       </c>
       <c r="G385" s="1">
-        <v>0.034</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="386">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B386" t="s">
         <v>1927</v>
       </c>
       <c r="C386" t="s">
         <v>1928</v>
       </c>
       <c r="D386" t="s">
         <v>1929</v>
       </c>
       <c r="E386" t="s">
         <v>1930</v>
       </c>
       <c r="F386" t="s">
         <v>1931</v>
       </c>
       <c r="G386" s="1">
-        <v>0.033</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="387">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B387" t="s">
         <v>1932</v>
       </c>
       <c r="C387" t="s">
         <v>1933</v>
       </c>
       <c r="D387" t="s">
         <v>1934</v>
       </c>
       <c r="E387" t="s">
         <v>1935</v>
       </c>
       <c r="F387" t="s">
         <v>1936</v>
       </c>
       <c r="G387" s="1">
-        <v>0.032</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="388">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B388" t="s">
         <v>1937</v>
       </c>
       <c r="C388" t="s">
         <v>1938</v>
       </c>
       <c r="D388" t="s">
         <v>1939</v>
       </c>
       <c r="E388" t="s">
         <v>1940</v>
       </c>
       <c r="F388" t="s">
         <v>1941</v>
       </c>
       <c r="G388" s="1">
-        <v>0.032</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="389">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B389" t="s">
         <v>1942</v>
       </c>
       <c r="C389" t="s">
         <v>1943</v>
       </c>
       <c r="D389" t="s">
         <v>1944</v>
       </c>
       <c r="E389" t="s">
         <v>1945</v>
       </c>
       <c r="F389" t="s">
         <v>1946</v>
       </c>
       <c r="G389" s="1">
-        <v>0.032</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="390">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B390" t="s">
         <v>1947</v>
       </c>
       <c r="C390" t="s">
         <v>1948</v>
       </c>
       <c r="D390" t="s">
         <v>1949</v>
       </c>
       <c r="E390" t="s">
         <v>1950</v>
       </c>
       <c r="F390" t="s">
         <v>1951</v>
       </c>
       <c r="G390" s="1">
-        <v>0.032</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="391">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B391" t="s">
         <v>1952</v>
       </c>
       <c r="C391" t="s">
         <v>1953</v>
       </c>
       <c r="D391" t="s">
         <v>1954</v>
       </c>
       <c r="E391" t="s">
         <v>1955</v>
       </c>
       <c r="F391" t="s">
         <v>1956</v>
       </c>
       <c r="G391" s="1">
-        <v>0.031</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="392">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B392" t="s">
         <v>1957</v>
       </c>
       <c r="C392" t="s">
         <v>1958</v>
       </c>
       <c r="D392" t="s">
         <v>1959</v>
       </c>
       <c r="E392" t="s">
         <v>1960</v>
       </c>
       <c r="F392" t="s">
         <v>1961</v>
       </c>
       <c r="G392" s="1">
-        <v>0.03</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="393">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B393" t="s">
         <v>1962</v>
       </c>
       <c r="C393" t="s">
         <v>1963</v>
       </c>
       <c r="D393" t="s">
         <v>1964</v>
       </c>
       <c r="E393" t="s">
         <v>1965</v>
       </c>
       <c r="F393" t="s">
         <v>1966</v>
       </c>
       <c r="G393" s="1">
-        <v>0.03</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="394">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B394" t="s">
         <v>1967</v>
       </c>
       <c r="C394" t="s">
         <v>1968</v>
       </c>
       <c r="D394" t="s">
         <v>1969</v>
       </c>
       <c r="E394" t="s">
         <v>1970</v>
       </c>
       <c r="F394" t="s">
         <v>1971</v>
       </c>
       <c r="G394" s="1">
-        <v>0.029</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="395">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B395" t="s">
         <v>1972</v>
       </c>
       <c r="C395" t="s">
         <v>1973</v>
       </c>
       <c r="D395" t="s">
         <v>1974</v>
       </c>
       <c r="E395" t="s">
         <v>1975</v>
       </c>
       <c r="F395" t="s">
         <v>1976</v>
       </c>
       <c r="G395" s="1">
-        <v>0.029</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="396">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B396" t="s">
         <v>1977</v>
       </c>
       <c r="C396" t="s">
         <v>1978</v>
       </c>
       <c r="D396" t="s">
         <v>1979</v>
       </c>
       <c r="E396" t="s">
         <v>1980</v>
       </c>
       <c r="F396" t="s">
         <v>1981</v>
       </c>
       <c r="G396" s="1">
-        <v>0.028</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="397">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B397" t="s">
         <v>1982</v>
       </c>
       <c r="C397" t="s">
         <v>1983</v>
       </c>
       <c r="D397" t="s">
         <v>1984</v>
       </c>
       <c r="E397" t="s">
         <v>1985</v>
       </c>
       <c r="F397" t="s">
         <v>1986</v>
       </c>
       <c r="G397" s="1">
-        <v>0.027</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="398">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B398" t="s">
         <v>1987</v>
       </c>
       <c r="C398" t="s">
         <v>1988</v>
       </c>
       <c r="D398" t="s">
         <v>1989</v>
       </c>
       <c r="E398" t="s">
         <v>1990</v>
       </c>
       <c r="F398" t="s">
         <v>1991</v>
       </c>
       <c r="G398" s="1">
-        <v>0.027</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="399">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B399" t="s">
         <v>1992</v>
       </c>
       <c r="C399" t="s">
         <v>1993</v>
       </c>
       <c r="D399" t="s">
         <v>1994</v>
       </c>
       <c r="E399" t="s">
         <v>1995</v>
       </c>
       <c r="F399" t="s">
         <v>1996</v>
       </c>
       <c r="G399" s="1">
-        <v>0.027</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="400">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B400" t="s">
         <v>1997</v>
       </c>
       <c r="C400" t="s">
         <v>1998</v>
       </c>
       <c r="D400" t="s">
         <v>1999</v>
       </c>
       <c r="E400" t="s">
         <v>2000</v>
       </c>
       <c r="F400" t="s">
         <v>2001</v>
       </c>
       <c r="G400" s="1">
-        <v>0.027</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="401">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B401" t="s">
         <v>2002</v>
       </c>
       <c r="C401" t="s">
         <v>2003</v>
       </c>
       <c r="D401" t="s">
         <v>2004</v>
       </c>
       <c r="E401" t="s">
         <v>2005</v>
       </c>
       <c r="F401" t="s">
         <v>2006</v>
       </c>
       <c r="G401" s="1">
-        <v>0.027</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="402">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B402" t="s">
         <v>2007</v>
       </c>
       <c r="C402" t="s">
         <v>2008</v>
       </c>
       <c r="D402" t="s">
         <v>2009</v>
       </c>
       <c r="E402" t="s">
         <v>2010</v>
       </c>
       <c r="F402" t="s">
         <v>2011</v>
       </c>
       <c r="G402" s="1">
-        <v>0.027</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="403">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B403" t="s">
         <v>2012</v>
       </c>
       <c r="C403" t="s">
         <v>2013</v>
       </c>
       <c r="D403" t="s">
         <v>2014</v>
       </c>
       <c r="E403" t="s">
         <v>2015</v>
       </c>
       <c r="F403" t="s">
         <v>2016</v>
       </c>
       <c r="G403" s="1">
-        <v>0.027</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="404">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B404" t="s">
         <v>2017</v>
       </c>
       <c r="C404" t="s">
         <v>2018</v>
       </c>
       <c r="D404" t="s">
         <v>2019</v>
       </c>
       <c r="E404" t="s">
         <v>2020</v>
       </c>
       <c r="F404" t="s">
         <v>2021</v>
       </c>
       <c r="G404" s="1">
-        <v>0.026</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="405">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B405" t="s">
         <v>2022</v>
       </c>
       <c r="C405" t="s">
         <v>2023</v>
       </c>
       <c r="D405" t="s">
         <v>2024</v>
       </c>
       <c r="E405" t="s">
         <v>2025</v>
       </c>
       <c r="F405" t="s">
         <v>2026</v>
       </c>
       <c r="G405" s="1">
-        <v>0.026</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="406">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B406" t="s">
         <v>2027</v>
       </c>
       <c r="C406" t="s">
         <v>2028</v>
       </c>
       <c r="D406" t="s">
         <v>2029</v>
       </c>
       <c r="E406" t="s">
         <v>2030</v>
       </c>
       <c r="F406" t="s">
         <v>2031</v>
       </c>
       <c r="G406" s="1">
-        <v>0.026</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="407">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B407" t="s">
         <v>2032</v>
       </c>
       <c r="C407" t="s">
         <v>2033</v>
       </c>
       <c r="D407" t="s">
         <v>2034</v>
       </c>
       <c r="E407" t="s">
         <v>2035</v>
       </c>
       <c r="F407" t="s">
         <v>2036</v>
       </c>
       <c r="G407" s="1">
-        <v>0.026</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="408">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B408" t="s">
         <v>2037</v>
       </c>
       <c r="C408" t="s">
         <v>2038</v>
       </c>
       <c r="D408" t="s">
         <v>2039</v>
       </c>
       <c r="E408" t="s">
         <v>2040</v>
       </c>
       <c r="F408" t="s">
         <v>2041</v>
       </c>
       <c r="G408" s="1">
-        <v>0.026</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="409">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B409" t="s">
         <v>2042</v>
       </c>
       <c r="C409" t="s">
         <v>2043</v>
       </c>
       <c r="D409" t="s">
         <v>2044</v>
       </c>
       <c r="E409" t="s">
         <v>2045</v>
       </c>
       <c r="F409" t="s">
         <v>2046</v>
       </c>
       <c r="G409" s="1">
-        <v>0.026</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="410">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B410" t="s">
         <v>2047</v>
       </c>
       <c r="C410" t="s">
         <v>2048</v>
       </c>
       <c r="D410" t="s">
         <v>2049</v>
       </c>
       <c r="E410" t="s">
         <v>2050</v>
       </c>
       <c r="F410" t="s">
         <v>2051</v>
       </c>
       <c r="G410" s="1">
-        <v>0.025</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="411">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B411" t="s">
         <v>2052</v>
       </c>
       <c r="C411" t="s">
         <v>2053</v>
       </c>
       <c r="D411" t="s">
         <v>2054</v>
       </c>
       <c r="E411" t="s">
         <v>2055</v>
       </c>
       <c r="F411" t="s">
         <v>2056</v>
       </c>
       <c r="G411" s="1">
-        <v>0.025</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="412">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B412" t="s">
         <v>2057</v>
       </c>
       <c r="C412" t="s">
         <v>2058</v>
       </c>
       <c r="D412" t="s">
         <v>2059</v>
       </c>
       <c r="E412" t="s">
         <v>2060</v>
       </c>
       <c r="F412" t="s">
         <v>2061</v>
       </c>
       <c r="G412" s="1">
-        <v>0.023</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="413">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B413" t="s">
         <v>2062</v>
       </c>
       <c r="C413" t="s">
         <v>2063</v>
       </c>
       <c r="D413" t="s">
         <v>2064</v>
       </c>
       <c r="E413" t="s">
         <v>2065</v>
       </c>
       <c r="F413" t="s">
         <v>2066</v>
       </c>
       <c r="G413" s="1">
-        <v>0.022</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="414">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B414" t="s">
         <v>2067</v>
       </c>
       <c r="C414" t="s">
         <v>2068</v>
       </c>
       <c r="D414" t="s">
         <v>2069</v>
       </c>
       <c r="E414" t="s">
         <v>2070</v>
       </c>
       <c r="F414" t="s">
         <v>2071</v>
       </c>
       <c r="G414" s="1">
-        <v>0.021</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="415">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B415" t="s">
         <v>2072</v>
       </c>
       <c r="C415" t="s">
         <v>2073</v>
       </c>
       <c r="D415" t="s">
         <v>2074</v>
       </c>
       <c r="E415" t="s">
         <v>2075</v>
       </c>
       <c r="F415" t="s">
         <v>2076</v>
       </c>
       <c r="G415" s="1">
-        <v>0.021</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="416">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B416" t="s">
         <v>2077</v>
       </c>
       <c r="C416" t="s">
         <v>2078</v>
       </c>
       <c r="D416" t="s">
         <v>2079</v>
       </c>
       <c r="E416" t="s">
         <v>2080</v>
       </c>
       <c r="F416" t="s">
         <v>2081</v>
       </c>
       <c r="G416" s="1">
-        <v>0.021</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="417">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B417" t="s">
         <v>2082</v>
       </c>
       <c r="C417" t="s">
         <v>2083</v>
       </c>
       <c r="D417" t="s">
         <v>2084</v>
       </c>
       <c r="E417" t="s">
         <v>2085</v>
       </c>
       <c r="F417" t="s">
         <v>2086</v>
       </c>
       <c r="G417" s="1">
-        <v>0.021</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="418">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B418" t="s">
         <v>2087</v>
       </c>
       <c r="C418" t="s">
         <v>2088</v>
       </c>
       <c r="D418" t="s">
         <v>2089</v>
       </c>
       <c r="E418" t="s">
         <v>2090</v>
       </c>
       <c r="F418" t="s">
         <v>2091</v>
       </c>
       <c r="G418" s="1">
-        <v>0.02</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="419">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B419" t="s">
         <v>2092</v>
       </c>
       <c r="C419" t="s">
         <v>2093</v>
       </c>
       <c r="D419" t="s">
         <v>2094</v>
       </c>
       <c r="E419" t="s">
         <v>2095</v>
       </c>
       <c r="F419" t="s">
         <v>2096</v>
       </c>
       <c r="G419" s="1">
-        <v>0.02</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="420">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B420" t="s">
         <v>2097</v>
       </c>
       <c r="C420" t="s">
         <v>2098</v>
       </c>
       <c r="D420" t="s">
         <v>2099</v>
       </c>
       <c r="E420" t="s">
         <v>2100</v>
       </c>
       <c r="F420" t="s">
         <v>2101</v>
       </c>
       <c r="G420" s="1">
-        <v>0.02</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="421">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B421" t="s">
         <v>2102</v>
       </c>
       <c r="C421" t="s">
         <v>2103</v>
       </c>
       <c r="D421" t="s">
         <v>2104</v>
       </c>
       <c r="E421" t="s">
         <v>2105</v>
       </c>
       <c r="F421" t="s">
         <v>2106</v>
       </c>
       <c r="G421" s="1">
-        <v>0.02</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="422">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B422" t="s">
         <v>2107</v>
       </c>
       <c r="C422" t="s">
         <v>2108</v>
       </c>
       <c r="D422" t="s">
         <v>2109</v>
       </c>
       <c r="E422" t="s">
         <v>2110</v>
       </c>
       <c r="F422" t="s">
         <v>2111</v>
       </c>
       <c r="G422" s="1">
-        <v>0.02</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="423">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B423" t="s">
         <v>2112</v>
       </c>
       <c r="C423" t="s">
         <v>2113</v>
       </c>
       <c r="D423" t="s">
         <v>2114</v>
       </c>
       <c r="E423" t="s">
         <v>2115</v>
       </c>
       <c r="F423" t="s">
         <v>2116</v>
       </c>
       <c r="G423" s="1">
-        <v>0.02</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="424">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B424" t="s">
         <v>2117</v>
       </c>
       <c r="C424" t="s">
         <v>2118</v>
       </c>
       <c r="D424" t="s">
         <v>2119</v>
       </c>
       <c r="E424" t="s">
         <v>2120</v>
       </c>
       <c r="F424" t="s">
         <v>2121</v>
       </c>
       <c r="G424" s="1">
-        <v>0.02</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="425">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B425" t="s">
         <v>2122</v>
       </c>
       <c r="C425" t="s">
         <v>2123</v>
       </c>
       <c r="D425" t="s">
         <v>2124</v>
       </c>
       <c r="E425" t="s">
         <v>2125</v>
       </c>
       <c r="F425" t="s">
         <v>2126</v>
       </c>
       <c r="G425" s="1">
-        <v>0.019</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="426">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B426" t="s">
         <v>2127</v>
       </c>
       <c r="C426" t="s">
         <v>2128</v>
       </c>
       <c r="D426" t="s">
         <v>2129</v>
       </c>
       <c r="E426" t="s">
         <v>2130</v>
       </c>
       <c r="F426" t="s">
         <v>2131</v>
       </c>
       <c r="G426" s="1">
-        <v>0.019</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="427">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B427" t="s">
         <v>2132</v>
       </c>
       <c r="C427" t="s">
         <v>2133</v>
       </c>
       <c r="D427" t="s">
         <v>2134</v>
       </c>
       <c r="E427" t="s">
         <v>2135</v>
       </c>
       <c r="F427" t="s">
         <v>2136</v>
       </c>
       <c r="G427" s="1">
-        <v>0.018</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="428">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B428" t="s">
         <v>2137</v>
       </c>
       <c r="C428" t="s">
         <v>2138</v>
       </c>
       <c r="D428" t="s">
         <v>2139</v>
       </c>
       <c r="E428" t="s">
         <v>2140</v>
       </c>
       <c r="F428" t="s">
         <v>2141</v>
       </c>
       <c r="G428" s="1">
-        <v>0.018</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="429">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B429" t="s">
         <v>2142</v>
       </c>
       <c r="C429" t="s">
         <v>2143</v>
       </c>
       <c r="D429" t="s">
         <v>2144</v>
       </c>
       <c r="E429" t="s">
         <v>2145</v>
       </c>
       <c r="F429" t="s">
         <v>2146</v>
       </c>
       <c r="G429" s="1">
-        <v>0.017</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="430">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B430" t="s">
         <v>2147</v>
       </c>
       <c r="C430" t="s">
         <v>2148</v>
       </c>
       <c r="D430" t="s">
         <v>2149</v>
       </c>
       <c r="E430" t="s">
         <v>2150</v>
       </c>
       <c r="F430" t="s">
         <v>2151</v>
       </c>
       <c r="G430" s="1">
-        <v>0.017</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="431">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B431" t="s">
         <v>2152</v>
       </c>
       <c r="C431" t="s">
         <v>2153</v>
       </c>
       <c r="D431" t="s">
         <v>2154</v>
       </c>
       <c r="E431" t="s">
         <v>2155</v>
       </c>
       <c r="F431" t="s">
         <v>2156</v>
       </c>
       <c r="G431" s="1">
-        <v>0.017</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="432">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B432" t="s">
         <v>2157</v>
       </c>
       <c r="C432" t="s">
         <v>2158</v>
       </c>
       <c r="D432" t="s">
         <v>2159</v>
       </c>
       <c r="E432" t="s">
         <v>2160</v>
       </c>
       <c r="F432" t="s">
         <v>2161</v>
       </c>
       <c r="G432" s="1">
-        <v>0.017</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="433">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B433" t="s">
         <v>2162</v>
       </c>
       <c r="C433" t="s">
         <v>2163</v>
       </c>
       <c r="D433" t="s">
         <v>2164</v>
       </c>
       <c r="E433" t="s">
         <v>2165</v>
       </c>
       <c r="F433" t="s">
         <v>2166</v>
       </c>
       <c r="G433" s="1">
-        <v>0.017</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="434">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B434" t="s">
         <v>2167</v>
       </c>
       <c r="C434" t="s">
         <v>2168</v>
       </c>
       <c r="D434" t="s">
         <v>2169</v>
       </c>
       <c r="E434" t="s">
         <v>2170</v>
       </c>
       <c r="F434" t="s">
         <v>2171</v>
       </c>
       <c r="G434" s="1">
-        <v>0.017</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="435">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B435" t="s">
         <v>2172</v>
       </c>
       <c r="C435" t="s">
         <v>2173</v>
       </c>
       <c r="D435" t="s">
         <v>2174</v>
       </c>
       <c r="E435" t="s">
         <v>2175</v>
       </c>
       <c r="F435" t="s">
         <v>2176</v>
       </c>
       <c r="G435" s="1">
-        <v>0.016</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="436">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B436" t="s">
         <v>2177</v>
       </c>
       <c r="C436" t="s">
         <v>2178</v>
       </c>
       <c r="D436" t="s">
         <v>2179</v>
       </c>
       <c r="E436" t="s">
         <v>2180</v>
       </c>
       <c r="F436" t="s">
         <v>2181</v>
       </c>
       <c r="G436" s="1">
-        <v>0.016</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="437">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B437" t="s">
         <v>2182</v>
       </c>
       <c r="C437" t="s">
         <v>2183</v>
       </c>
       <c r="D437" t="s">
         <v>2184</v>
       </c>
       <c r="E437" t="s">
         <v>2185</v>
       </c>
       <c r="F437" t="s">
         <v>2186</v>
       </c>
       <c r="G437" s="1">
-        <v>0.016</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="438">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B438" t="s">
         <v>2187</v>
       </c>
       <c r="C438" t="s">
         <v>2188</v>
       </c>
       <c r="D438" t="s">
         <v>2189</v>
       </c>
       <c r="E438" t="s">
         <v>2190</v>
       </c>
       <c r="F438" t="s">
         <v>2191</v>
       </c>
       <c r="G438" s="1">
-        <v>0.016</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="439">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B439" t="s">
         <v>2192</v>
       </c>
       <c r="C439" t="s">
         <v>2193</v>
       </c>
       <c r="D439" t="s">
         <v>2194</v>
       </c>
       <c r="E439" t="s">
         <v>2195</v>
       </c>
       <c r="F439" t="s">
         <v>2196</v>
       </c>
       <c r="G439" s="1">
-        <v>0.015</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="440">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B440" t="s">
         <v>2197</v>
       </c>
       <c r="C440" t="s">
         <v>2198</v>
       </c>
       <c r="D440" t="s">
         <v>2199</v>
       </c>
       <c r="E440" t="s">
         <v>2200</v>
       </c>
       <c r="F440" t="s">
         <v>2201</v>
       </c>
       <c r="G440" s="1">
-        <v>0.015</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="441">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B441" t="s">
         <v>2202</v>
       </c>
       <c r="C441" t="s">
         <v>2203</v>
       </c>
       <c r="D441" t="s">
         <v>2204</v>
       </c>
       <c r="E441" t="s">
         <v>2205</v>
       </c>
       <c r="F441" t="s">
         <v>2206</v>
       </c>
       <c r="G441" s="1">
-        <v>0.015</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="442">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B442" t="s">
         <v>2207</v>
       </c>
       <c r="C442" t="s">
         <v>2208</v>
       </c>
       <c r="D442" t="s">
         <v>2209</v>
       </c>
       <c r="E442" t="s">
         <v>2210</v>
       </c>
       <c r="F442" t="s">
         <v>2211</v>
       </c>
       <c r="G442" s="1">
-        <v>0.015</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="443">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B443" t="s">
         <v>2212</v>
       </c>
       <c r="C443" t="s">
         <v>2213</v>
       </c>
       <c r="D443" t="s">
         <v>2214</v>
       </c>
       <c r="E443" t="s">
         <v>2215</v>
       </c>
       <c r="F443" t="s">
         <v>2216</v>
       </c>
       <c r="G443" s="1">
-        <v>0.014</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="444">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B444" t="s">
         <v>2217</v>
       </c>
       <c r="C444" t="s">
         <v>2218</v>
       </c>
       <c r="D444" t="s">
         <v>2219</v>
       </c>
       <c r="E444" t="s">
         <v>2220</v>
       </c>
       <c r="F444" t="s">
         <v>2221</v>
       </c>
       <c r="G444" s="1">
-        <v>0.014</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="445">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B445" t="s">
         <v>2222</v>
       </c>
       <c r="C445" t="s">
         <v>2223</v>
       </c>
       <c r="D445" t="s">
         <v>2224</v>
       </c>
       <c r="E445" t="s">
         <v>2225</v>
       </c>
       <c r="F445" t="s">
         <v>2226</v>
       </c>
       <c r="G445" s="1">
-        <v>0.014</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="446">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B446" t="s">
         <v>2227</v>
       </c>
       <c r="C446" t="s">
         <v>2228</v>
       </c>
       <c r="D446" t="s">
         <v>2229</v>
       </c>
       <c r="E446" t="s">
         <v>2230</v>
       </c>
       <c r="F446" t="s">
         <v>2231</v>
       </c>
       <c r="G446" s="1">
-        <v>0.014</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="447">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B447" t="s">
         <v>2232</v>
       </c>
       <c r="C447" t="s">
         <v>2233</v>
       </c>
       <c r="D447" t="s">
         <v>2234</v>
       </c>
       <c r="E447" t="s">
         <v>2235</v>
       </c>
       <c r="F447" t="s">
         <v>2236</v>
       </c>
       <c r="G447" s="1">
-        <v>0.014</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="448">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B448" t="s">
         <v>2237</v>
       </c>
       <c r="C448" t="s">
         <v>2238</v>
       </c>
       <c r="D448" t="s">
         <v>2239</v>
       </c>
       <c r="E448" t="s">
         <v>2240</v>
       </c>
       <c r="F448" t="s">
         <v>2241</v>
       </c>
       <c r="G448" s="1">
-        <v>0.014</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="449">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B449" t="s">
         <v>2242</v>
       </c>
       <c r="C449" t="s">
         <v>2243</v>
       </c>
       <c r="D449" t="s">
         <v>2244</v>
       </c>
       <c r="E449" t="s">
         <v>2245</v>
       </c>
       <c r="F449" t="s">
         <v>2246</v>
       </c>
       <c r="G449" s="1">
-        <v>0.014</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="450">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="B450" t="s">
         <v>2247</v>
       </c>
       <c r="C450" t="s">
         <v>2248</v>
       </c>
       <c r="D450" t="s">
         <v>2249</v>
       </c>
       <c r="E450" t="s">
         <v>2250</v>
       </c>
       <c r="F450" t="s">
         <v>2251</v>
       </c>
       <c r="G450" s="1">
-        <v>0.014</v>
-[...849 lines deleted...]
-      <c r="G487" s="1">
         <v>0.004</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">