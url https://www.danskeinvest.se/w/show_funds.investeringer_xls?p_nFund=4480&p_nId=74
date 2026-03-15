--- v1 (2026-01-10)
+++ v2 (2026-03-15)
@@ -13,51 +13,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2252" uniqueCount="2252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2227" uniqueCount="2227">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">NVIDIA Corp.</t>
   </si>
   <si>
@@ -111,6693 +111,6618 @@
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Amazon.com Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US0231351067</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Tesla Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88160R1014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meta Platforms Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30303M1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Broadcom Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US11135F1012</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Tesla Inc.</t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">Alphabet Inc. A</t>
   </si>
   <si>
     <t xml:space="preserve">US02079K3059</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Digital Realty Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2538681030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">JPMorgan Chase &amp; Co.</t>
   </si>
   <si>
     <t xml:space="preserve">US46625H1005</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Digital Realty Trust Inc. (REIT)</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">US2538681030</t>
+    <t xml:space="preserve">Equinix Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29444U7000</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Eli Lilly &amp; Co.</t>
   </si>
   <si>
     <t xml:space="preserve">US5324571083</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Equinix Inc. (REIT)</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">International Business Machines Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US4592001014</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Sherwin-Williams Co/The</t>
   </si>
   <si>
     <t xml:space="preserve">US8243481061</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4781601046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrovial SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015001FS8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schneider Electric SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xylem Inc/NY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98419M1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Visa Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92826C8394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advanced Micro Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0079031078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">SAP SE</t>
   </si>
   <si>
     <t xml:space="preserve">DE0007164600</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Xylem Inc/NY</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">NL0015001FS8</t>
+    <t xml:space="preserve">Mastercard Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US57636Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marvell Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5738741041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML Holding NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010273215</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">East Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3783600004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7800871021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edison International</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2810201077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cisco Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US17275R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US68389X1054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Express Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0258161092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725401090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Analog Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0326541051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Central Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3566800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vestas Wind Systems</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0061539921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Home Depot Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4370761029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salesforce Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US79466L3024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Netflix Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64110L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AbbVie Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00287Y1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58933Y1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Solar Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3364331070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AstraZeneca Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0009895292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roche Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012032048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ServiceNow Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81762P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of America Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0605051046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMETEK Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311001004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;P Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78409V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Prime Site AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008038389</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollarama Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA25675T1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3i Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1YW4409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLA Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4824801009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terna - Rete Elettrica Nazionale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003242622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McDonald's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5801351017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transurban Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TCL6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Segro Plc (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B5ZN1N88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UnitedHealth Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91324P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Micron Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5951121038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agnico Eagle Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0084741085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boston Scientific Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011371077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unibail-Rodamco-Westfield (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013326246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intel Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4581401001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thermo Fisher Scientific Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8835561023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dassault Systemes SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014003TT8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9628791027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pentair Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLS09M33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wells Fargo &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9497461015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prologis Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74340W1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hydro One Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4488112083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">F5 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3156161024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackrock Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09290D1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aena SME S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0105046017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Spanien </t>
   </si>
   <si>
-    <t xml:space="preserve">Johnson &amp; Johnson</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">FR0000121972</t>
+    <t xml:space="preserve">Swisscom AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008742519</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Utilities Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B39J2M42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aflac Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0010551028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amphenol Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0320951017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novo Nordisk B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0062498333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stryker Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8636671013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Texas Instruments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8825081040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Morgan Stanley</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6174464486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mowi ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003054108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rivian Automotive Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US76954A1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nordea Bank Abp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000297767</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accenture Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AECOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00766T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuitive Surgical Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46120E6023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911605092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Integrated Commercial Trust (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M51904654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital One Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14040H1059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moody's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6153691059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chubb Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0044328745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Severn Trent Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bristol-Myers Squibb Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1101221083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walt Disney Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2546871060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novartis AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012005267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stantec Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA85472N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Element Fleet Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2861812014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autodesk Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0527691069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charles Schwab Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8085131055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuit Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4612021034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FANUC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802400006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geberit AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0030170408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSP Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA92938W2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motorola Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6200763075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prosus NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0013654783</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BXP Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011211018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampo Oyj A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000552500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orsted</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060094928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Welltower Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US95040Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amgen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311621009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUALCOMM Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7475251036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000069689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Handelsbanken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0007100599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great-West Lifeco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA39138C1068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Klepierre S.A. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">Advanced Micro Devices Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">JP3783600004</t>
+    <t xml:space="preserve">Manulife Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA56501R1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goodman Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000GMG2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Ascendas REIT (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M77906915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zurich Insurance Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0011075394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adobe Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00724F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uber Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90353T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of New York Mellon Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0640581007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MetLife Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US59156R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danaher Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2358511028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chugai Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3519400000</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">ServiceNow Inc.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">CA7800871021</t>
+    <t xml:space="preserve">TE Connectivity Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000IVNQZ81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">eBay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2786421030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LVMH Moet Hennessy Louis Vuitton SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goldman Sachs Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US38141G1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTR Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0066009694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veralto Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92338C1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Partners Group Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0024608827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi UFJ Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3902900004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantest Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3122400009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shopify Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA82509L1076</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Edison International</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">JP3566800003</t>
+    <t xml:space="preserve">MercadoLibre Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58733R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicinity Ltd. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000VCX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legal &amp; General Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005603997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pfizer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7170811035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Building Fund Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3027670003</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Salesforce Inc.</t>
-[...77 lines deleted...]
-    <t xml:space="preserve">GB0009895292</t>
+    <t xml:space="preserve">Hartford Insurance Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4165151048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Redeia Corp. S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0173093024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Booking Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09857L1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Progressive Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7433151039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Automatic Data Processing Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0530151036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrari NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011585146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elia Group SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003822393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CME Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12572Q1058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legrand S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010307819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Land Securities Group Plc (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BYW0PQ60</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">ASML Holding NV</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">NL0010273215</t>
+    <t xml:space="preserve">Apollo Global Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03769M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fast Retailing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802300008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verizon Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0004927939</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong Exchanges &amp; Clearing Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0388045442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marsh &amp; McLennan Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5717481023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Getlink SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010533075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Travelers Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89417E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halma Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0004052071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon Property Group Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8288061091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC Financial Services Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6934751057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westinghouse Air Brake Technologies Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9297401088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity LifeStyle Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29472R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L'Oreal S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comcast Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US20030N1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ameriprise Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03076C1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackstone Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09260D1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keyence Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3236200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ivanhoe Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA46579R1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecolab Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2788651006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoetis Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98978V1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intercontinental Exchange Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45866F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allianz SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008404005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Life Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8667961053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hannover Rueck SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008402215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanofi S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haleon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMX86B70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Becton Dickinson &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0758871091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Water Works Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0304201033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertex Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92532F1003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palo Alto Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6974351057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastenal Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3119001044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">US Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9029733048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quanta Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74762E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AvalonBay Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0534841012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NN Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010773842</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Holland </t>
   </si>
   <si>
-    <t xml:space="preserve">Merck &amp; Co. Inc.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">CA25675T1075</t>
+    <t xml:space="preserve">Astellas Pharma Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3942400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aviva Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BPQY8M80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Starbucks Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8552441094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arista Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0404132054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDP Renovaveis S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0127797019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABB Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012221716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Axon Enterprise Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US05464C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commonwealth Bank of Australia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CBA7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gecina S.A. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010040865</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Industrivarden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000107203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arch Capital Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG0450A1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IQVIA Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46266C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Exchange Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3183200009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verbund AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000746409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orion Oyj B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009014377</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essex Property Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2971781057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KKR &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US48251W1045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chocoladefabriken Lindt &amp; Spruengli AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010570759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snowflake Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8334451098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoftBank Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436100006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Cellulosa AB SCA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000112724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intact Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45823T1066</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">UnitedHealth Group Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">DK0061539921</t>
+    <t xml:space="preserve">Ulta Beauty Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90384S3031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEXX Laboratories Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45168D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AppLovin Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03831W1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ResMed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7611521078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UniCredit SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005239360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockwell Automation Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7739031091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EssilorLuxottica S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TMX Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87262K1057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L E Lundbergforetagen AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000108847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edwards Lifesciences Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US28176E1082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco BPM SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005218380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoya Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3837800006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UCB S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003739530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Tower Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03027X1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Covivio SA/France (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000064578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenvue Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49177J1025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salmar ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010310956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thomson Reuters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8849038085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M&amp;T Bank Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US55261F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Annaly Capital Management Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0357108390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">W R Berkley Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0844231029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muenchener Rueckversicherungs-Gesellschaft AG in M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008430026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regeneron Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75886F1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keysight Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49338L1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLP1HW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mettler-Toledo International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5926881054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CGI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA12532H1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Church &amp; Dwight Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1713401024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT&amp;T Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00206R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iA Financial Corp. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45075E1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hermes International SCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000052292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skandinaviska Enskilda Banken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000148884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilead Sciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3755581036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Markel Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5705351048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Power Corp. of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7392391016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arthur J Gallagher &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3635761097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokio Marine Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3910660004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monster Beverage Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US61174X1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Broadridge Financial Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US11133T1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rogers Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7751092007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fox Corp. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US35137L2043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teradyne Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8807701029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertiv Holdings Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92537N1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashtead Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000536739</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tele2 AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0005190238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UBS Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0244767585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortinet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIS Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3104890003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allstate Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0200021014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Trust Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6658591044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Recruit Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3970300004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prudential Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7443201022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PayPal Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US70450Y1038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NetApp Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64110D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Financial Group Inc/OH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0259321042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBI Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436120004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royalty Pharma Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMVP7Y09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T-Mobile US Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725901040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shionogi &amp; Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3347200002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garmin Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0114405324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FinecoBank Banca Fineco SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000072170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crowdstrike Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22788C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Next Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0032089863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tryg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060636678</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">DKK</t>
   </si>
   <si>
     <t xml:space="preserve">Danmark </t>
   </si>
   <si>
-    <t xml:space="preserve">S&amp;P Global Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">IT0003242622</t>
+    <t xml:space="preserve">Cincinnati Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1720621010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paychex Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7043261079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spotify Technology S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1778762911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlas Copco AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017486889</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Willis Towers Watson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BDB6Q211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokyo Metro Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3583900000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gjensidige Forsikring ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010582521</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELUS Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87971M9969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meridian Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZMELE0002S7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp. Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3689500001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vonovia SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1ML7J1</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Julius Baer Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0102484968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Omnicom Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6819191064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Givaudan S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010645932</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANZ Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ANZ3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robinhood Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7707001027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3162600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDW Corp/DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12514G1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Airbnb Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0090661010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trimble Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8962391004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realty Income Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7561091049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSL Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CSL8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verisk Analytics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92345Y1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Informa Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMJ6DW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sofina S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003717312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strategy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5949724083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nasdaq Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6311031081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suncorp Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SUN6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chipotle Mexican Grill Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1696561059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity Residential (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29476L1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alnylam Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02043Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synchrony Financial</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US87165B1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fiserv Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3377381088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiichi Sankyo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3475350009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nintendo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3756600007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fox Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US35137L1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rollins Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7757111049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IGM Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4495861060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RELX Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B2B0DG97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sigma Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SIG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpeak Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US42250P1030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortive Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agilent Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00846U1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nice Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0002730112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Disco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3548600000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lululemon Athletica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5500211090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45167R1041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amadeus IT Group S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0109067019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cboe Global Markets Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12503M1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raymond James Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7547301090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erie Indemnity Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29530P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brown &amp; Brown Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1152361010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corpay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2199481068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liberty Media Corp-Liberty Formula One</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5312297550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T Rowe Price Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74144T1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadence Design Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1273871087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Experian Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B19NLV48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sompo Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3165000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Re AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0126881561</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roper Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7766961061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cintas Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1729081059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adyen NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0012969182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Boerse AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005810055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">London Stock Exchange Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0SWJX34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandoz Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1243598427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DoorDash Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US25809K1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banque Cantonale Vaudoise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0531751755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoom Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98980L1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Rentals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9113631090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Copart Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2172041061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scentre Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SCG8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BCE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA05534B7604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scout24 SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A12DM80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veeva Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9224751084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reliance Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7595091023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lam Research Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5128073062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lasertec Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3979200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CoStar Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22160N1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3841091040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coinbase Global Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US19260Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanrio Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3343200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidelity National Information Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31620M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illumina Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4523271090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Biogen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09062X1037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charter Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US16119P1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incyte Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45337C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dexcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2521311074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Labcorp Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5049221055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tradeweb Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8926721064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eisai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3160400002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9418481035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argenx SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010832176</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Straumann Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1175448666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rocket Lab Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7731211089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oriental Land Co. Ltd/Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3198900007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iron Mountain Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46284V1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equifax Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2944291051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Exchange Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1J26887955</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcon AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0432492467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elisa Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009007884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yum! Brands Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9884981013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trade Desk Inc/The A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88339J1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otis Worldwide Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US68902V1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nexon Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3758190007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASX Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ASX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Global Payments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US37940X1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carvana Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1468691027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HSBC Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005405286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zillow Group Inc. C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98954M2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infineon Technologies AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006231004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insmed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4576693075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medibank Pvt Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MPL3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quest Diagnostics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74834L1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Block Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8522341036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000REA9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Truist Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89832Q1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US94106L1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IonQ Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46222L1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Super Micro Computer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US86800U3023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hexagon AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015961909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barclays Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031348658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Workday Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98138H1014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synopsys Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8716071076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Twilio Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90138F1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROCKWOOL B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0063855168</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VeriSign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cooper Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2166485019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insulet Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45784P1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genmab</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010272202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Recordati Industria Chimica e Farmaceutica SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003828271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Italien </t>
   </si>
   <si>
-    <t xml:space="preserve">Roche Holding AG</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CH0012032048</t>
+    <t xml:space="preserve">Fifth Third Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3167731005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equitable Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29452E1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cochlear Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000COH5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MongoDB Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US60937P1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">InPost S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU2290522684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docusign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2561631068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Restaurant Brands International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA76131D1033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GoDaddy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3802371076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sartorius AG (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007165631</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonova Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012549785</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CHF</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz </t>
   </si>
   <si>
-    <t xml:space="preserve">McDonald's Corp.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">AU000000TCL6</t>
+    <t xml:space="preserve">West Pharmaceutical Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9553061055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pearson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0006776081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Everest Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG3223R1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROBLOX Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7710491033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Life Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0014852781</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moncler SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0004965148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schroders Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BP9LHF23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gartner Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3666511072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jack Henry &amp; Associates Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4262811015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fair Isaac Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3032501047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groupe Bruxelles Lambert NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003797140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edenred SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010908533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spirax Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BWFGQN14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Okta Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6792951054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neurocrine Biosciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64125C1099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pinterest Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US72352L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ipsen S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010259150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlassian Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0494681010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M3 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435750009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eurofins Scientific SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014000MR3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Admiral Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B02J6398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sartorius Stedim Biotech</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013154002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American International Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0268747849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stockland (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SGP0</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">CFD on 3i Group Plc</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">FR0014003TT8</t>
+    <t xml:space="preserve">Amundi S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0004125920</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">Agnico Eagle Mines Ltd.</t>
-[...947 lines deleted...]
-    <t xml:space="preserve">JP3802400006</t>
+    <t xml:space="preserve">Snap Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83304A1060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sysmex Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3351100007</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Bank of New York Mellon Corp/The</t>
-[...92 lines deleted...]
-    <t xml:space="preserve">JP3027670003</t>
+    <t xml:space="preserve">Snap-on Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8330341012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obic Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3173400007</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">MTR Corp. Ltd.</t>
-[...92 lines deleted...]
-    <t xml:space="preserve">JP3519400000</t>
+    <t xml:space="preserve">ZOZO Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3399310006</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
-  </si>
-[...4723 lines deleted...]
-    <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Wix.com Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">IL0011301780</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
@@ -6805,60 +6730,55 @@
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="451">
+  <cellXfs count="446">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
-    <xf numFmtId="166" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -7600,10373 +7520,10258 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>6.402</v>
+        <v>6.901</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>5.364</v>
+        <v>4.976</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>4.746</v>
+        <v>4.138</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>2.822</v>
+        <v>3.004</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>2.766</v>
+        <v>2.803</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>2.369</v>
+        <v>2.132</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>2.15</v>
+        <v>1.994</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>1.803</v>
+        <v>1.931</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>1.631</v>
+        <v>1.688</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.382</v>
+        <v>1.356</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>1.325</v>
+        <v>1.338</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>1.298</v>
+        <v>1.252</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>1.161</v>
+        <v>1.241</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>0.985</v>
+        <v>0.966</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>0.899</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>0.88</v>
+        <v>0.865</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>0.831</v>
+        <v>0.818</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>0.822</v>
+        <v>0.801</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>0.811</v>
+        <v>0.774</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>0.794</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>0.731</v>
+        <v>0.753</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>0.73</v>
+        <v>0.733</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>0.699</v>
+        <v>0.658</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>0.675</v>
+        <v>0.642</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.648</v>
+        <v>0.618</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.622</v>
+        <v>0.604</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.6</v>
+        <v>0.585</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.587</v>
+        <v>0.574</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.573</v>
+        <v>0.554</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.571</v>
+        <v>0.543</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.557</v>
+        <v>0.511</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.551</v>
+        <v>0.507</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.521</v>
+        <v>0.503</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.512</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.478</v>
+        <v>0.481</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.475</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.474</v>
+        <v>0.473</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.472</v>
+        <v>0.473</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.462</v>
+        <v>0.465</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.445</v>
+        <v>0.462</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.441</v>
+        <v>0.461</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.44</v>
+        <v>0.449</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.438</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.416</v>
+        <v>0.428</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.406</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.395</v>
+        <v>0.405</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.386</v>
+        <v>0.402</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.373</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.373</v>
+        <v>0.393</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.365</v>
+        <v>0.371</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.349</v>
+        <v>0.371</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.348</v>
+        <v>0.363</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.339</v>
+        <v>0.356</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.334</v>
+        <v>0.353</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.334</v>
+        <v>0.352</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.332</v>
+        <v>0.351</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.331</v>
+        <v>0.345</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.33</v>
+        <v>0.344</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.327</v>
+        <v>0.343</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.323</v>
+        <v>0.334</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.317</v>
+        <v>0.334</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.316</v>
+        <v>0.334</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.314</v>
+        <v>0.333</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.312</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.308</v>
+        <v>0.329</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.307</v>
+        <v>0.328</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.304</v>
+        <v>0.324</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.303</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.3</v>
+        <v>0.311</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.298</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.292</v>
+        <v>0.302</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.289</v>
+        <v>0.301</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.285</v>
+        <v>0.297</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.285</v>
+        <v>0.296</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.284</v>
+        <v>0.296</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.28</v>
+        <v>0.294</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.275</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.273</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.273</v>
+        <v>0.283</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.272</v>
+        <v>0.282</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.269</v>
+        <v>0.281</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.267</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.266</v>
+        <v>0.274</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.265</v>
+        <v>0.274</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.262</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.261</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.26</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.257</v>
+        <v>0.269</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.257</v>
+        <v>0.269</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.257</v>
+        <v>0.265</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
-        <v>0.256</v>
+        <v>0.265</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.256</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.254</v>
+        <v>0.261</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.254</v>
+        <v>0.258</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.254</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.252</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.249</v>
+        <v>0.251</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.247</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.243</v>
+        <v>0.248</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.237</v>
+        <v>0.246</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.235</v>
+        <v>0.246</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.233</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.232</v>
+        <v>0.241</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.231</v>
+        <v>0.241</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.231</v>
+        <v>0.238</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.229</v>
+        <v>0.232</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.228</v>
+        <v>0.232</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
-        <v>0.227</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="110">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
         <v>548</v>
       </c>
       <c r="D110" t="s">
         <v>549</v>
       </c>
       <c r="E110" t="s">
         <v>550</v>
       </c>
       <c r="F110" t="s">
         <v>551</v>
       </c>
       <c r="G110" s="1">
-        <v>0.226</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="111">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B111" t="s">
         <v>552</v>
       </c>
       <c r="C111" t="s">
         <v>553</v>
       </c>
       <c r="D111" t="s">
         <v>554</v>
       </c>
       <c r="E111" t="s">
         <v>555</v>
       </c>
       <c r="F111" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="1">
-        <v>0.225</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="112">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B112" t="s">
         <v>557</v>
       </c>
       <c r="C112" t="s">
         <v>558</v>
       </c>
       <c r="D112" t="s">
         <v>559</v>
       </c>
       <c r="E112" t="s">
         <v>560</v>
       </c>
       <c r="F112" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="1">
-        <v>0.218</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="113">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B113" t="s">
         <v>562</v>
       </c>
       <c r="C113" t="s">
         <v>563</v>
       </c>
       <c r="D113" t="s">
         <v>564</v>
       </c>
       <c r="E113" t="s">
         <v>565</v>
       </c>
       <c r="F113" t="s">
         <v>566</v>
       </c>
       <c r="G113" s="1">
-        <v>0.216</v>
+        <v>0.213</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="114">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B114" t="s">
         <v>567</v>
       </c>
       <c r="C114" t="s">
         <v>568</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>571</v>
       </c>
       <c r="G114" s="1">
-        <v>0.216</v>
+        <v>0.211</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="115">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B115" t="s">
         <v>572</v>
       </c>
       <c r="C115" t="s">
         <v>573</v>
       </c>
       <c r="D115" t="s">
         <v>574</v>
       </c>
       <c r="E115" t="s">
         <v>575</v>
       </c>
       <c r="F115" t="s">
         <v>576</v>
       </c>
       <c r="G115" s="1">
-        <v>0.214</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="116">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B116" t="s">
         <v>577</v>
       </c>
       <c r="C116" t="s">
         <v>578</v>
       </c>
       <c r="D116" t="s">
         <v>579</v>
       </c>
       <c r="E116" t="s">
         <v>580</v>
       </c>
       <c r="F116" t="s">
         <v>581</v>
       </c>
       <c r="G116" s="1">
-        <v>0.214</v>
+        <v>0.208</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="117">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B117" t="s">
         <v>582</v>
       </c>
       <c r="C117" t="s">
         <v>583</v>
       </c>
       <c r="D117" t="s">
         <v>584</v>
       </c>
       <c r="E117" t="s">
         <v>585</v>
       </c>
       <c r="F117" t="s">
         <v>586</v>
       </c>
       <c r="G117" s="1">
-        <v>0.21</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="118">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B118" t="s">
         <v>587</v>
       </c>
       <c r="C118" t="s">
         <v>588</v>
       </c>
       <c r="D118" t="s">
         <v>589</v>
       </c>
       <c r="E118" t="s">
         <v>590</v>
       </c>
       <c r="F118" t="s">
         <v>591</v>
       </c>
       <c r="G118" s="1">
-        <v>0.21</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="119">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B119" t="s">
         <v>592</v>
       </c>
       <c r="C119" t="s">
         <v>593</v>
       </c>
       <c r="D119" t="s">
         <v>594</v>
       </c>
       <c r="E119" t="s">
         <v>595</v>
       </c>
       <c r="F119" t="s">
         <v>596</v>
       </c>
       <c r="G119" s="1">
-        <v>0.207</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="120">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B120" t="s">
         <v>597</v>
       </c>
       <c r="C120" t="s">
         <v>598</v>
       </c>
       <c r="D120" t="s">
         <v>599</v>
       </c>
       <c r="E120" t="s">
         <v>600</v>
       </c>
       <c r="F120" t="s">
         <v>601</v>
       </c>
       <c r="G120" s="1">
-        <v>0.204</v>
+        <v>0.202</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="121">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B121" t="s">
         <v>602</v>
       </c>
       <c r="C121" t="s">
         <v>603</v>
       </c>
       <c r="D121" t="s">
         <v>604</v>
       </c>
       <c r="E121" t="s">
         <v>605</v>
       </c>
       <c r="F121" t="s">
         <v>606</v>
       </c>
       <c r="G121" s="1">
-        <v>0.203</v>
+        <v>0.202</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="122">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B122" t="s">
         <v>607</v>
       </c>
       <c r="C122" t="s">
         <v>608</v>
       </c>
       <c r="D122" t="s">
         <v>609</v>
       </c>
       <c r="E122" t="s">
         <v>610</v>
       </c>
       <c r="F122" t="s">
         <v>611</v>
       </c>
       <c r="G122" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="123">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B123" t="s">
         <v>612</v>
       </c>
       <c r="C123" t="s">
         <v>613</v>
       </c>
       <c r="D123" t="s">
         <v>614</v>
       </c>
       <c r="E123" t="s">
         <v>615</v>
       </c>
       <c r="F123" t="s">
         <v>616</v>
       </c>
       <c r="G123" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="124">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B124" t="s">
         <v>617</v>
       </c>
       <c r="C124" t="s">
         <v>618</v>
       </c>
       <c r="D124" t="s">
         <v>619</v>
       </c>
       <c r="E124" t="s">
         <v>620</v>
       </c>
       <c r="F124" t="s">
         <v>621</v>
       </c>
       <c r="G124" s="1">
-        <v>0.199</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="125">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B125" t="s">
         <v>622</v>
       </c>
       <c r="C125" t="s">
         <v>623</v>
       </c>
       <c r="D125" t="s">
         <v>624</v>
       </c>
       <c r="E125" t="s">
         <v>625</v>
       </c>
       <c r="F125" t="s">
         <v>626</v>
       </c>
       <c r="G125" s="1">
         <v>0.199</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="126">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B126" t="s">
         <v>627</v>
       </c>
       <c r="C126" t="s">
         <v>628</v>
       </c>
       <c r="D126" t="s">
         <v>629</v>
       </c>
       <c r="E126" t="s">
         <v>630</v>
       </c>
       <c r="F126" t="s">
         <v>631</v>
       </c>
       <c r="G126" s="1">
-        <v>0.199</v>
+        <v>0.198</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="127">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B127" t="s">
         <v>632</v>
       </c>
       <c r="C127" t="s">
         <v>633</v>
       </c>
       <c r="D127" t="s">
         <v>634</v>
       </c>
       <c r="E127" t="s">
         <v>635</v>
       </c>
       <c r="F127" t="s">
         <v>636</v>
       </c>
       <c r="G127" s="1">
         <v>0.197</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="128">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B128" t="s">
         <v>637</v>
       </c>
       <c r="C128" t="s">
         <v>638</v>
       </c>
       <c r="D128" t="s">
         <v>639</v>
       </c>
       <c r="E128" t="s">
         <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>641</v>
       </c>
       <c r="G128" s="1">
         <v>0.193</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="129">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B129" t="s">
         <v>642</v>
       </c>
       <c r="C129" t="s">
         <v>643</v>
       </c>
       <c r="D129" t="s">
         <v>644</v>
       </c>
       <c r="E129" t="s">
         <v>645</v>
       </c>
       <c r="F129" t="s">
         <v>646</v>
       </c>
       <c r="G129" s="1">
-        <v>0.193</v>
+        <v>0.188</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="130">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B130" t="s">
         <v>647</v>
       </c>
       <c r="C130" t="s">
         <v>648</v>
       </c>
       <c r="D130" t="s">
         <v>649</v>
       </c>
       <c r="E130" t="s">
         <v>650</v>
       </c>
       <c r="F130" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="1">
-        <v>0.187</v>
+        <v>0.186</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="131">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B131" t="s">
         <v>652</v>
       </c>
       <c r="C131" t="s">
         <v>653</v>
       </c>
       <c r="D131" t="s">
         <v>654</v>
       </c>
       <c r="E131" t="s">
         <v>655</v>
       </c>
       <c r="F131" t="s">
         <v>656</v>
       </c>
       <c r="G131" s="1">
-        <v>0.187</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="132">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B132" t="s">
         <v>657</v>
       </c>
       <c r="C132" t="s">
         <v>658</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" t="s">
         <v>660</v>
       </c>
       <c r="F132" t="s">
         <v>661</v>
       </c>
       <c r="G132" s="1">
-        <v>0.185</v>
+        <v>0.183</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="133">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B133" t="s">
         <v>662</v>
       </c>
       <c r="C133" t="s">
         <v>663</v>
       </c>
       <c r="D133" t="s">
         <v>664</v>
       </c>
       <c r="E133" t="s">
         <v>665</v>
       </c>
       <c r="F133" t="s">
         <v>666</v>
       </c>
       <c r="G133" s="1">
-        <v>0.184</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="134">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B134" t="s">
         <v>667</v>
       </c>
       <c r="C134" t="s">
         <v>668</v>
       </c>
       <c r="D134" t="s">
         <v>669</v>
       </c>
       <c r="E134" t="s">
         <v>670</v>
       </c>
       <c r="F134" t="s">
         <v>671</v>
       </c>
       <c r="G134" s="1">
-        <v>0.182</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="135">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B135" t="s">
         <v>672</v>
       </c>
       <c r="C135" t="s">
         <v>673</v>
       </c>
       <c r="D135" t="s">
         <v>674</v>
       </c>
       <c r="E135" t="s">
         <v>675</v>
       </c>
       <c r="F135" t="s">
         <v>676</v>
       </c>
       <c r="G135" s="1">
         <v>0.18</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="136">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B136" t="s">
         <v>677</v>
       </c>
       <c r="C136" t="s">
         <v>678</v>
       </c>
       <c r="D136" t="s">
         <v>679</v>
       </c>
       <c r="E136" t="s">
         <v>680</v>
       </c>
       <c r="F136" t="s">
         <v>681</v>
       </c>
       <c r="G136" s="1">
-        <v>0.179</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="137">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B137" t="s">
         <v>682</v>
       </c>
       <c r="C137" t="s">
         <v>683</v>
       </c>
       <c r="D137" t="s">
         <v>684</v>
       </c>
       <c r="E137" t="s">
         <v>685</v>
       </c>
       <c r="F137" t="s">
         <v>686</v>
       </c>
       <c r="G137" s="1">
-        <v>0.178</v>
+        <v>0.172</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="138">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B138" t="s">
         <v>687</v>
       </c>
       <c r="C138" t="s">
         <v>688</v>
       </c>
       <c r="D138" t="s">
         <v>689</v>
       </c>
       <c r="E138" t="s">
         <v>690</v>
       </c>
       <c r="F138" t="s">
         <v>691</v>
       </c>
       <c r="G138" s="1">
-        <v>0.177</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="139">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B139" t="s">
         <v>692</v>
       </c>
       <c r="C139" t="s">
         <v>693</v>
       </c>
       <c r="D139" t="s">
         <v>694</v>
       </c>
       <c r="E139" t="s">
         <v>695</v>
       </c>
       <c r="F139" t="s">
         <v>696</v>
       </c>
       <c r="G139" s="1">
-        <v>0.174</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="140">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B140" t="s">
         <v>697</v>
       </c>
       <c r="C140" t="s">
         <v>698</v>
       </c>
       <c r="D140" t="s">
         <v>699</v>
       </c>
       <c r="E140" t="s">
         <v>700</v>
       </c>
       <c r="F140" t="s">
         <v>701</v>
       </c>
       <c r="G140" s="1">
-        <v>0.171</v>
+        <v>0.168</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="141">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B141" t="s">
         <v>702</v>
       </c>
       <c r="C141" t="s">
         <v>703</v>
       </c>
       <c r="D141" t="s">
         <v>704</v>
       </c>
       <c r="E141" t="s">
         <v>705</v>
       </c>
       <c r="F141" t="s">
         <v>706</v>
       </c>
       <c r="G141" s="1">
-        <v>0.17</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="142">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B142" t="s">
         <v>707</v>
       </c>
       <c r="C142" t="s">
         <v>708</v>
       </c>
       <c r="D142" t="s">
         <v>709</v>
       </c>
       <c r="E142" t="s">
         <v>710</v>
       </c>
       <c r="F142" t="s">
         <v>711</v>
       </c>
       <c r="G142" s="1">
-        <v>0.17</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="143">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B143" t="s">
         <v>712</v>
       </c>
       <c r="C143" t="s">
         <v>713</v>
       </c>
       <c r="D143" t="s">
         <v>714</v>
       </c>
       <c r="E143" t="s">
         <v>715</v>
       </c>
       <c r="F143" t="s">
         <v>716</v>
       </c>
       <c r="G143" s="1">
-        <v>0.168</v>
+        <v>0.166</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="144">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B144" t="s">
         <v>717</v>
       </c>
       <c r="C144" t="s">
         <v>718</v>
       </c>
       <c r="D144" t="s">
         <v>719</v>
       </c>
       <c r="E144" t="s">
         <v>720</v>
       </c>
       <c r="F144" t="s">
         <v>721</v>
       </c>
       <c r="G144" s="1">
-        <v>0.167</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="145">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B145" t="s">
         <v>722</v>
       </c>
       <c r="C145" t="s">
         <v>723</v>
       </c>
       <c r="D145" t="s">
         <v>724</v>
       </c>
       <c r="E145" t="s">
         <v>725</v>
       </c>
       <c r="F145" t="s">
         <v>726</v>
       </c>
       <c r="G145" s="1">
-        <v>0.166</v>
+        <v>0.164</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="146">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B146" t="s">
         <v>727</v>
       </c>
       <c r="C146" t="s">
         <v>728</v>
       </c>
       <c r="D146" t="s">
         <v>729</v>
       </c>
       <c r="E146" t="s">
         <v>730</v>
       </c>
       <c r="F146" t="s">
         <v>731</v>
       </c>
       <c r="G146" s="1">
         <v>0.163</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="147">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B147" t="s">
         <v>732</v>
       </c>
       <c r="C147" t="s">
         <v>733</v>
       </c>
       <c r="D147" t="s">
         <v>734</v>
       </c>
       <c r="E147" t="s">
         <v>735</v>
       </c>
       <c r="F147" t="s">
         <v>736</v>
       </c>
       <c r="G147" s="1">
-        <v>0.161</v>
+        <v>0.162</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="148">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B148" t="s">
         <v>737</v>
       </c>
       <c r="C148" t="s">
         <v>738</v>
       </c>
       <c r="D148" t="s">
         <v>739</v>
       </c>
       <c r="E148" t="s">
         <v>740</v>
       </c>
       <c r="F148" t="s">
         <v>741</v>
       </c>
       <c r="G148" s="1">
-        <v>0.158</v>
+        <v>0.162</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="149">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B149" t="s">
         <v>742</v>
       </c>
       <c r="C149" t="s">
         <v>743</v>
       </c>
       <c r="D149" t="s">
         <v>744</v>
       </c>
       <c r="E149" t="s">
         <v>745</v>
       </c>
       <c r="F149" t="s">
         <v>746</v>
       </c>
       <c r="G149" s="1">
-        <v>0.158</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="150">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B150" t="s">
         <v>747</v>
       </c>
       <c r="C150" t="s">
         <v>748</v>
       </c>
       <c r="D150" t="s">
         <v>749</v>
       </c>
       <c r="E150" t="s">
         <v>750</v>
       </c>
       <c r="F150" t="s">
         <v>751</v>
       </c>
       <c r="G150" s="1">
-        <v>0.158</v>
+        <v>0.159</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="151">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B151" t="s">
         <v>752</v>
       </c>
       <c r="C151" t="s">
         <v>753</v>
       </c>
       <c r="D151" t="s">
         <v>754</v>
       </c>
       <c r="E151" t="s">
         <v>755</v>
       </c>
       <c r="F151" t="s">
         <v>756</v>
       </c>
       <c r="G151" s="1">
         <v>0.158</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="152">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B152" t="s">
         <v>757</v>
       </c>
       <c r="C152" t="s">
         <v>758</v>
       </c>
       <c r="D152" t="s">
         <v>759</v>
       </c>
       <c r="E152" t="s">
         <v>760</v>
       </c>
       <c r="F152" t="s">
         <v>761</v>
       </c>
       <c r="G152" s="1">
-        <v>0.156</v>
+        <v>0.158</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="153">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B153" t="s">
         <v>762</v>
       </c>
       <c r="C153" t="s">
         <v>763</v>
       </c>
       <c r="D153" t="s">
         <v>764</v>
       </c>
       <c r="E153" t="s">
         <v>765</v>
       </c>
       <c r="F153" t="s">
         <v>766</v>
       </c>
       <c r="G153" s="1">
-        <v>0.153</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="154">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B154" t="s">
         <v>767</v>
       </c>
       <c r="C154" t="s">
         <v>768</v>
       </c>
       <c r="D154" t="s">
         <v>769</v>
       </c>
       <c r="E154" t="s">
         <v>770</v>
       </c>
       <c r="F154" t="s">
         <v>771</v>
       </c>
       <c r="G154" s="1">
-        <v>0.153</v>
+        <v>0.155</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="155">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B155" t="s">
         <v>772</v>
       </c>
       <c r="C155" t="s">
         <v>773</v>
       </c>
       <c r="D155" t="s">
         <v>774</v>
       </c>
       <c r="E155" t="s">
         <v>775</v>
       </c>
       <c r="F155" t="s">
         <v>776</v>
       </c>
       <c r="G155" s="1">
-        <v>0.148</v>
+        <v>0.154</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="156">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B156" t="s">
         <v>777</v>
       </c>
       <c r="C156" t="s">
         <v>778</v>
       </c>
       <c r="D156" t="s">
         <v>779</v>
       </c>
       <c r="E156" t="s">
         <v>780</v>
       </c>
       <c r="F156" t="s">
         <v>781</v>
       </c>
       <c r="G156" s="1">
-        <v>0.148</v>
+        <v>0.154</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="157">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B157" t="s">
         <v>782</v>
       </c>
       <c r="C157" t="s">
         <v>783</v>
       </c>
       <c r="D157" t="s">
         <v>784</v>
       </c>
       <c r="E157" t="s">
         <v>785</v>
       </c>
       <c r="F157" t="s">
         <v>786</v>
       </c>
       <c r="G157" s="1">
-        <v>0.148</v>
+        <v>0.153</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="158">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B158" t="s">
         <v>787</v>
       </c>
       <c r="C158" t="s">
         <v>788</v>
       </c>
       <c r="D158" t="s">
         <v>789</v>
       </c>
       <c r="E158" t="s">
         <v>790</v>
       </c>
       <c r="F158" t="s">
         <v>791</v>
       </c>
       <c r="G158" s="1">
-        <v>0.147</v>
+        <v>0.153</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="159">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B159" t="s">
         <v>792</v>
       </c>
       <c r="C159" t="s">
         <v>793</v>
       </c>
       <c r="D159" t="s">
         <v>794</v>
       </c>
       <c r="E159" t="s">
         <v>795</v>
       </c>
       <c r="F159" t="s">
         <v>796</v>
       </c>
       <c r="G159" s="1">
-        <v>0.146</v>
+        <v>0.152</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="160">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B160" t="s">
         <v>797</v>
       </c>
       <c r="C160" t="s">
         <v>798</v>
       </c>
       <c r="D160" t="s">
         <v>799</v>
       </c>
       <c r="E160" t="s">
         <v>800</v>
       </c>
       <c r="F160" t="s">
         <v>801</v>
       </c>
       <c r="G160" s="1">
-        <v>0.145</v>
+        <v>0.151</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="161">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B161" t="s">
         <v>802</v>
       </c>
       <c r="C161" t="s">
         <v>803</v>
       </c>
       <c r="D161" t="s">
         <v>804</v>
       </c>
       <c r="E161" t="s">
         <v>805</v>
       </c>
       <c r="F161" t="s">
         <v>806</v>
       </c>
       <c r="G161" s="1">
-        <v>0.145</v>
+        <v>0.151</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="162">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B162" t="s">
         <v>807</v>
       </c>
       <c r="C162" t="s">
         <v>808</v>
       </c>
       <c r="D162" t="s">
         <v>809</v>
       </c>
       <c r="E162" t="s">
         <v>810</v>
       </c>
       <c r="F162" t="s">
         <v>811</v>
       </c>
       <c r="G162" s="1">
-        <v>0.145</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="163">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B163" t="s">
         <v>812</v>
       </c>
       <c r="C163" t="s">
         <v>813</v>
       </c>
       <c r="D163" t="s">
         <v>814</v>
       </c>
       <c r="E163" t="s">
         <v>815</v>
       </c>
       <c r="F163" t="s">
         <v>816</v>
       </c>
       <c r="G163" s="1">
-        <v>0.144</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="164">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B164" t="s">
         <v>817</v>
       </c>
       <c r="C164" t="s">
         <v>818</v>
       </c>
       <c r="D164" t="s">
         <v>819</v>
       </c>
       <c r="E164" t="s">
         <v>820</v>
       </c>
       <c r="F164" t="s">
         <v>821</v>
       </c>
       <c r="G164" s="1">
-        <v>0.144</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="165">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B165" t="s">
         <v>822</v>
       </c>
       <c r="C165" t="s">
         <v>823</v>
       </c>
       <c r="D165" t="s">
         <v>824</v>
       </c>
       <c r="E165" t="s">
         <v>825</v>
       </c>
       <c r="F165" t="s">
         <v>826</v>
       </c>
       <c r="G165" s="1">
-        <v>0.142</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="166">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B166" t="s">
         <v>827</v>
       </c>
       <c r="C166" t="s">
         <v>828</v>
       </c>
       <c r="D166" t="s">
         <v>829</v>
       </c>
       <c r="E166" t="s">
         <v>830</v>
       </c>
       <c r="F166" t="s">
         <v>831</v>
       </c>
       <c r="G166" s="1">
-        <v>0.142</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="167">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B167" t="s">
         <v>832</v>
       </c>
       <c r="C167" t="s">
         <v>833</v>
       </c>
       <c r="D167" t="s">
         <v>834</v>
       </c>
       <c r="E167" t="s">
         <v>835</v>
       </c>
       <c r="F167" t="s">
         <v>836</v>
       </c>
       <c r="G167" s="1">
-        <v>0.142</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="168">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B168" t="s">
         <v>837</v>
       </c>
       <c r="C168" t="s">
         <v>838</v>
       </c>
       <c r="D168" t="s">
         <v>839</v>
       </c>
       <c r="E168" t="s">
         <v>840</v>
       </c>
       <c r="F168" t="s">
         <v>841</v>
       </c>
       <c r="G168" s="1">
-        <v>0.142</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="169">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B169" t="s">
         <v>842</v>
       </c>
       <c r="C169" t="s">
         <v>843</v>
       </c>
       <c r="D169" t="s">
         <v>844</v>
       </c>
       <c r="E169" t="s">
         <v>845</v>
       </c>
       <c r="F169" t="s">
         <v>846</v>
       </c>
       <c r="G169" s="1">
-        <v>0.141</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="170">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B170" t="s">
         <v>847</v>
       </c>
       <c r="C170" t="s">
         <v>848</v>
       </c>
       <c r="D170" t="s">
         <v>849</v>
       </c>
       <c r="E170" t="s">
         <v>850</v>
       </c>
       <c r="F170" t="s">
         <v>851</v>
       </c>
       <c r="G170" s="1">
-        <v>0.14</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="171">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B171" t="s">
         <v>852</v>
       </c>
       <c r="C171" t="s">
         <v>853</v>
       </c>
       <c r="D171" t="s">
         <v>854</v>
       </c>
       <c r="E171" t="s">
         <v>855</v>
       </c>
       <c r="F171" t="s">
         <v>856</v>
       </c>
       <c r="G171" s="1">
-        <v>0.139</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="172">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B172" t="s">
         <v>857</v>
       </c>
       <c r="C172" t="s">
         <v>858</v>
       </c>
       <c r="D172" t="s">
         <v>859</v>
       </c>
       <c r="E172" t="s">
         <v>860</v>
       </c>
       <c r="F172" t="s">
         <v>861</v>
       </c>
       <c r="G172" s="1">
-        <v>0.139</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="173">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B173" t="s">
         <v>862</v>
       </c>
       <c r="C173" t="s">
         <v>863</v>
       </c>
       <c r="D173" t="s">
         <v>864</v>
       </c>
       <c r="E173" t="s">
         <v>865</v>
       </c>
       <c r="F173" t="s">
         <v>866</v>
       </c>
       <c r="G173" s="1">
-        <v>0.138</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="174">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B174" t="s">
         <v>867</v>
       </c>
       <c r="C174" t="s">
         <v>868</v>
       </c>
       <c r="D174" t="s">
         <v>869</v>
       </c>
       <c r="E174" t="s">
         <v>870</v>
       </c>
       <c r="F174" t="s">
         <v>871</v>
       </c>
       <c r="G174" s="1">
-        <v>0.137</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="175">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B175" t="s">
         <v>872</v>
       </c>
       <c r="C175" t="s">
         <v>873</v>
       </c>
       <c r="D175" t="s">
         <v>874</v>
       </c>
       <c r="E175" t="s">
         <v>875</v>
       </c>
       <c r="F175" t="s">
         <v>876</v>
       </c>
       <c r="G175" s="1">
-        <v>0.136</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="176">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B176" t="s">
         <v>877</v>
       </c>
       <c r="C176" t="s">
         <v>878</v>
       </c>
       <c r="D176" t="s">
         <v>879</v>
       </c>
       <c r="E176" t="s">
         <v>880</v>
       </c>
       <c r="F176" t="s">
         <v>881</v>
       </c>
       <c r="G176" s="1">
-        <v>0.135</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="177">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B177" t="s">
         <v>882</v>
       </c>
       <c r="C177" t="s">
         <v>883</v>
       </c>
       <c r="D177" t="s">
         <v>884</v>
       </c>
       <c r="E177" t="s">
         <v>885</v>
       </c>
       <c r="F177" t="s">
         <v>886</v>
       </c>
       <c r="G177" s="1">
-        <v>0.135</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="178">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B178" t="s">
         <v>887</v>
       </c>
       <c r="C178" t="s">
         <v>888</v>
       </c>
       <c r="D178" t="s">
         <v>889</v>
       </c>
       <c r="E178" t="s">
         <v>890</v>
       </c>
       <c r="F178" t="s">
         <v>891</v>
       </c>
       <c r="G178" s="1">
-        <v>0.134</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="179">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B179" t="s">
         <v>892</v>
       </c>
       <c r="C179" t="s">
         <v>893</v>
       </c>
       <c r="D179" t="s">
         <v>894</v>
       </c>
       <c r="E179" t="s">
         <v>895</v>
       </c>
       <c r="F179" t="s">
         <v>896</v>
       </c>
       <c r="G179" s="1">
-        <v>0.133</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="180">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B180" t="s">
         <v>897</v>
       </c>
       <c r="C180" t="s">
         <v>898</v>
       </c>
       <c r="D180" t="s">
         <v>899</v>
       </c>
       <c r="E180" t="s">
         <v>900</v>
       </c>
       <c r="F180" t="s">
         <v>901</v>
       </c>
       <c r="G180" s="1">
-        <v>0.132</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="181">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B181" t="s">
         <v>902</v>
       </c>
       <c r="C181" t="s">
         <v>903</v>
       </c>
       <c r="D181" t="s">
         <v>904</v>
       </c>
       <c r="E181" t="s">
         <v>905</v>
       </c>
       <c r="F181" t="s">
         <v>906</v>
       </c>
       <c r="G181" s="1">
-        <v>0.131</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="182">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B182" t="s">
         <v>907</v>
       </c>
       <c r="C182" t="s">
         <v>908</v>
       </c>
       <c r="D182" t="s">
         <v>909</v>
       </c>
       <c r="E182" t="s">
         <v>910</v>
       </c>
       <c r="F182" t="s">
         <v>911</v>
       </c>
       <c r="G182" s="1">
-        <v>0.13</v>
+        <v>0.132</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="183">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B183" t="s">
         <v>912</v>
       </c>
       <c r="C183" t="s">
         <v>913</v>
       </c>
       <c r="D183" t="s">
         <v>914</v>
       </c>
       <c r="E183" t="s">
         <v>915</v>
       </c>
       <c r="F183" t="s">
         <v>916</v>
       </c>
       <c r="G183" s="1">
-        <v>0.13</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="184">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B184" t="s">
         <v>917</v>
       </c>
       <c r="C184" t="s">
         <v>918</v>
       </c>
       <c r="D184" t="s">
         <v>919</v>
       </c>
       <c r="E184" t="s">
         <v>920</v>
       </c>
       <c r="F184" t="s">
         <v>921</v>
       </c>
       <c r="G184" s="1">
-        <v>0.13</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="185">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B185" t="s">
         <v>922</v>
       </c>
       <c r="C185" t="s">
         <v>923</v>
       </c>
       <c r="D185" t="s">
         <v>924</v>
       </c>
       <c r="E185" t="s">
         <v>925</v>
       </c>
       <c r="F185" t="s">
         <v>926</v>
       </c>
       <c r="G185" s="1">
-        <v>0.128</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="186">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B186" t="s">
         <v>927</v>
       </c>
       <c r="C186" t="s">
         <v>928</v>
       </c>
       <c r="D186" t="s">
         <v>929</v>
       </c>
       <c r="E186" t="s">
         <v>930</v>
       </c>
       <c r="F186" t="s">
         <v>931</v>
       </c>
       <c r="G186" s="1">
         <v>0.127</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="187">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B187" t="s">
         <v>932</v>
       </c>
       <c r="C187" t="s">
         <v>933</v>
       </c>
       <c r="D187" t="s">
         <v>934</v>
       </c>
       <c r="E187" t="s">
         <v>935</v>
       </c>
       <c r="F187" t="s">
         <v>936</v>
       </c>
       <c r="G187" s="1">
-        <v>0.127</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="188">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B188" t="s">
         <v>937</v>
       </c>
       <c r="C188" t="s">
         <v>938</v>
       </c>
       <c r="D188" t="s">
         <v>939</v>
       </c>
       <c r="E188" t="s">
         <v>940</v>
       </c>
       <c r="F188" t="s">
         <v>941</v>
       </c>
       <c r="G188" s="1">
-        <v>0.127</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="189">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B189" t="s">
         <v>942</v>
       </c>
       <c r="C189" t="s">
         <v>943</v>
       </c>
       <c r="D189" t="s">
         <v>944</v>
       </c>
       <c r="E189" t="s">
         <v>945</v>
       </c>
       <c r="F189" t="s">
         <v>946</v>
       </c>
       <c r="G189" s="1">
-        <v>0.123</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="190">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B190" t="s">
         <v>947</v>
       </c>
       <c r="C190" t="s">
         <v>948</v>
       </c>
       <c r="D190" t="s">
         <v>949</v>
       </c>
       <c r="E190" t="s">
         <v>950</v>
       </c>
       <c r="F190" t="s">
         <v>951</v>
       </c>
       <c r="G190" s="1">
         <v>0.122</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="191">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B191" t="s">
         <v>952</v>
       </c>
       <c r="C191" t="s">
         <v>953</v>
       </c>
       <c r="D191" t="s">
         <v>954</v>
       </c>
       <c r="E191" t="s">
         <v>955</v>
       </c>
       <c r="F191" t="s">
         <v>956</v>
       </c>
       <c r="G191" s="1">
-        <v>0.12</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="192">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B192" t="s">
         <v>957</v>
       </c>
       <c r="C192" t="s">
         <v>958</v>
       </c>
       <c r="D192" t="s">
         <v>959</v>
       </c>
       <c r="E192" t="s">
         <v>960</v>
       </c>
       <c r="F192" t="s">
         <v>961</v>
       </c>
       <c r="G192" s="1">
-        <v>0.12</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="193">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B193" t="s">
         <v>962</v>
       </c>
       <c r="C193" t="s">
         <v>963</v>
       </c>
       <c r="D193" t="s">
         <v>964</v>
       </c>
       <c r="E193" t="s">
         <v>965</v>
       </c>
       <c r="F193" t="s">
         <v>966</v>
       </c>
       <c r="G193" s="1">
-        <v>0.119</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="194">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B194" t="s">
         <v>967</v>
       </c>
       <c r="C194" t="s">
         <v>968</v>
       </c>
       <c r="D194" t="s">
         <v>969</v>
       </c>
       <c r="E194" t="s">
         <v>970</v>
       </c>
       <c r="F194" t="s">
         <v>971</v>
       </c>
       <c r="G194" s="1">
-        <v>0.119</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="195">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B195" t="s">
         <v>972</v>
       </c>
       <c r="C195" t="s">
         <v>973</v>
       </c>
       <c r="D195" t="s">
         <v>974</v>
       </c>
       <c r="E195" t="s">
         <v>975</v>
       </c>
       <c r="F195" t="s">
         <v>976</v>
       </c>
       <c r="G195" s="1">
-        <v>0.115</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="196">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B196" t="s">
         <v>977</v>
       </c>
       <c r="C196" t="s">
         <v>978</v>
       </c>
       <c r="D196" t="s">
         <v>979</v>
       </c>
       <c r="E196" t="s">
         <v>980</v>
       </c>
       <c r="F196" t="s">
         <v>981</v>
       </c>
       <c r="G196" s="1">
-        <v>0.115</v>
+        <v>0.118</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="197">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B197" t="s">
         <v>982</v>
       </c>
       <c r="C197" t="s">
         <v>983</v>
       </c>
       <c r="D197" t="s">
         <v>984</v>
       </c>
       <c r="E197" t="s">
         <v>985</v>
       </c>
       <c r="F197" t="s">
         <v>986</v>
       </c>
       <c r="G197" s="1">
-        <v>0.115</v>
+        <v>0.118</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="198">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B198" t="s">
         <v>987</v>
       </c>
       <c r="C198" t="s">
         <v>988</v>
       </c>
       <c r="D198" t="s">
         <v>989</v>
       </c>
       <c r="E198" t="s">
         <v>990</v>
       </c>
       <c r="F198" t="s">
         <v>991</v>
       </c>
       <c r="G198" s="1">
-        <v>0.112</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="199">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B199" t="s">
         <v>992</v>
       </c>
       <c r="C199" t="s">
         <v>993</v>
       </c>
       <c r="D199" t="s">
         <v>994</v>
       </c>
       <c r="E199" t="s">
         <v>995</v>
       </c>
       <c r="F199" t="s">
         <v>996</v>
       </c>
       <c r="G199" s="1">
-        <v>0.112</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="200">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B200" t="s">
         <v>997</v>
       </c>
       <c r="C200" t="s">
         <v>998</v>
       </c>
       <c r="D200" t="s">
         <v>999</v>
       </c>
       <c r="E200" t="s">
         <v>1000</v>
       </c>
       <c r="F200" t="s">
         <v>1001</v>
       </c>
       <c r="G200" s="1">
-        <v>0.111</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="201">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B201" t="s">
         <v>1002</v>
       </c>
       <c r="C201" t="s">
         <v>1003</v>
       </c>
       <c r="D201" t="s">
         <v>1004</v>
       </c>
       <c r="E201" t="s">
         <v>1005</v>
       </c>
       <c r="F201" t="s">
         <v>1006</v>
       </c>
       <c r="G201" s="1">
-        <v>0.109</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="202">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B202" t="s">
         <v>1007</v>
       </c>
       <c r="C202" t="s">
         <v>1008</v>
       </c>
       <c r="D202" t="s">
         <v>1009</v>
       </c>
       <c r="E202" t="s">
         <v>1010</v>
       </c>
       <c r="F202" t="s">
         <v>1011</v>
       </c>
       <c r="G202" s="1">
-        <v>0.109</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="203">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B203" t="s">
         <v>1012</v>
       </c>
       <c r="C203" t="s">
         <v>1013</v>
       </c>
       <c r="D203" t="s">
         <v>1014</v>
       </c>
       <c r="E203" t="s">
         <v>1015</v>
       </c>
       <c r="F203" t="s">
         <v>1016</v>
       </c>
       <c r="G203" s="1">
-        <v>0.108</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="204">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B204" t="s">
         <v>1017</v>
       </c>
       <c r="C204" t="s">
         <v>1018</v>
       </c>
       <c r="D204" t="s">
         <v>1019</v>
       </c>
       <c r="E204" t="s">
         <v>1020</v>
       </c>
       <c r="F204" t="s">
         <v>1021</v>
       </c>
       <c r="G204" s="1">
-        <v>0.107</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="205">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B205" t="s">
         <v>1022</v>
       </c>
       <c r="C205" t="s">
         <v>1023</v>
       </c>
       <c r="D205" t="s">
         <v>1024</v>
       </c>
       <c r="E205" t="s">
         <v>1025</v>
       </c>
       <c r="F205" t="s">
         <v>1026</v>
       </c>
       <c r="G205" s="1">
-        <v>0.107</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="206">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B206" t="s">
         <v>1027</v>
       </c>
       <c r="C206" t="s">
         <v>1028</v>
       </c>
       <c r="D206" t="s">
         <v>1029</v>
       </c>
       <c r="E206" t="s">
         <v>1030</v>
       </c>
       <c r="F206" t="s">
         <v>1031</v>
       </c>
       <c r="G206" s="1">
-        <v>0.107</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="207">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B207" t="s">
         <v>1032</v>
       </c>
       <c r="C207" t="s">
         <v>1033</v>
       </c>
       <c r="D207" t="s">
         <v>1034</v>
       </c>
       <c r="E207" t="s">
         <v>1035</v>
       </c>
       <c r="F207" t="s">
         <v>1036</v>
       </c>
       <c r="G207" s="1">
-        <v>0.107</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="208">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B208" t="s">
         <v>1037</v>
       </c>
       <c r="C208" t="s">
         <v>1038</v>
       </c>
       <c r="D208" t="s">
         <v>1039</v>
       </c>
       <c r="E208" t="s">
         <v>1040</v>
       </c>
       <c r="F208" t="s">
         <v>1041</v>
       </c>
       <c r="G208" s="1">
-        <v>0.106</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="209">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B209" t="s">
         <v>1042</v>
       </c>
       <c r="C209" t="s">
         <v>1043</v>
       </c>
       <c r="D209" t="s">
         <v>1044</v>
       </c>
       <c r="E209" t="s">
         <v>1045</v>
       </c>
       <c r="F209" t="s">
         <v>1046</v>
       </c>
       <c r="G209" s="1">
-        <v>0.106</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="210">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B210" t="s">
         <v>1047</v>
       </c>
       <c r="C210" t="s">
         <v>1048</v>
       </c>
       <c r="D210" t="s">
         <v>1049</v>
       </c>
       <c r="E210" t="s">
         <v>1050</v>
       </c>
       <c r="F210" t="s">
         <v>1051</v>
       </c>
       <c r="G210" s="1">
-        <v>0.106</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="211">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B211" t="s">
         <v>1052</v>
       </c>
       <c r="C211" t="s">
         <v>1053</v>
       </c>
       <c r="D211" t="s">
         <v>1054</v>
       </c>
       <c r="E211" t="s">
         <v>1055</v>
       </c>
       <c r="F211" t="s">
         <v>1056</v>
       </c>
       <c r="G211" s="1">
-        <v>0.105</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="212">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B212" t="s">
         <v>1057</v>
       </c>
       <c r="C212" t="s">
         <v>1058</v>
       </c>
       <c r="D212" t="s">
         <v>1059</v>
       </c>
       <c r="E212" t="s">
         <v>1060</v>
       </c>
       <c r="F212" t="s">
         <v>1061</v>
       </c>
       <c r="G212" s="1">
-        <v>0.105</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="213">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B213" t="s">
         <v>1062</v>
       </c>
       <c r="C213" t="s">
         <v>1063</v>
       </c>
       <c r="D213" t="s">
         <v>1064</v>
       </c>
       <c r="E213" t="s">
         <v>1065</v>
       </c>
       <c r="F213" t="s">
         <v>1066</v>
       </c>
       <c r="G213" s="1">
-        <v>0.104</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="214">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B214" t="s">
         <v>1067</v>
       </c>
       <c r="C214" t="s">
         <v>1068</v>
       </c>
       <c r="D214" t="s">
         <v>1069</v>
       </c>
       <c r="E214" t="s">
         <v>1070</v>
       </c>
       <c r="F214" t="s">
         <v>1071</v>
       </c>
       <c r="G214" s="1">
-        <v>0.104</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="215">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B215" t="s">
         <v>1072</v>
       </c>
       <c r="C215" t="s">
         <v>1073</v>
       </c>
       <c r="D215" t="s">
         <v>1074</v>
       </c>
       <c r="E215" t="s">
         <v>1075</v>
       </c>
       <c r="F215" t="s">
         <v>1076</v>
       </c>
       <c r="G215" s="1">
         <v>0.104</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="216">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B216" t="s">
         <v>1077</v>
       </c>
       <c r="C216" t="s">
         <v>1078</v>
       </c>
       <c r="D216" t="s">
         <v>1079</v>
       </c>
       <c r="E216" t="s">
         <v>1080</v>
       </c>
       <c r="F216" t="s">
         <v>1081</v>
       </c>
       <c r="G216" s="1">
         <v>0.103</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="217">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B217" t="s">
         <v>1082</v>
       </c>
       <c r="C217" t="s">
         <v>1083</v>
       </c>
       <c r="D217" t="s">
         <v>1084</v>
       </c>
       <c r="E217" t="s">
         <v>1085</v>
       </c>
       <c r="F217" t="s">
         <v>1086</v>
       </c>
       <c r="G217" s="1">
         <v>0.102</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="218">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B218" t="s">
         <v>1087</v>
       </c>
       <c r="C218" t="s">
         <v>1088</v>
       </c>
       <c r="D218" t="s">
         <v>1089</v>
       </c>
       <c r="E218" t="s">
         <v>1090</v>
       </c>
       <c r="F218" t="s">
         <v>1091</v>
       </c>
       <c r="G218" s="1">
         <v>0.101</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="219">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B219" t="s">
         <v>1092</v>
       </c>
       <c r="C219" t="s">
         <v>1093</v>
       </c>
       <c r="D219" t="s">
         <v>1094</v>
       </c>
       <c r="E219" t="s">
         <v>1095</v>
       </c>
       <c r="F219" t="s">
         <v>1096</v>
       </c>
       <c r="G219" s="1">
-        <v>0.101</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="220">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B220" t="s">
         <v>1097</v>
       </c>
       <c r="C220" t="s">
         <v>1098</v>
       </c>
       <c r="D220" t="s">
         <v>1099</v>
       </c>
       <c r="E220" t="s">
         <v>1100</v>
       </c>
       <c r="F220" t="s">
         <v>1101</v>
       </c>
       <c r="G220" s="1">
         <v>0.1</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="221">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B221" t="s">
         <v>1102</v>
       </c>
       <c r="C221" t="s">
         <v>1103</v>
       </c>
       <c r="D221" t="s">
         <v>1104</v>
       </c>
       <c r="E221" t="s">
         <v>1105</v>
       </c>
       <c r="F221" t="s">
         <v>1106</v>
       </c>
       <c r="G221" s="1">
-        <v>0.099</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="222">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B222" t="s">
         <v>1107</v>
       </c>
       <c r="C222" t="s">
         <v>1108</v>
       </c>
       <c r="D222" t="s">
         <v>1109</v>
       </c>
       <c r="E222" t="s">
         <v>1110</v>
       </c>
       <c r="F222" t="s">
         <v>1111</v>
       </c>
       <c r="G222" s="1">
-        <v>0.099</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="223">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B223" t="s">
         <v>1112</v>
       </c>
       <c r="C223" t="s">
         <v>1113</v>
       </c>
       <c r="D223" t="s">
         <v>1114</v>
       </c>
       <c r="E223" t="s">
         <v>1115</v>
       </c>
       <c r="F223" t="s">
         <v>1116</v>
       </c>
       <c r="G223" s="1">
-        <v>0.097</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="224">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B224" t="s">
         <v>1117</v>
       </c>
       <c r="C224" t="s">
         <v>1118</v>
       </c>
       <c r="D224" t="s">
         <v>1119</v>
       </c>
       <c r="E224" t="s">
         <v>1120</v>
       </c>
       <c r="F224" t="s">
         <v>1121</v>
       </c>
       <c r="G224" s="1">
         <v>0.097</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="225">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B225" t="s">
         <v>1122</v>
       </c>
       <c r="C225" t="s">
         <v>1123</v>
       </c>
       <c r="D225" t="s">
         <v>1124</v>
       </c>
       <c r="E225" t="s">
         <v>1125</v>
       </c>
       <c r="F225" t="s">
         <v>1126</v>
       </c>
       <c r="G225" s="1">
-        <v>0.096</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="226">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B226" t="s">
         <v>1127</v>
       </c>
       <c r="C226" t="s">
         <v>1128</v>
       </c>
       <c r="D226" t="s">
         <v>1129</v>
       </c>
       <c r="E226" t="s">
         <v>1130</v>
       </c>
       <c r="F226" t="s">
         <v>1131</v>
       </c>
       <c r="G226" s="1">
-        <v>0.096</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="227">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B227" t="s">
         <v>1132</v>
       </c>
       <c r="C227" t="s">
         <v>1133</v>
       </c>
       <c r="D227" t="s">
         <v>1134</v>
       </c>
       <c r="E227" t="s">
         <v>1135</v>
       </c>
       <c r="F227" t="s">
         <v>1136</v>
       </c>
       <c r="G227" s="1">
-        <v>0.095</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="228">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B228" t="s">
         <v>1137</v>
       </c>
       <c r="C228" t="s">
         <v>1138</v>
       </c>
       <c r="D228" t="s">
         <v>1139</v>
       </c>
       <c r="E228" t="s">
         <v>1140</v>
       </c>
       <c r="F228" t="s">
         <v>1141</v>
       </c>
       <c r="G228" s="1">
-        <v>0.095</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="229">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B229" t="s">
         <v>1142</v>
       </c>
       <c r="C229" t="s">
         <v>1143</v>
       </c>
       <c r="D229" t="s">
         <v>1144</v>
       </c>
       <c r="E229" t="s">
         <v>1145</v>
       </c>
       <c r="F229" t="s">
         <v>1146</v>
       </c>
       <c r="G229" s="1">
-        <v>0.095</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="230">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B230" t="s">
         <v>1147</v>
       </c>
       <c r="C230" t="s">
         <v>1148</v>
       </c>
       <c r="D230" t="s">
         <v>1149</v>
       </c>
       <c r="E230" t="s">
         <v>1150</v>
       </c>
       <c r="F230" t="s">
         <v>1151</v>
       </c>
       <c r="G230" s="1">
-        <v>0.094</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="231">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B231" t="s">
         <v>1152</v>
       </c>
       <c r="C231" t="s">
         <v>1153</v>
       </c>
       <c r="D231" t="s">
         <v>1154</v>
       </c>
       <c r="E231" t="s">
         <v>1155</v>
       </c>
       <c r="F231" t="s">
         <v>1156</v>
       </c>
       <c r="G231" s="1">
-        <v>0.094</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="232">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B232" t="s">
         <v>1157</v>
       </c>
       <c r="C232" t="s">
         <v>1158</v>
       </c>
       <c r="D232" t="s">
         <v>1159</v>
       </c>
       <c r="E232" t="s">
         <v>1160</v>
       </c>
       <c r="F232" t="s">
         <v>1161</v>
       </c>
       <c r="G232" s="1">
-        <v>0.093</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="233">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B233" t="s">
         <v>1162</v>
       </c>
       <c r="C233" t="s">
         <v>1163</v>
       </c>
       <c r="D233" t="s">
         <v>1164</v>
       </c>
       <c r="E233" t="s">
         <v>1165</v>
       </c>
       <c r="F233" t="s">
         <v>1166</v>
       </c>
       <c r="G233" s="1">
-        <v>0.093</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="234">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B234" t="s">
         <v>1167</v>
       </c>
       <c r="C234" t="s">
         <v>1168</v>
       </c>
       <c r="D234" t="s">
         <v>1169</v>
       </c>
       <c r="E234" t="s">
         <v>1170</v>
       </c>
       <c r="F234" t="s">
         <v>1171</v>
       </c>
       <c r="G234" s="1">
-        <v>0.093</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="235">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B235" t="s">
         <v>1172</v>
       </c>
       <c r="C235" t="s">
         <v>1173</v>
       </c>
       <c r="D235" t="s">
         <v>1174</v>
       </c>
       <c r="E235" t="s">
         <v>1175</v>
       </c>
       <c r="F235" t="s">
         <v>1176</v>
       </c>
       <c r="G235" s="1">
-        <v>0.092</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="236">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B236" t="s">
         <v>1177</v>
       </c>
       <c r="C236" t="s">
         <v>1178</v>
       </c>
       <c r="D236" t="s">
         <v>1179</v>
       </c>
       <c r="E236" t="s">
         <v>1180</v>
       </c>
       <c r="F236" t="s">
         <v>1181</v>
       </c>
       <c r="G236" s="1">
-        <v>0.092</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="237">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B237" t="s">
         <v>1182</v>
       </c>
       <c r="C237" t="s">
         <v>1183</v>
       </c>
       <c r="D237" t="s">
         <v>1184</v>
       </c>
       <c r="E237" t="s">
         <v>1185</v>
       </c>
       <c r="F237" t="s">
         <v>1186</v>
       </c>
       <c r="G237" s="1">
-        <v>0.092</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="238">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B238" t="s">
         <v>1187</v>
       </c>
       <c r="C238" t="s">
         <v>1188</v>
       </c>
       <c r="D238" t="s">
         <v>1189</v>
       </c>
       <c r="E238" t="s">
         <v>1190</v>
       </c>
       <c r="F238" t="s">
         <v>1191</v>
       </c>
       <c r="G238" s="1">
-        <v>0.092</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="239">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B239" t="s">
         <v>1192</v>
       </c>
       <c r="C239" t="s">
         <v>1193</v>
       </c>
       <c r="D239" t="s">
         <v>1194</v>
       </c>
       <c r="E239" t="s">
         <v>1195</v>
       </c>
       <c r="F239" t="s">
         <v>1196</v>
       </c>
       <c r="G239" s="1">
-        <v>0.091</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="240">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B240" t="s">
         <v>1197</v>
       </c>
       <c r="C240" t="s">
         <v>1198</v>
       </c>
       <c r="D240" t="s">
         <v>1199</v>
       </c>
       <c r="E240" t="s">
         <v>1200</v>
       </c>
       <c r="F240" t="s">
         <v>1201</v>
       </c>
       <c r="G240" s="1">
-        <v>0.089</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="241">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B241" t="s">
         <v>1202</v>
       </c>
       <c r="C241" t="s">
         <v>1203</v>
       </c>
       <c r="D241" t="s">
         <v>1204</v>
       </c>
       <c r="E241" t="s">
         <v>1205</v>
       </c>
       <c r="F241" t="s">
         <v>1206</v>
       </c>
       <c r="G241" s="1">
-        <v>0.089</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="242">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B242" t="s">
         <v>1207</v>
       </c>
       <c r="C242" t="s">
         <v>1208</v>
       </c>
       <c r="D242" t="s">
         <v>1209</v>
       </c>
       <c r="E242" t="s">
         <v>1210</v>
       </c>
       <c r="F242" t="s">
         <v>1211</v>
       </c>
       <c r="G242" s="1">
-        <v>0.089</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="243">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B243" t="s">
         <v>1212</v>
       </c>
       <c r="C243" t="s">
         <v>1213</v>
       </c>
       <c r="D243" t="s">
         <v>1214</v>
       </c>
       <c r="E243" t="s">
         <v>1215</v>
       </c>
       <c r="F243" t="s">
         <v>1216</v>
       </c>
       <c r="G243" s="1">
-        <v>0.089</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="244">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B244" t="s">
         <v>1217</v>
       </c>
       <c r="C244" t="s">
         <v>1218</v>
       </c>
       <c r="D244" t="s">
         <v>1219</v>
       </c>
       <c r="E244" t="s">
         <v>1220</v>
       </c>
       <c r="F244" t="s">
         <v>1221</v>
       </c>
       <c r="G244" s="1">
-        <v>0.088</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="245">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B245" t="s">
         <v>1222</v>
       </c>
       <c r="C245" t="s">
         <v>1223</v>
       </c>
       <c r="D245" t="s">
         <v>1224</v>
       </c>
       <c r="E245" t="s">
         <v>1225</v>
       </c>
       <c r="F245" t="s">
         <v>1226</v>
       </c>
       <c r="G245" s="1">
-        <v>0.088</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="246">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B246" t="s">
         <v>1227</v>
       </c>
       <c r="C246" t="s">
         <v>1228</v>
       </c>
       <c r="D246" t="s">
         <v>1229</v>
       </c>
       <c r="E246" t="s">
         <v>1230</v>
       </c>
       <c r="F246" t="s">
         <v>1231</v>
       </c>
       <c r="G246" s="1">
-        <v>0.087</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="247">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B247" t="s">
         <v>1232</v>
       </c>
       <c r="C247" t="s">
         <v>1233</v>
       </c>
       <c r="D247" t="s">
         <v>1234</v>
       </c>
       <c r="E247" t="s">
         <v>1235</v>
       </c>
       <c r="F247" t="s">
         <v>1236</v>
       </c>
       <c r="G247" s="1">
-        <v>0.087</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="248">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B248" t="s">
         <v>1237</v>
       </c>
       <c r="C248" t="s">
         <v>1238</v>
       </c>
       <c r="D248" t="s">
         <v>1239</v>
       </c>
       <c r="E248" t="s">
         <v>1240</v>
       </c>
       <c r="F248" t="s">
         <v>1241</v>
       </c>
       <c r="G248" s="1">
-        <v>0.087</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="249">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B249" t="s">
         <v>1242</v>
       </c>
       <c r="C249" t="s">
         <v>1243</v>
       </c>
       <c r="D249" t="s">
         <v>1244</v>
       </c>
       <c r="E249" t="s">
         <v>1245</v>
       </c>
       <c r="F249" t="s">
         <v>1246</v>
       </c>
       <c r="G249" s="1">
-        <v>0.087</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="250">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B250" t="s">
         <v>1247</v>
       </c>
       <c r="C250" t="s">
         <v>1248</v>
       </c>
       <c r="D250" t="s">
         <v>1249</v>
       </c>
       <c r="E250" t="s">
         <v>1250</v>
       </c>
       <c r="F250" t="s">
         <v>1251</v>
       </c>
       <c r="G250" s="1">
-        <v>0.086</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="251">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B251" t="s">
         <v>1252</v>
       </c>
       <c r="C251" t="s">
         <v>1253</v>
       </c>
       <c r="D251" t="s">
         <v>1254</v>
       </c>
       <c r="E251" t="s">
         <v>1255</v>
       </c>
       <c r="F251" t="s">
         <v>1256</v>
       </c>
       <c r="G251" s="1">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="252">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B252" t="s">
         <v>1257</v>
       </c>
       <c r="C252" t="s">
         <v>1258</v>
       </c>
       <c r="D252" t="s">
         <v>1259</v>
       </c>
       <c r="E252" t="s">
         <v>1260</v>
       </c>
       <c r="F252" t="s">
         <v>1261</v>
       </c>
       <c r="G252" s="1">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="253">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B253" t="s">
         <v>1262</v>
       </c>
       <c r="C253" t="s">
         <v>1263</v>
       </c>
       <c r="D253" t="s">
         <v>1264</v>
       </c>
       <c r="E253" t="s">
         <v>1265</v>
       </c>
       <c r="F253" t="s">
         <v>1266</v>
       </c>
       <c r="G253" s="1">
-        <v>0.086</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="254">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B254" t="s">
         <v>1267</v>
       </c>
       <c r="C254" t="s">
         <v>1268</v>
       </c>
       <c r="D254" t="s">
         <v>1269</v>
       </c>
       <c r="E254" t="s">
         <v>1270</v>
       </c>
       <c r="F254" t="s">
         <v>1271</v>
       </c>
       <c r="G254" s="1">
-        <v>0.084</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="255">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B255" t="s">
         <v>1272</v>
       </c>
       <c r="C255" t="s">
         <v>1273</v>
       </c>
       <c r="D255" t="s">
         <v>1274</v>
       </c>
       <c r="E255" t="s">
         <v>1275</v>
       </c>
       <c r="F255" t="s">
         <v>1276</v>
       </c>
       <c r="G255" s="1">
-        <v>0.083</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="256">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B256" t="s">
         <v>1277</v>
       </c>
       <c r="C256" t="s">
         <v>1278</v>
       </c>
       <c r="D256" t="s">
         <v>1279</v>
       </c>
       <c r="E256" t="s">
         <v>1280</v>
       </c>
       <c r="F256" t="s">
         <v>1281</v>
       </c>
       <c r="G256" s="1">
-        <v>0.083</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="257">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B257" t="s">
         <v>1282</v>
       </c>
       <c r="C257" t="s">
         <v>1283</v>
       </c>
       <c r="D257" t="s">
         <v>1284</v>
       </c>
       <c r="E257" t="s">
         <v>1285</v>
       </c>
       <c r="F257" t="s">
         <v>1286</v>
       </c>
       <c r="G257" s="1">
-        <v>0.083</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="258">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B258" t="s">
         <v>1287</v>
       </c>
       <c r="C258" t="s">
         <v>1288</v>
       </c>
       <c r="D258" t="s">
         <v>1289</v>
       </c>
       <c r="E258" t="s">
         <v>1290</v>
       </c>
       <c r="F258" t="s">
         <v>1291</v>
       </c>
       <c r="G258" s="1">
-        <v>0.082</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="259">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B259" t="s">
         <v>1292</v>
       </c>
       <c r="C259" t="s">
         <v>1293</v>
       </c>
       <c r="D259" t="s">
         <v>1294</v>
       </c>
       <c r="E259" t="s">
         <v>1295</v>
       </c>
       <c r="F259" t="s">
         <v>1296</v>
       </c>
       <c r="G259" s="1">
-        <v>0.082</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="260">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B260" t="s">
         <v>1297</v>
       </c>
       <c r="C260" t="s">
         <v>1298</v>
       </c>
       <c r="D260" t="s">
         <v>1299</v>
       </c>
       <c r="E260" t="s">
         <v>1300</v>
       </c>
       <c r="F260" t="s">
         <v>1301</v>
       </c>
       <c r="G260" s="1">
-        <v>0.081</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="261">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B261" t="s">
         <v>1302</v>
       </c>
       <c r="C261" t="s">
         <v>1303</v>
       </c>
       <c r="D261" t="s">
         <v>1304</v>
       </c>
       <c r="E261" t="s">
         <v>1305</v>
       </c>
       <c r="F261" t="s">
         <v>1306</v>
       </c>
       <c r="G261" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="262">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B262" t="s">
         <v>1307</v>
       </c>
       <c r="C262" t="s">
         <v>1308</v>
       </c>
       <c r="D262" t="s">
         <v>1309</v>
       </c>
       <c r="E262" t="s">
         <v>1310</v>
       </c>
       <c r="F262" t="s">
         <v>1311</v>
       </c>
       <c r="G262" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="263">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B263" t="s">
         <v>1312</v>
       </c>
       <c r="C263" t="s">
         <v>1313</v>
       </c>
       <c r="D263" t="s">
         <v>1314</v>
       </c>
       <c r="E263" t="s">
         <v>1315</v>
       </c>
       <c r="F263" t="s">
         <v>1316</v>
       </c>
       <c r="G263" s="1">
-        <v>0.078</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="264">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B264" t="s">
         <v>1317</v>
       </c>
       <c r="C264" t="s">
         <v>1318</v>
       </c>
       <c r="D264" t="s">
         <v>1319</v>
       </c>
       <c r="E264" t="s">
         <v>1320</v>
       </c>
       <c r="F264" t="s">
         <v>1321</v>
       </c>
       <c r="G264" s="1">
-        <v>0.078</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="265">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B265" t="s">
         <v>1322</v>
       </c>
       <c r="C265" t="s">
         <v>1323</v>
       </c>
       <c r="D265" t="s">
         <v>1324</v>
       </c>
       <c r="E265" t="s">
         <v>1325</v>
       </c>
       <c r="F265" t="s">
         <v>1326</v>
       </c>
       <c r="G265" s="1">
-        <v>0.078</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="266">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B266" t="s">
         <v>1327</v>
       </c>
       <c r="C266" t="s">
         <v>1328</v>
       </c>
       <c r="D266" t="s">
         <v>1329</v>
       </c>
       <c r="E266" t="s">
         <v>1330</v>
       </c>
       <c r="F266" t="s">
         <v>1331</v>
       </c>
       <c r="G266" s="1">
-        <v>0.076</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="267">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B267" t="s">
         <v>1332</v>
       </c>
       <c r="C267" t="s">
         <v>1333</v>
       </c>
       <c r="D267" t="s">
         <v>1334</v>
       </c>
       <c r="E267" t="s">
         <v>1335</v>
       </c>
       <c r="F267" t="s">
         <v>1336</v>
       </c>
       <c r="G267" s="1">
-        <v>0.076</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="268">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B268" t="s">
         <v>1337</v>
       </c>
       <c r="C268" t="s">
         <v>1338</v>
       </c>
       <c r="D268" t="s">
         <v>1339</v>
       </c>
       <c r="E268" t="s">
         <v>1340</v>
       </c>
       <c r="F268" t="s">
         <v>1341</v>
       </c>
       <c r="G268" s="1">
         <v>0.075</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="269">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B269" t="s">
         <v>1342</v>
       </c>
       <c r="C269" t="s">
         <v>1343</v>
       </c>
       <c r="D269" t="s">
         <v>1344</v>
       </c>
       <c r="E269" t="s">
         <v>1345</v>
       </c>
       <c r="F269" t="s">
         <v>1346</v>
       </c>
       <c r="G269" s="1">
-        <v>0.075</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="270">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B270" t="s">
         <v>1347</v>
       </c>
       <c r="C270" t="s">
         <v>1348</v>
       </c>
       <c r="D270" t="s">
         <v>1349</v>
       </c>
       <c r="E270" t="s">
         <v>1350</v>
       </c>
       <c r="F270" t="s">
         <v>1351</v>
       </c>
       <c r="G270" s="1">
-        <v>0.075</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="271">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B271" t="s">
         <v>1352</v>
       </c>
       <c r="C271" t="s">
         <v>1353</v>
       </c>
       <c r="D271" t="s">
         <v>1354</v>
       </c>
       <c r="E271" t="s">
         <v>1355</v>
       </c>
       <c r="F271" t="s">
         <v>1356</v>
       </c>
       <c r="G271" s="1">
-        <v>0.073</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="272">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B272" t="s">
         <v>1357</v>
       </c>
       <c r="C272" t="s">
         <v>1358</v>
       </c>
       <c r="D272" t="s">
         <v>1359</v>
       </c>
       <c r="E272" t="s">
         <v>1360</v>
       </c>
       <c r="F272" t="s">
         <v>1361</v>
       </c>
       <c r="G272" s="1">
-        <v>0.072</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="273">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B273" t="s">
         <v>1362</v>
       </c>
       <c r="C273" t="s">
         <v>1363</v>
       </c>
       <c r="D273" t="s">
         <v>1364</v>
       </c>
       <c r="E273" t="s">
         <v>1365</v>
       </c>
       <c r="F273" t="s">
         <v>1366</v>
       </c>
       <c r="G273" s="1">
-        <v>0.072</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="274">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B274" t="s">
         <v>1367</v>
       </c>
       <c r="C274" t="s">
         <v>1368</v>
       </c>
       <c r="D274" t="s">
         <v>1369</v>
       </c>
       <c r="E274" t="s">
         <v>1370</v>
       </c>
       <c r="F274" t="s">
         <v>1371</v>
       </c>
       <c r="G274" s="1">
-        <v>0.072</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="275">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B275" t="s">
         <v>1372</v>
       </c>
       <c r="C275" t="s">
         <v>1373</v>
       </c>
       <c r="D275" t="s">
         <v>1374</v>
       </c>
       <c r="E275" t="s">
         <v>1375</v>
       </c>
       <c r="F275" t="s">
         <v>1376</v>
       </c>
       <c r="G275" s="1">
-        <v>0.071</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="276">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B276" t="s">
         <v>1377</v>
       </c>
       <c r="C276" t="s">
         <v>1378</v>
       </c>
       <c r="D276" t="s">
         <v>1379</v>
       </c>
       <c r="E276" t="s">
         <v>1380</v>
       </c>
       <c r="F276" t="s">
         <v>1381</v>
       </c>
       <c r="G276" s="1">
         <v>0.071</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="277">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B277" t="s">
         <v>1382</v>
       </c>
       <c r="C277" t="s">
         <v>1383</v>
       </c>
       <c r="D277" t="s">
         <v>1384</v>
       </c>
       <c r="E277" t="s">
         <v>1385</v>
       </c>
       <c r="F277" t="s">
         <v>1386</v>
       </c>
       <c r="G277" s="1">
-        <v>0.07</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="278">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B278" t="s">
         <v>1387</v>
       </c>
       <c r="C278" t="s">
         <v>1388</v>
       </c>
       <c r="D278" t="s">
         <v>1389</v>
       </c>
       <c r="E278" t="s">
         <v>1390</v>
       </c>
       <c r="F278" t="s">
         <v>1391</v>
       </c>
       <c r="G278" s="1">
-        <v>0.07</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="279">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B279" t="s">
         <v>1392</v>
       </c>
       <c r="C279" t="s">
         <v>1393</v>
       </c>
       <c r="D279" t="s">
         <v>1394</v>
       </c>
       <c r="E279" t="s">
         <v>1395</v>
       </c>
       <c r="F279" t="s">
         <v>1396</v>
       </c>
       <c r="G279" s="1">
-        <v>0.07</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="280">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B280" t="s">
         <v>1397</v>
       </c>
       <c r="C280" t="s">
         <v>1398</v>
       </c>
       <c r="D280" t="s">
         <v>1399</v>
       </c>
       <c r="E280" t="s">
         <v>1400</v>
       </c>
       <c r="F280" t="s">
         <v>1401</v>
       </c>
       <c r="G280" s="1">
         <v>0.068</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="281">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B281" t="s">
         <v>1402</v>
       </c>
       <c r="C281" t="s">
         <v>1403</v>
       </c>
       <c r="D281" t="s">
         <v>1404</v>
       </c>
       <c r="E281" t="s">
         <v>1405</v>
       </c>
       <c r="F281" t="s">
         <v>1406</v>
       </c>
       <c r="G281" s="1">
-        <v>0.068</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="282">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B282" t="s">
         <v>1407</v>
       </c>
       <c r="C282" t="s">
         <v>1408</v>
       </c>
       <c r="D282" t="s">
         <v>1409</v>
       </c>
       <c r="E282" t="s">
         <v>1410</v>
       </c>
       <c r="F282" t="s">
         <v>1411</v>
       </c>
       <c r="G282" s="1">
-        <v>0.068</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="283">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B283" t="s">
         <v>1412</v>
       </c>
       <c r="C283" t="s">
         <v>1413</v>
       </c>
       <c r="D283" t="s">
         <v>1414</v>
       </c>
       <c r="E283" t="s">
         <v>1415</v>
       </c>
       <c r="F283" t="s">
         <v>1416</v>
       </c>
       <c r="G283" s="1">
-        <v>0.068</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="284">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B284" t="s">
         <v>1417</v>
       </c>
       <c r="C284" t="s">
         <v>1418</v>
       </c>
       <c r="D284" t="s">
         <v>1419</v>
       </c>
       <c r="E284" t="s">
         <v>1420</v>
       </c>
       <c r="F284" t="s">
         <v>1421</v>
       </c>
       <c r="G284" s="1">
-        <v>0.068</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="285">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B285" t="s">
         <v>1422</v>
       </c>
       <c r="C285" t="s">
         <v>1423</v>
       </c>
       <c r="D285" t="s">
         <v>1424</v>
       </c>
       <c r="E285" t="s">
         <v>1425</v>
       </c>
       <c r="F285" t="s">
         <v>1426</v>
       </c>
       <c r="G285" s="1">
-        <v>0.067</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="286">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B286" t="s">
         <v>1427</v>
       </c>
       <c r="C286" t="s">
         <v>1428</v>
       </c>
       <c r="D286" t="s">
         <v>1429</v>
       </c>
       <c r="E286" t="s">
         <v>1430</v>
       </c>
       <c r="F286" t="s">
         <v>1431</v>
       </c>
       <c r="G286" s="1">
-        <v>0.067</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="287">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B287" t="s">
         <v>1432</v>
       </c>
       <c r="C287" t="s">
         <v>1433</v>
       </c>
       <c r="D287" t="s">
         <v>1434</v>
       </c>
       <c r="E287" t="s">
         <v>1435</v>
       </c>
       <c r="F287" t="s">
         <v>1436</v>
       </c>
       <c r="G287" s="1">
-        <v>0.066</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="288">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B288" t="s">
         <v>1437</v>
       </c>
       <c r="C288" t="s">
         <v>1438</v>
       </c>
       <c r="D288" t="s">
         <v>1439</v>
       </c>
       <c r="E288" t="s">
         <v>1440</v>
       </c>
       <c r="F288" t="s">
         <v>1441</v>
       </c>
       <c r="G288" s="1">
-        <v>0.066</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="289">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B289" t="s">
         <v>1442</v>
       </c>
       <c r="C289" t="s">
         <v>1443</v>
       </c>
       <c r="D289" t="s">
         <v>1444</v>
       </c>
       <c r="E289" t="s">
         <v>1445</v>
       </c>
       <c r="F289" t="s">
         <v>1446</v>
       </c>
       <c r="G289" s="1">
-        <v>0.065</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="290">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B290" t="s">
         <v>1447</v>
       </c>
       <c r="C290" t="s">
         <v>1448</v>
       </c>
       <c r="D290" t="s">
         <v>1449</v>
       </c>
       <c r="E290" t="s">
         <v>1450</v>
       </c>
       <c r="F290" t="s">
         <v>1451</v>
       </c>
       <c r="G290" s="1">
-        <v>0.065</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="291">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B291" t="s">
         <v>1452</v>
       </c>
       <c r="C291" t="s">
         <v>1453</v>
       </c>
       <c r="D291" t="s">
         <v>1454</v>
       </c>
       <c r="E291" t="s">
         <v>1455</v>
       </c>
       <c r="F291" t="s">
         <v>1456</v>
       </c>
       <c r="G291" s="1">
-        <v>0.064</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="292">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B292" t="s">
         <v>1457</v>
       </c>
       <c r="C292" t="s">
         <v>1458</v>
       </c>
       <c r="D292" t="s">
         <v>1459</v>
       </c>
       <c r="E292" t="s">
         <v>1460</v>
       </c>
       <c r="F292" t="s">
         <v>1461</v>
       </c>
       <c r="G292" s="1">
-        <v>0.064</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="293">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B293" t="s">
         <v>1462</v>
       </c>
       <c r="C293" t="s">
         <v>1463</v>
       </c>
       <c r="D293" t="s">
         <v>1464</v>
       </c>
       <c r="E293" t="s">
         <v>1465</v>
       </c>
       <c r="F293" t="s">
         <v>1466</v>
       </c>
       <c r="G293" s="1">
-        <v>0.063</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="294">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B294" t="s">
         <v>1467</v>
       </c>
       <c r="C294" t="s">
         <v>1468</v>
       </c>
       <c r="D294" t="s">
         <v>1469</v>
       </c>
       <c r="E294" t="s">
         <v>1470</v>
       </c>
       <c r="F294" t="s">
         <v>1471</v>
       </c>
       <c r="G294" s="1">
-        <v>0.063</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="295">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B295" t="s">
         <v>1472</v>
       </c>
       <c r="C295" t="s">
         <v>1473</v>
       </c>
       <c r="D295" t="s">
         <v>1474</v>
       </c>
       <c r="E295" t="s">
         <v>1475</v>
       </c>
       <c r="F295" t="s">
         <v>1476</v>
       </c>
       <c r="G295" s="1">
-        <v>0.062</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="296">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B296" t="s">
         <v>1477</v>
       </c>
       <c r="C296" t="s">
         <v>1478</v>
       </c>
       <c r="D296" t="s">
         <v>1479</v>
       </c>
       <c r="E296" t="s">
         <v>1480</v>
       </c>
       <c r="F296" t="s">
         <v>1481</v>
       </c>
       <c r="G296" s="1">
-        <v>0.061</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="297">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B297" t="s">
         <v>1482</v>
       </c>
       <c r="C297" t="s">
         <v>1483</v>
       </c>
       <c r="D297" t="s">
         <v>1484</v>
       </c>
       <c r="E297" t="s">
         <v>1485</v>
       </c>
       <c r="F297" t="s">
         <v>1486</v>
       </c>
       <c r="G297" s="1">
-        <v>0.061</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="298">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B298" t="s">
         <v>1487</v>
       </c>
       <c r="C298" t="s">
         <v>1488</v>
       </c>
       <c r="D298" t="s">
         <v>1489</v>
       </c>
       <c r="E298" t="s">
         <v>1490</v>
       </c>
       <c r="F298" t="s">
         <v>1491</v>
       </c>
       <c r="G298" s="1">
-        <v>0.061</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="299">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B299" t="s">
         <v>1492</v>
       </c>
       <c r="C299" t="s">
         <v>1493</v>
       </c>
       <c r="D299" t="s">
         <v>1494</v>
       </c>
       <c r="E299" t="s">
         <v>1495</v>
       </c>
       <c r="F299" t="s">
         <v>1496</v>
       </c>
       <c r="G299" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="300">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B300" t="s">
         <v>1497</v>
       </c>
       <c r="C300" t="s">
         <v>1498</v>
       </c>
       <c r="D300" t="s">
         <v>1499</v>
       </c>
       <c r="E300" t="s">
         <v>1500</v>
       </c>
       <c r="F300" t="s">
         <v>1501</v>
       </c>
       <c r="G300" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="301">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B301" t="s">
         <v>1502</v>
       </c>
       <c r="C301" t="s">
         <v>1503</v>
       </c>
       <c r="D301" t="s">
         <v>1504</v>
       </c>
       <c r="E301" t="s">
         <v>1505</v>
       </c>
       <c r="F301" t="s">
         <v>1506</v>
       </c>
       <c r="G301" s="1">
-        <v>0.058</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="302">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B302" t="s">
         <v>1507</v>
       </c>
       <c r="C302" t="s">
         <v>1508</v>
       </c>
       <c r="D302" t="s">
         <v>1509</v>
       </c>
       <c r="E302" t="s">
         <v>1510</v>
       </c>
       <c r="F302" t="s">
         <v>1511</v>
       </c>
       <c r="G302" s="1">
-        <v>0.056</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="303">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B303" t="s">
         <v>1512</v>
       </c>
       <c r="C303" t="s">
         <v>1513</v>
       </c>
       <c r="D303" t="s">
         <v>1514</v>
       </c>
       <c r="E303" t="s">
         <v>1515</v>
       </c>
       <c r="F303" t="s">
         <v>1516</v>
       </c>
       <c r="G303" s="1">
-        <v>0.055</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="304">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B304" t="s">
         <v>1517</v>
       </c>
       <c r="C304" t="s">
         <v>1518</v>
       </c>
       <c r="D304" t="s">
         <v>1519</v>
       </c>
       <c r="E304" t="s">
         <v>1520</v>
       </c>
       <c r="F304" t="s">
         <v>1521</v>
       </c>
       <c r="G304" s="1">
-        <v>0.055</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="305">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B305" t="s">
         <v>1522</v>
       </c>
       <c r="C305" t="s">
         <v>1523</v>
       </c>
       <c r="D305" t="s">
         <v>1524</v>
       </c>
       <c r="E305" t="s">
         <v>1525</v>
       </c>
       <c r="F305" t="s">
         <v>1526</v>
       </c>
       <c r="G305" s="1">
-        <v>0.054</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="306">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B306" t="s">
         <v>1527</v>
       </c>
       <c r="C306" t="s">
         <v>1528</v>
       </c>
       <c r="D306" t="s">
         <v>1529</v>
       </c>
       <c r="E306" t="s">
         <v>1530</v>
       </c>
       <c r="F306" t="s">
         <v>1531</v>
       </c>
       <c r="G306" s="1">
-        <v>0.054</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="307">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B307" t="s">
         <v>1532</v>
       </c>
       <c r="C307" t="s">
         <v>1533</v>
       </c>
       <c r="D307" t="s">
         <v>1534</v>
       </c>
       <c r="E307" t="s">
         <v>1535</v>
       </c>
       <c r="F307" t="s">
         <v>1536</v>
       </c>
       <c r="G307" s="1">
-        <v>0.053</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="308">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B308" t="s">
         <v>1537</v>
       </c>
       <c r="C308" t="s">
         <v>1538</v>
       </c>
       <c r="D308" t="s">
         <v>1539</v>
       </c>
       <c r="E308" t="s">
         <v>1540</v>
       </c>
       <c r="F308" t="s">
         <v>1541</v>
       </c>
       <c r="G308" s="1">
-        <v>0.053</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="309">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B309" t="s">
         <v>1542</v>
       </c>
       <c r="C309" t="s">
         <v>1543</v>
       </c>
       <c r="D309" t="s">
         <v>1544</v>
       </c>
       <c r="E309" t="s">
         <v>1545</v>
       </c>
       <c r="F309" t="s">
         <v>1546</v>
       </c>
       <c r="G309" s="1">
-        <v>0.052</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="310">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B310" t="s">
         <v>1547</v>
       </c>
       <c r="C310" t="s">
         <v>1548</v>
       </c>
       <c r="D310" t="s">
         <v>1549</v>
       </c>
       <c r="E310" t="s">
         <v>1550</v>
       </c>
       <c r="F310" t="s">
         <v>1551</v>
       </c>
       <c r="G310" s="1">
-        <v>0.052</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="311">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B311" t="s">
         <v>1552</v>
       </c>
       <c r="C311" t="s">
         <v>1553</v>
       </c>
       <c r="D311" t="s">
         <v>1554</v>
       </c>
       <c r="E311" t="s">
         <v>1555</v>
       </c>
       <c r="F311" t="s">
         <v>1556</v>
       </c>
       <c r="G311" s="1">
-        <v>0.051</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="312">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B312" t="s">
         <v>1557</v>
       </c>
       <c r="C312" t="s">
         <v>1558</v>
       </c>
       <c r="D312" t="s">
         <v>1559</v>
       </c>
       <c r="E312" t="s">
         <v>1560</v>
       </c>
       <c r="F312" t="s">
         <v>1561</v>
       </c>
       <c r="G312" s="1">
-        <v>0.051</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="313">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B313" t="s">
         <v>1562</v>
       </c>
       <c r="C313" t="s">
         <v>1563</v>
       </c>
       <c r="D313" t="s">
         <v>1564</v>
       </c>
       <c r="E313" t="s">
         <v>1565</v>
       </c>
       <c r="F313" t="s">
         <v>1566</v>
       </c>
       <c r="G313" s="1">
-        <v>0.049</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="314">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B314" t="s">
         <v>1567</v>
       </c>
       <c r="C314" t="s">
         <v>1568</v>
       </c>
       <c r="D314" t="s">
         <v>1569</v>
       </c>
       <c r="E314" t="s">
         <v>1570</v>
       </c>
       <c r="F314" t="s">
         <v>1571</v>
       </c>
       <c r="G314" s="1">
-        <v>0.049</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="315">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B315" t="s">
         <v>1572</v>
       </c>
       <c r="C315" t="s">
         <v>1573</v>
       </c>
       <c r="D315" t="s">
         <v>1574</v>
       </c>
       <c r="E315" t="s">
         <v>1575</v>
       </c>
       <c r="F315" t="s">
         <v>1576</v>
       </c>
       <c r="G315" s="1">
-        <v>0.049</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="316">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B316" t="s">
         <v>1577</v>
       </c>
       <c r="C316" t="s">
         <v>1578</v>
       </c>
       <c r="D316" t="s">
         <v>1579</v>
       </c>
       <c r="E316" t="s">
         <v>1580</v>
       </c>
       <c r="F316" t="s">
         <v>1581</v>
       </c>
       <c r="G316" s="1">
-        <v>0.048</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="317">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B317" t="s">
         <v>1582</v>
       </c>
       <c r="C317" t="s">
         <v>1583</v>
       </c>
       <c r="D317" t="s">
         <v>1584</v>
       </c>
       <c r="E317" t="s">
         <v>1585</v>
       </c>
       <c r="F317" t="s">
         <v>1586</v>
       </c>
       <c r="G317" s="1">
-        <v>0.048</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="318">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B318" t="s">
         <v>1587</v>
       </c>
       <c r="C318" t="s">
         <v>1588</v>
       </c>
       <c r="D318" t="s">
         <v>1589</v>
       </c>
       <c r="E318" t="s">
         <v>1590</v>
       </c>
       <c r="F318" t="s">
         <v>1591</v>
       </c>
       <c r="G318" s="1">
         <v>0.048</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="319">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B319" t="s">
         <v>1592</v>
       </c>
       <c r="C319" t="s">
         <v>1593</v>
       </c>
       <c r="D319" t="s">
         <v>1594</v>
       </c>
       <c r="E319" t="s">
         <v>1595</v>
       </c>
       <c r="F319" t="s">
         <v>1596</v>
       </c>
       <c r="G319" s="1">
         <v>0.047</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="320">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B320" t="s">
         <v>1597</v>
       </c>
       <c r="C320" t="s">
         <v>1598</v>
       </c>
       <c r="D320" t="s">
         <v>1599</v>
       </c>
       <c r="E320" t="s">
         <v>1600</v>
       </c>
       <c r="F320" t="s">
         <v>1601</v>
       </c>
       <c r="G320" s="1">
-        <v>0.046</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="321">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B321" t="s">
         <v>1602</v>
       </c>
       <c r="C321" t="s">
         <v>1603</v>
       </c>
       <c r="D321" t="s">
         <v>1604</v>
       </c>
       <c r="E321" t="s">
         <v>1605</v>
       </c>
       <c r="F321" t="s">
         <v>1606</v>
       </c>
       <c r="G321" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="322">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B322" t="s">
         <v>1607</v>
       </c>
       <c r="C322" t="s">
         <v>1608</v>
       </c>
       <c r="D322" t="s">
         <v>1609</v>
       </c>
       <c r="E322" t="s">
         <v>1610</v>
       </c>
       <c r="F322" t="s">
         <v>1611</v>
       </c>
       <c r="G322" s="1">
-        <v>0.045</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="323">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B323" t="s">
         <v>1612</v>
       </c>
       <c r="C323" t="s">
         <v>1613</v>
       </c>
       <c r="D323" t="s">
         <v>1614</v>
       </c>
       <c r="E323" t="s">
         <v>1615</v>
       </c>
       <c r="F323" t="s">
         <v>1616</v>
       </c>
       <c r="G323" s="1">
-        <v>0.044</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="324">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B324" t="s">
         <v>1617</v>
       </c>
       <c r="C324" t="s">
         <v>1618</v>
       </c>
       <c r="D324" t="s">
         <v>1619</v>
       </c>
       <c r="E324" t="s">
         <v>1620</v>
       </c>
       <c r="F324" t="s">
         <v>1621</v>
       </c>
       <c r="G324" s="1">
-        <v>0.044</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="325">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B325" t="s">
         <v>1622</v>
       </c>
       <c r="C325" t="s">
         <v>1623</v>
       </c>
       <c r="D325" t="s">
         <v>1624</v>
       </c>
       <c r="E325" t="s">
         <v>1625</v>
       </c>
       <c r="F325" t="s">
         <v>1626</v>
       </c>
       <c r="G325" s="1">
         <v>0.044</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="326">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B326" t="s">
         <v>1627</v>
       </c>
       <c r="C326" t="s">
         <v>1628</v>
       </c>
       <c r="D326" t="s">
         <v>1629</v>
       </c>
       <c r="E326" t="s">
         <v>1630</v>
       </c>
       <c r="F326" t="s">
         <v>1631</v>
       </c>
       <c r="G326" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="327">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B327" t="s">
         <v>1632</v>
       </c>
       <c r="C327" t="s">
         <v>1633</v>
       </c>
       <c r="D327" t="s">
         <v>1634</v>
       </c>
       <c r="E327" t="s">
         <v>1635</v>
       </c>
       <c r="F327" t="s">
         <v>1636</v>
       </c>
       <c r="G327" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="328">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B328" t="s">
         <v>1637</v>
       </c>
       <c r="C328" t="s">
         <v>1638</v>
       </c>
       <c r="D328" t="s">
         <v>1639</v>
       </c>
       <c r="E328" t="s">
         <v>1640</v>
       </c>
       <c r="F328" t="s">
         <v>1641</v>
       </c>
       <c r="G328" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="329">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B329" t="s">
         <v>1642</v>
       </c>
       <c r="C329" t="s">
         <v>1643</v>
       </c>
       <c r="D329" t="s">
         <v>1644</v>
       </c>
       <c r="E329" t="s">
         <v>1645</v>
       </c>
       <c r="F329" t="s">
         <v>1646</v>
       </c>
       <c r="G329" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="330">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B330" t="s">
         <v>1647</v>
       </c>
       <c r="C330" t="s">
         <v>1648</v>
       </c>
       <c r="D330" t="s">
         <v>1649</v>
       </c>
       <c r="E330" t="s">
         <v>1650</v>
       </c>
       <c r="F330" t="s">
         <v>1651</v>
       </c>
       <c r="G330" s="1">
-        <v>0.04</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="331">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B331" t="s">
         <v>1652</v>
       </c>
       <c r="C331" t="s">
         <v>1653</v>
       </c>
       <c r="D331" t="s">
         <v>1654</v>
       </c>
       <c r="E331" t="s">
         <v>1655</v>
       </c>
       <c r="F331" t="s">
         <v>1656</v>
       </c>
       <c r="G331" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="332">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B332" t="s">
         <v>1657</v>
       </c>
       <c r="C332" t="s">
         <v>1658</v>
       </c>
       <c r="D332" t="s">
         <v>1659</v>
       </c>
       <c r="E332" t="s">
         <v>1660</v>
       </c>
       <c r="F332" t="s">
         <v>1661</v>
       </c>
       <c r="G332" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="333">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B333" t="s">
         <v>1662</v>
       </c>
       <c r="C333" t="s">
         <v>1663</v>
       </c>
       <c r="D333" t="s">
         <v>1664</v>
       </c>
       <c r="E333" t="s">
         <v>1665</v>
       </c>
       <c r="F333" t="s">
         <v>1666</v>
       </c>
       <c r="G333" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="334">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B334" t="s">
         <v>1667</v>
       </c>
       <c r="C334" t="s">
         <v>1668</v>
       </c>
       <c r="D334" t="s">
         <v>1669</v>
       </c>
       <c r="E334" t="s">
         <v>1670</v>
       </c>
       <c r="F334" t="s">
         <v>1671</v>
       </c>
       <c r="G334" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="335">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B335" t="s">
         <v>1672</v>
       </c>
       <c r="C335" t="s">
         <v>1673</v>
       </c>
       <c r="D335" t="s">
         <v>1674</v>
       </c>
       <c r="E335" t="s">
         <v>1675</v>
       </c>
       <c r="F335" t="s">
         <v>1676</v>
       </c>
       <c r="G335" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="336">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B336" t="s">
         <v>1677</v>
       </c>
       <c r="C336" t="s">
         <v>1678</v>
       </c>
       <c r="D336" t="s">
         <v>1679</v>
       </c>
       <c r="E336" t="s">
         <v>1680</v>
       </c>
       <c r="F336" t="s">
         <v>1681</v>
       </c>
       <c r="G336" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="337">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B337" t="s">
         <v>1682</v>
       </c>
       <c r="C337" t="s">
         <v>1683</v>
       </c>
       <c r="D337" t="s">
         <v>1684</v>
       </c>
       <c r="E337" t="s">
         <v>1685</v>
       </c>
       <c r="F337" t="s">
         <v>1686</v>
       </c>
       <c r="G337" s="1">
-        <v>0.037</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="338">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B338" t="s">
         <v>1687</v>
       </c>
       <c r="C338" t="s">
         <v>1688</v>
       </c>
       <c r="D338" t="s">
         <v>1689</v>
       </c>
       <c r="E338" t="s">
         <v>1690</v>
       </c>
       <c r="F338" t="s">
         <v>1691</v>
       </c>
       <c r="G338" s="1">
-        <v>0.037</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="339">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B339" t="s">
         <v>1692</v>
       </c>
       <c r="C339" t="s">
         <v>1693</v>
       </c>
       <c r="D339" t="s">
         <v>1694</v>
       </c>
       <c r="E339" t="s">
         <v>1695</v>
       </c>
       <c r="F339" t="s">
         <v>1696</v>
       </c>
       <c r="G339" s="1">
-        <v>0.037</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="340">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B340" t="s">
         <v>1697</v>
       </c>
       <c r="C340" t="s">
         <v>1698</v>
       </c>
       <c r="D340" t="s">
         <v>1699</v>
       </c>
       <c r="E340" t="s">
         <v>1700</v>
       </c>
       <c r="F340" t="s">
         <v>1701</v>
       </c>
       <c r="G340" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="341">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B341" t="s">
         <v>1702</v>
       </c>
       <c r="C341" t="s">
         <v>1703</v>
       </c>
       <c r="D341" t="s">
         <v>1704</v>
       </c>
       <c r="E341" t="s">
         <v>1705</v>
       </c>
       <c r="F341" t="s">
         <v>1706</v>
       </c>
       <c r="G341" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="342">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B342" t="s">
         <v>1707</v>
       </c>
       <c r="C342" t="s">
         <v>1708</v>
       </c>
       <c r="D342" t="s">
         <v>1709</v>
       </c>
       <c r="E342" t="s">
         <v>1710</v>
       </c>
       <c r="F342" t="s">
         <v>1711</v>
       </c>
       <c r="G342" s="1">
         <v>0.035</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="343">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B343" t="s">
         <v>1712</v>
       </c>
       <c r="C343" t="s">
         <v>1713</v>
       </c>
       <c r="D343" t="s">
         <v>1714</v>
       </c>
       <c r="E343" t="s">
         <v>1715</v>
       </c>
       <c r="F343" t="s">
         <v>1716</v>
       </c>
       <c r="G343" s="1">
-        <v>0.034</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="344">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B344" t="s">
         <v>1717</v>
       </c>
       <c r="C344" t="s">
         <v>1718</v>
       </c>
       <c r="D344" t="s">
         <v>1719</v>
       </c>
       <c r="E344" t="s">
         <v>1720</v>
       </c>
       <c r="F344" t="s">
         <v>1721</v>
       </c>
       <c r="G344" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="345">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B345" t="s">
         <v>1722</v>
       </c>
       <c r="C345" t="s">
         <v>1723</v>
       </c>
       <c r="D345" t="s">
         <v>1724</v>
       </c>
       <c r="E345" t="s">
         <v>1725</v>
       </c>
       <c r="F345" t="s">
         <v>1726</v>
       </c>
       <c r="G345" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="346">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B346" t="s">
         <v>1727</v>
       </c>
       <c r="C346" t="s">
         <v>1728</v>
       </c>
       <c r="D346" t="s">
         <v>1729</v>
       </c>
       <c r="E346" t="s">
         <v>1730</v>
       </c>
       <c r="F346" t="s">
         <v>1731</v>
       </c>
       <c r="G346" s="1">
-        <v>0.033</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="347">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B347" t="s">
         <v>1732</v>
       </c>
       <c r="C347" t="s">
         <v>1733</v>
       </c>
       <c r="D347" t="s">
         <v>1734</v>
       </c>
       <c r="E347" t="s">
         <v>1735</v>
       </c>
       <c r="F347" t="s">
         <v>1736</v>
       </c>
       <c r="G347" s="1">
-        <v>0.033</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="348">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B348" t="s">
         <v>1737</v>
       </c>
       <c r="C348" t="s">
         <v>1738</v>
       </c>
       <c r="D348" t="s">
         <v>1739</v>
       </c>
       <c r="E348" t="s">
         <v>1740</v>
       </c>
       <c r="F348" t="s">
         <v>1741</v>
       </c>
       <c r="G348" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="349">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B349" t="s">
         <v>1742</v>
       </c>
       <c r="C349" t="s">
         <v>1743</v>
       </c>
       <c r="D349" t="s">
         <v>1744</v>
       </c>
       <c r="E349" t="s">
         <v>1745</v>
       </c>
       <c r="F349" t="s">
         <v>1746</v>
       </c>
       <c r="G349" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="350">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B350" t="s">
         <v>1747</v>
       </c>
       <c r="C350" t="s">
         <v>1748</v>
       </c>
       <c r="D350" t="s">
         <v>1749</v>
       </c>
       <c r="E350" t="s">
         <v>1750</v>
       </c>
       <c r="F350" t="s">
         <v>1751</v>
       </c>
       <c r="G350" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="351">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B351" t="s">
         <v>1752</v>
       </c>
       <c r="C351" t="s">
         <v>1753</v>
       </c>
       <c r="D351" t="s">
         <v>1754</v>
       </c>
       <c r="E351" t="s">
         <v>1755</v>
       </c>
       <c r="F351" t="s">
         <v>1756</v>
       </c>
       <c r="G351" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="352">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B352" t="s">
         <v>1757</v>
       </c>
       <c r="C352" t="s">
         <v>1758</v>
       </c>
       <c r="D352" t="s">
         <v>1759</v>
       </c>
       <c r="E352" t="s">
         <v>1760</v>
       </c>
       <c r="F352" t="s">
         <v>1761</v>
       </c>
       <c r="G352" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="353">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B353" t="s">
         <v>1762</v>
       </c>
       <c r="C353" t="s">
         <v>1763</v>
       </c>
       <c r="D353" t="s">
         <v>1764</v>
       </c>
       <c r="E353" t="s">
         <v>1765</v>
       </c>
       <c r="F353" t="s">
         <v>1766</v>
       </c>
       <c r="G353" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="354">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B354" t="s">
         <v>1767</v>
       </c>
       <c r="C354" t="s">
         <v>1768</v>
       </c>
       <c r="D354" t="s">
         <v>1769</v>
       </c>
       <c r="E354" t="s">
         <v>1770</v>
       </c>
       <c r="F354" t="s">
         <v>1771</v>
       </c>
       <c r="G354" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="355">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B355" t="s">
         <v>1772</v>
       </c>
       <c r="C355" t="s">
         <v>1773</v>
       </c>
       <c r="D355" t="s">
         <v>1774</v>
       </c>
       <c r="E355" t="s">
         <v>1775</v>
       </c>
       <c r="F355" t="s">
         <v>1776</v>
       </c>
       <c r="G355" s="1">
         <v>0.031</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="356">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B356" t="s">
         <v>1777</v>
       </c>
       <c r="C356" t="s">
         <v>1778</v>
       </c>
       <c r="D356" t="s">
         <v>1779</v>
       </c>
       <c r="E356" t="s">
         <v>1780</v>
       </c>
       <c r="F356" t="s">
         <v>1781</v>
       </c>
       <c r="G356" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="357">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B357" t="s">
         <v>1782</v>
       </c>
       <c r="C357" t="s">
         <v>1783</v>
       </c>
       <c r="D357" t="s">
         <v>1784</v>
       </c>
       <c r="E357" t="s">
         <v>1785</v>
       </c>
       <c r="F357" t="s">
         <v>1786</v>
       </c>
       <c r="G357" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="358">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B358" t="s">
         <v>1787</v>
       </c>
       <c r="C358" t="s">
         <v>1788</v>
       </c>
       <c r="D358" t="s">
         <v>1789</v>
       </c>
       <c r="E358" t="s">
         <v>1790</v>
       </c>
       <c r="F358" t="s">
         <v>1791</v>
       </c>
       <c r="G358" s="1">
-        <v>0.028</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="359">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B359" t="s">
         <v>1792</v>
       </c>
       <c r="C359" t="s">
         <v>1793</v>
       </c>
       <c r="D359" t="s">
         <v>1794</v>
       </c>
       <c r="E359" t="s">
         <v>1795</v>
       </c>
       <c r="F359" t="s">
         <v>1796</v>
       </c>
       <c r="G359" s="1">
-        <v>0.028</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="360">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B360" t="s">
         <v>1797</v>
       </c>
       <c r="C360" t="s">
         <v>1798</v>
       </c>
       <c r="D360" t="s">
         <v>1799</v>
       </c>
       <c r="E360" t="s">
         <v>1800</v>
       </c>
       <c r="F360" t="s">
         <v>1801</v>
       </c>
       <c r="G360" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="361">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B361" t="s">
         <v>1802</v>
       </c>
       <c r="C361" t="s">
         <v>1803</v>
       </c>
       <c r="D361" t="s">
         <v>1804</v>
       </c>
       <c r="E361" t="s">
         <v>1805</v>
       </c>
       <c r="F361" t="s">
         <v>1806</v>
       </c>
       <c r="G361" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="362">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B362" t="s">
         <v>1807</v>
       </c>
       <c r="C362" t="s">
         <v>1808</v>
       </c>
       <c r="D362" t="s">
         <v>1809</v>
       </c>
       <c r="E362" t="s">
         <v>1810</v>
       </c>
       <c r="F362" t="s">
         <v>1811</v>
       </c>
       <c r="G362" s="1">
-        <v>0.027</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="363">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B363" t="s">
         <v>1812</v>
       </c>
       <c r="C363" t="s">
         <v>1813</v>
       </c>
       <c r="D363" t="s">
         <v>1814</v>
       </c>
       <c r="E363" t="s">
         <v>1815</v>
       </c>
       <c r="F363" t="s">
         <v>1816</v>
       </c>
       <c r="G363" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="364">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B364" t="s">
         <v>1817</v>
       </c>
       <c r="C364" t="s">
         <v>1818</v>
       </c>
       <c r="D364" t="s">
         <v>1819</v>
       </c>
       <c r="E364" t="s">
         <v>1820</v>
       </c>
       <c r="F364" t="s">
         <v>1821</v>
       </c>
       <c r="G364" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="365">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B365" t="s">
         <v>1822</v>
       </c>
       <c r="C365" t="s">
         <v>1823</v>
       </c>
       <c r="D365" t="s">
         <v>1824</v>
       </c>
       <c r="E365" t="s">
         <v>1825</v>
       </c>
       <c r="F365" t="s">
         <v>1826</v>
       </c>
       <c r="G365" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="366">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B366" t="s">
         <v>1827</v>
       </c>
       <c r="C366" t="s">
         <v>1828</v>
       </c>
       <c r="D366" t="s">
         <v>1829</v>
       </c>
       <c r="E366" t="s">
         <v>1830</v>
       </c>
       <c r="F366" t="s">
         <v>1831</v>
       </c>
       <c r="G366" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="367">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B367" t="s">
         <v>1832</v>
       </c>
       <c r="C367" t="s">
         <v>1833</v>
       </c>
       <c r="D367" t="s">
         <v>1834</v>
       </c>
       <c r="E367" t="s">
         <v>1835</v>
       </c>
       <c r="F367" t="s">
         <v>1836</v>
       </c>
       <c r="G367" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="368">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B368" t="s">
         <v>1837</v>
       </c>
       <c r="C368" t="s">
         <v>1838</v>
       </c>
       <c r="D368" t="s">
         <v>1839</v>
       </c>
       <c r="E368" t="s">
         <v>1840</v>
       </c>
       <c r="F368" t="s">
         <v>1841</v>
       </c>
       <c r="G368" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="369">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B369" t="s">
         <v>1842</v>
       </c>
       <c r="C369" t="s">
         <v>1843</v>
       </c>
       <c r="D369" t="s">
         <v>1844</v>
       </c>
       <c r="E369" t="s">
         <v>1845</v>
       </c>
       <c r="F369" t="s">
         <v>1846</v>
       </c>
       <c r="G369" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="370">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B370" t="s">
         <v>1847</v>
       </c>
       <c r="C370" t="s">
         <v>1848</v>
       </c>
       <c r="D370" t="s">
         <v>1849</v>
       </c>
       <c r="E370" t="s">
         <v>1850</v>
       </c>
       <c r="F370" t="s">
         <v>1851</v>
       </c>
       <c r="G370" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="371">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B371" t="s">
         <v>1852</v>
       </c>
       <c r="C371" t="s">
         <v>1853</v>
       </c>
       <c r="D371" t="s">
         <v>1854</v>
       </c>
       <c r="E371" t="s">
         <v>1855</v>
       </c>
       <c r="F371" t="s">
         <v>1856</v>
       </c>
       <c r="G371" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="372">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B372" t="s">
         <v>1857</v>
       </c>
       <c r="C372" t="s">
         <v>1858</v>
       </c>
       <c r="D372" t="s">
         <v>1859</v>
       </c>
       <c r="E372" t="s">
         <v>1860</v>
       </c>
       <c r="F372" t="s">
         <v>1861</v>
       </c>
       <c r="G372" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="373">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B373" t="s">
         <v>1862</v>
       </c>
       <c r="C373" t="s">
         <v>1863</v>
       </c>
       <c r="D373" t="s">
         <v>1864</v>
       </c>
       <c r="E373" t="s">
         <v>1865</v>
       </c>
       <c r="F373" t="s">
         <v>1866</v>
       </c>
       <c r="G373" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="374">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B374" t="s">
         <v>1867</v>
       </c>
       <c r="C374" t="s">
         <v>1868</v>
       </c>
       <c r="D374" t="s">
         <v>1869</v>
       </c>
       <c r="E374" t="s">
         <v>1870</v>
       </c>
       <c r="F374" t="s">
         <v>1871</v>
       </c>
       <c r="G374" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="375">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B375" t="s">
         <v>1872</v>
       </c>
       <c r="C375" t="s">
         <v>1873</v>
       </c>
       <c r="D375" t="s">
         <v>1874</v>
       </c>
       <c r="E375" t="s">
         <v>1875</v>
       </c>
       <c r="F375" t="s">
         <v>1876</v>
       </c>
       <c r="G375" s="1">
         <v>0.025</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="376">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B376" t="s">
         <v>1877</v>
       </c>
       <c r="C376" t="s">
         <v>1878</v>
       </c>
       <c r="D376" t="s">
         <v>1879</v>
       </c>
       <c r="E376" t="s">
         <v>1880</v>
       </c>
       <c r="F376" t="s">
         <v>1881</v>
       </c>
       <c r="G376" s="1">
         <v>0.025</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="377">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B377" t="s">
         <v>1882</v>
       </c>
       <c r="C377" t="s">
         <v>1883</v>
       </c>
       <c r="D377" t="s">
         <v>1884</v>
       </c>
       <c r="E377" t="s">
         <v>1885</v>
       </c>
       <c r="F377" t="s">
         <v>1886</v>
       </c>
       <c r="G377" s="1">
         <v>0.025</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="378">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B378" t="s">
         <v>1887</v>
       </c>
       <c r="C378" t="s">
         <v>1888</v>
       </c>
       <c r="D378" t="s">
         <v>1889</v>
       </c>
       <c r="E378" t="s">
         <v>1890</v>
       </c>
       <c r="F378" t="s">
         <v>1891</v>
       </c>
       <c r="G378" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="379">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B379" t="s">
         <v>1892</v>
       </c>
       <c r="C379" t="s">
         <v>1893</v>
       </c>
       <c r="D379" t="s">
         <v>1894</v>
       </c>
       <c r="E379" t="s">
         <v>1895</v>
       </c>
       <c r="F379" t="s">
         <v>1896</v>
       </c>
       <c r="G379" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="380">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B380" t="s">
         <v>1897</v>
       </c>
       <c r="C380" t="s">
         <v>1898</v>
       </c>
       <c r="D380" t="s">
         <v>1899</v>
       </c>
       <c r="E380" t="s">
         <v>1900</v>
       </c>
       <c r="F380" t="s">
         <v>1901</v>
       </c>
       <c r="G380" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="381">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B381" t="s">
         <v>1902</v>
       </c>
       <c r="C381" t="s">
         <v>1903</v>
       </c>
       <c r="D381" t="s">
         <v>1904</v>
       </c>
       <c r="E381" t="s">
         <v>1905</v>
       </c>
       <c r="F381" t="s">
         <v>1906</v>
       </c>
       <c r="G381" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="382">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B382" t="s">
         <v>1907</v>
       </c>
       <c r="C382" t="s">
         <v>1908</v>
       </c>
       <c r="D382" t="s">
         <v>1909</v>
       </c>
       <c r="E382" t="s">
         <v>1910</v>
       </c>
       <c r="F382" t="s">
         <v>1911</v>
       </c>
       <c r="G382" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="383">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B383" t="s">
         <v>1912</v>
       </c>
       <c r="C383" t="s">
         <v>1913</v>
       </c>
       <c r="D383" t="s">
         <v>1914</v>
       </c>
       <c r="E383" t="s">
         <v>1915</v>
       </c>
       <c r="F383" t="s">
         <v>1916</v>
       </c>
       <c r="G383" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="384">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B384" t="s">
         <v>1917</v>
       </c>
       <c r="C384" t="s">
         <v>1918</v>
       </c>
       <c r="D384" t="s">
         <v>1919</v>
       </c>
       <c r="E384" t="s">
         <v>1920</v>
       </c>
       <c r="F384" t="s">
         <v>1921</v>
       </c>
       <c r="G384" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="385">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B385" t="s">
         <v>1922</v>
       </c>
       <c r="C385" t="s">
         <v>1923</v>
       </c>
       <c r="D385" t="s">
         <v>1924</v>
       </c>
       <c r="E385" t="s">
         <v>1925</v>
       </c>
       <c r="F385" t="s">
         <v>1926</v>
       </c>
       <c r="G385" s="1">
         <v>0.023</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="386">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B386" t="s">
         <v>1927</v>
       </c>
       <c r="C386" t="s">
         <v>1928</v>
       </c>
       <c r="D386" t="s">
         <v>1929</v>
       </c>
       <c r="E386" t="s">
         <v>1930</v>
       </c>
       <c r="F386" t="s">
         <v>1931</v>
       </c>
       <c r="G386" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="387">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B387" t="s">
         <v>1932</v>
       </c>
       <c r="C387" t="s">
         <v>1933</v>
       </c>
       <c r="D387" t="s">
         <v>1934</v>
       </c>
       <c r="E387" t="s">
         <v>1935</v>
       </c>
       <c r="F387" t="s">
         <v>1936</v>
       </c>
       <c r="G387" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="388">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B388" t="s">
         <v>1937</v>
       </c>
       <c r="C388" t="s">
         <v>1938</v>
       </c>
       <c r="D388" t="s">
         <v>1939</v>
       </c>
       <c r="E388" t="s">
         <v>1940</v>
       </c>
       <c r="F388" t="s">
         <v>1941</v>
       </c>
       <c r="G388" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="389">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B389" t="s">
         <v>1942</v>
       </c>
       <c r="C389" t="s">
         <v>1943</v>
       </c>
       <c r="D389" t="s">
         <v>1944</v>
       </c>
       <c r="E389" t="s">
         <v>1945</v>
       </c>
       <c r="F389" t="s">
         <v>1946</v>
       </c>
       <c r="G389" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="390">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B390" t="s">
         <v>1947</v>
       </c>
       <c r="C390" t="s">
         <v>1948</v>
       </c>
       <c r="D390" t="s">
         <v>1949</v>
       </c>
       <c r="E390" t="s">
         <v>1950</v>
       </c>
       <c r="F390" t="s">
         <v>1951</v>
       </c>
       <c r="G390" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="391">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B391" t="s">
         <v>1952</v>
       </c>
       <c r="C391" t="s">
         <v>1953</v>
       </c>
       <c r="D391" t="s">
         <v>1954</v>
       </c>
       <c r="E391" t="s">
         <v>1955</v>
       </c>
       <c r="F391" t="s">
         <v>1956</v>
       </c>
       <c r="G391" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="392">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B392" t="s">
         <v>1957</v>
       </c>
       <c r="C392" t="s">
         <v>1958</v>
       </c>
       <c r="D392" t="s">
         <v>1959</v>
       </c>
       <c r="E392" t="s">
         <v>1960</v>
       </c>
       <c r="F392" t="s">
         <v>1961</v>
       </c>
       <c r="G392" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="393">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B393" t="s">
         <v>1962</v>
       </c>
       <c r="C393" t="s">
         <v>1963</v>
       </c>
       <c r="D393" t="s">
         <v>1964</v>
       </c>
       <c r="E393" t="s">
         <v>1965</v>
       </c>
       <c r="F393" t="s">
         <v>1966</v>
       </c>
       <c r="G393" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="394">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B394" t="s">
         <v>1967</v>
       </c>
       <c r="C394" t="s">
         <v>1968</v>
       </c>
       <c r="D394" t="s">
         <v>1969</v>
       </c>
       <c r="E394" t="s">
         <v>1970</v>
       </c>
       <c r="F394" t="s">
         <v>1971</v>
       </c>
       <c r="G394" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="395">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B395" t="s">
         <v>1972</v>
       </c>
       <c r="C395" t="s">
         <v>1973</v>
       </c>
       <c r="D395" t="s">
         <v>1974</v>
       </c>
       <c r="E395" t="s">
         <v>1975</v>
       </c>
       <c r="F395" t="s">
         <v>1976</v>
       </c>
       <c r="G395" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="396">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B396" t="s">
         <v>1977</v>
       </c>
       <c r="C396" t="s">
         <v>1978</v>
       </c>
       <c r="D396" t="s">
         <v>1979</v>
       </c>
       <c r="E396" t="s">
         <v>1980</v>
       </c>
       <c r="F396" t="s">
         <v>1981</v>
       </c>
       <c r="G396" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="397">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B397" t="s">
         <v>1982</v>
       </c>
       <c r="C397" t="s">
         <v>1983</v>
       </c>
       <c r="D397" t="s">
         <v>1984</v>
       </c>
       <c r="E397" t="s">
         <v>1985</v>
       </c>
       <c r="F397" t="s">
         <v>1986</v>
       </c>
       <c r="G397" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="398">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B398" t="s">
         <v>1987</v>
       </c>
       <c r="C398" t="s">
         <v>1988</v>
       </c>
       <c r="D398" t="s">
         <v>1989</v>
       </c>
       <c r="E398" t="s">
         <v>1990</v>
       </c>
       <c r="F398" t="s">
         <v>1991</v>
       </c>
       <c r="G398" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="399">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B399" t="s">
         <v>1992</v>
       </c>
       <c r="C399" t="s">
         <v>1993</v>
       </c>
       <c r="D399" t="s">
         <v>1994</v>
       </c>
       <c r="E399" t="s">
         <v>1995</v>
       </c>
       <c r="F399" t="s">
         <v>1996</v>
       </c>
       <c r="G399" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="400">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B400" t="s">
         <v>1997</v>
       </c>
       <c r="C400" t="s">
         <v>1998</v>
       </c>
       <c r="D400" t="s">
         <v>1999</v>
       </c>
       <c r="E400" t="s">
         <v>2000</v>
       </c>
       <c r="F400" t="s">
         <v>2001</v>
       </c>
       <c r="G400" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="401">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B401" t="s">
         <v>2002</v>
       </c>
       <c r="C401" t="s">
         <v>2003</v>
       </c>
       <c r="D401" t="s">
         <v>2004</v>
       </c>
       <c r="E401" t="s">
         <v>2005</v>
       </c>
       <c r="F401" t="s">
         <v>2006</v>
       </c>
       <c r="G401" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="402">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B402" t="s">
         <v>2007</v>
       </c>
       <c r="C402" t="s">
         <v>2008</v>
       </c>
       <c r="D402" t="s">
         <v>2009</v>
       </c>
       <c r="E402" t="s">
         <v>2010</v>
       </c>
       <c r="F402" t="s">
         <v>2011</v>
       </c>
       <c r="G402" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="403">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B403" t="s">
         <v>2012</v>
       </c>
       <c r="C403" t="s">
         <v>2013</v>
       </c>
       <c r="D403" t="s">
         <v>2014</v>
       </c>
       <c r="E403" t="s">
         <v>2015</v>
       </c>
       <c r="F403" t="s">
         <v>2016</v>
       </c>
       <c r="G403" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="404">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B404" t="s">
         <v>2017</v>
       </c>
       <c r="C404" t="s">
         <v>2018</v>
       </c>
       <c r="D404" t="s">
         <v>2019</v>
       </c>
       <c r="E404" t="s">
         <v>2020</v>
       </c>
       <c r="F404" t="s">
         <v>2021</v>
       </c>
       <c r="G404" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="405">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B405" t="s">
         <v>2022</v>
       </c>
       <c r="C405" t="s">
         <v>2023</v>
       </c>
       <c r="D405" t="s">
         <v>2024</v>
       </c>
       <c r="E405" t="s">
         <v>2025</v>
       </c>
       <c r="F405" t="s">
         <v>2026</v>
       </c>
       <c r="G405" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="406">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B406" t="s">
         <v>2027</v>
       </c>
       <c r="C406" t="s">
         <v>2028</v>
       </c>
       <c r="D406" t="s">
         <v>2029</v>
       </c>
       <c r="E406" t="s">
         <v>2030</v>
       </c>
       <c r="F406" t="s">
         <v>2031</v>
       </c>
       <c r="G406" s="1">
         <v>0.018</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="407">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B407" t="s">
         <v>2032</v>
       </c>
       <c r="C407" t="s">
         <v>2033</v>
       </c>
       <c r="D407" t="s">
         <v>2034</v>
       </c>
       <c r="E407" t="s">
         <v>2035</v>
       </c>
       <c r="F407" t="s">
         <v>2036</v>
       </c>
       <c r="G407" s="1">
         <v>0.018</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="408">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B408" t="s">
         <v>2037</v>
       </c>
       <c r="C408" t="s">
         <v>2038</v>
       </c>
       <c r="D408" t="s">
         <v>2039</v>
       </c>
       <c r="E408" t="s">
         <v>2040</v>
       </c>
       <c r="F408" t="s">
         <v>2041</v>
       </c>
       <c r="G408" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="409">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B409" t="s">
         <v>2042</v>
       </c>
       <c r="C409" t="s">
         <v>2043</v>
       </c>
       <c r="D409" t="s">
         <v>2044</v>
       </c>
       <c r="E409" t="s">
         <v>2045</v>
       </c>
       <c r="F409" t="s">
         <v>2046</v>
       </c>
       <c r="G409" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="410">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B410" t="s">
         <v>2047</v>
       </c>
       <c r="C410" t="s">
         <v>2048</v>
       </c>
       <c r="D410" t="s">
         <v>2049</v>
       </c>
       <c r="E410" t="s">
         <v>2050</v>
       </c>
       <c r="F410" t="s">
         <v>2051</v>
       </c>
       <c r="G410" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="411">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B411" t="s">
         <v>2052</v>
       </c>
       <c r="C411" t="s">
         <v>2053</v>
       </c>
       <c r="D411" t="s">
         <v>2054</v>
       </c>
       <c r="E411" t="s">
         <v>2055</v>
       </c>
       <c r="F411" t="s">
         <v>2056</v>
       </c>
       <c r="G411" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="412">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B412" t="s">
         <v>2057</v>
       </c>
       <c r="C412" t="s">
         <v>2058</v>
       </c>
       <c r="D412" t="s">
         <v>2059</v>
       </c>
       <c r="E412" t="s">
         <v>2060</v>
       </c>
       <c r="F412" t="s">
         <v>2061</v>
       </c>
       <c r="G412" s="1">
-        <v>0.017</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="413">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B413" t="s">
         <v>2062</v>
       </c>
       <c r="C413" t="s">
         <v>2063</v>
       </c>
       <c r="D413" t="s">
         <v>2064</v>
       </c>
       <c r="E413" t="s">
         <v>2065</v>
       </c>
       <c r="F413" t="s">
         <v>2066</v>
       </c>
       <c r="G413" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="414">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B414" t="s">
         <v>2067</v>
       </c>
       <c r="C414" t="s">
         <v>2068</v>
       </c>
       <c r="D414" t="s">
         <v>2069</v>
       </c>
       <c r="E414" t="s">
         <v>2070</v>
       </c>
       <c r="F414" t="s">
         <v>2071</v>
       </c>
       <c r="G414" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="415">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B415" t="s">
         <v>2072</v>
       </c>
       <c r="C415" t="s">
         <v>2073</v>
       </c>
       <c r="D415" t="s">
         <v>2074</v>
       </c>
       <c r="E415" t="s">
         <v>2075</v>
       </c>
       <c r="F415" t="s">
         <v>2076</v>
       </c>
       <c r="G415" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="416">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B416" t="s">
         <v>2077</v>
       </c>
       <c r="C416" t="s">
         <v>2078</v>
       </c>
       <c r="D416" t="s">
         <v>2079</v>
       </c>
       <c r="E416" t="s">
         <v>2080</v>
       </c>
       <c r="F416" t="s">
         <v>2081</v>
       </c>
       <c r="G416" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="417">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B417" t="s">
         <v>2082</v>
       </c>
       <c r="C417" t="s">
         <v>2083</v>
       </c>
       <c r="D417" t="s">
         <v>2084</v>
       </c>
       <c r="E417" t="s">
         <v>2085</v>
       </c>
       <c r="F417" t="s">
         <v>2086</v>
       </c>
       <c r="G417" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="418">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B418" t="s">
         <v>2087</v>
       </c>
       <c r="C418" t="s">
         <v>2088</v>
       </c>
       <c r="D418" t="s">
         <v>2089</v>
       </c>
       <c r="E418" t="s">
         <v>2090</v>
       </c>
       <c r="F418" t="s">
         <v>2091</v>
       </c>
       <c r="G418" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="419">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B419" t="s">
         <v>2092</v>
       </c>
       <c r="C419" t="s">
         <v>2093</v>
       </c>
       <c r="D419" t="s">
         <v>2094</v>
       </c>
       <c r="E419" t="s">
         <v>2095</v>
       </c>
       <c r="F419" t="s">
         <v>2096</v>
       </c>
       <c r="G419" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="420">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B420" t="s">
         <v>2097</v>
       </c>
       <c r="C420" t="s">
         <v>2098</v>
       </c>
       <c r="D420" t="s">
         <v>2099</v>
       </c>
       <c r="E420" t="s">
         <v>2100</v>
       </c>
       <c r="F420" t="s">
         <v>2101</v>
       </c>
       <c r="G420" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="421">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B421" t="s">
         <v>2102</v>
       </c>
       <c r="C421" t="s">
         <v>2103</v>
       </c>
       <c r="D421" t="s">
         <v>2104</v>
       </c>
       <c r="E421" t="s">
         <v>2105</v>
       </c>
       <c r="F421" t="s">
         <v>2106</v>
       </c>
       <c r="G421" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="422">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B422" t="s">
         <v>2107</v>
       </c>
       <c r="C422" t="s">
         <v>2108</v>
       </c>
       <c r="D422" t="s">
         <v>2109</v>
       </c>
       <c r="E422" t="s">
         <v>2110</v>
       </c>
       <c r="F422" t="s">
         <v>2111</v>
       </c>
       <c r="G422" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="423">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B423" t="s">
         <v>2112</v>
       </c>
       <c r="C423" t="s">
         <v>2113</v>
       </c>
       <c r="D423" t="s">
         <v>2114</v>
       </c>
       <c r="E423" t="s">
         <v>2115</v>
       </c>
       <c r="F423" t="s">
         <v>2116</v>
       </c>
       <c r="G423" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="424">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B424" t="s">
         <v>2117</v>
       </c>
       <c r="C424" t="s">
         <v>2118</v>
       </c>
       <c r="D424" t="s">
         <v>2119</v>
       </c>
       <c r="E424" t="s">
         <v>2120</v>
       </c>
       <c r="F424" t="s">
         <v>2121</v>
       </c>
       <c r="G424" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="425">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B425" t="s">
         <v>2122</v>
       </c>
       <c r="C425" t="s">
         <v>2123</v>
       </c>
       <c r="D425" t="s">
         <v>2124</v>
       </c>
       <c r="E425" t="s">
         <v>2125</v>
       </c>
       <c r="F425" t="s">
         <v>2126</v>
       </c>
       <c r="G425" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="426">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B426" t="s">
         <v>2127</v>
       </c>
       <c r="C426" t="s">
         <v>2128</v>
       </c>
       <c r="D426" t="s">
         <v>2129</v>
       </c>
       <c r="E426" t="s">
         <v>2130</v>
       </c>
       <c r="F426" t="s">
         <v>2131</v>
       </c>
       <c r="G426" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="427">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B427" t="s">
         <v>2132</v>
       </c>
       <c r="C427" t="s">
         <v>2133</v>
       </c>
       <c r="D427" t="s">
         <v>2134</v>
       </c>
       <c r="E427" t="s">
         <v>2135</v>
       </c>
       <c r="F427" t="s">
         <v>2136</v>
       </c>
       <c r="G427" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="428">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B428" t="s">
         <v>2137</v>
       </c>
       <c r="C428" t="s">
         <v>2138</v>
       </c>
       <c r="D428" t="s">
         <v>2139</v>
       </c>
       <c r="E428" t="s">
         <v>2140</v>
       </c>
       <c r="F428" t="s">
         <v>2141</v>
       </c>
       <c r="G428" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="429">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B429" t="s">
         <v>2142</v>
       </c>
       <c r="C429" t="s">
         <v>2143</v>
       </c>
       <c r="D429" t="s">
         <v>2144</v>
       </c>
       <c r="E429" t="s">
         <v>2145</v>
       </c>
       <c r="F429" t="s">
         <v>2146</v>
       </c>
       <c r="G429" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="430">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B430" t="s">
         <v>2147</v>
       </c>
       <c r="C430" t="s">
         <v>2148</v>
       </c>
       <c r="D430" t="s">
         <v>2149</v>
       </c>
       <c r="E430" t="s">
         <v>2150</v>
       </c>
       <c r="F430" t="s">
         <v>2151</v>
       </c>
       <c r="G430" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="431">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B431" t="s">
         <v>2152</v>
       </c>
       <c r="C431" t="s">
         <v>2153</v>
       </c>
       <c r="D431" t="s">
         <v>2154</v>
       </c>
       <c r="E431" t="s">
         <v>2155</v>
       </c>
       <c r="F431" t="s">
         <v>2156</v>
       </c>
       <c r="G431" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="432">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B432" t="s">
         <v>2157</v>
       </c>
       <c r="C432" t="s">
         <v>2158</v>
       </c>
       <c r="D432" t="s">
         <v>2159</v>
       </c>
       <c r="E432" t="s">
         <v>2160</v>
       </c>
       <c r="F432" t="s">
         <v>2161</v>
       </c>
       <c r="G432" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="433">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B433" t="s">
         <v>2162</v>
       </c>
       <c r="C433" t="s">
         <v>2163</v>
       </c>
       <c r="D433" t="s">
         <v>2164</v>
       </c>
       <c r="E433" t="s">
         <v>2165</v>
       </c>
       <c r="F433" t="s">
         <v>2166</v>
       </c>
       <c r="G433" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="434">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B434" t="s">
         <v>2167</v>
       </c>
       <c r="C434" t="s">
         <v>2168</v>
       </c>
       <c r="D434" t="s">
         <v>2169</v>
       </c>
       <c r="E434" t="s">
         <v>2170</v>
       </c>
       <c r="F434" t="s">
         <v>2171</v>
       </c>
       <c r="G434" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="435">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B435" t="s">
         <v>2172</v>
       </c>
       <c r="C435" t="s">
         <v>2173</v>
       </c>
       <c r="D435" t="s">
         <v>2174</v>
       </c>
       <c r="E435" t="s">
         <v>2175</v>
       </c>
       <c r="F435" t="s">
         <v>2176</v>
       </c>
       <c r="G435" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="436">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B436" t="s">
         <v>2177</v>
       </c>
       <c r="C436" t="s">
         <v>2178</v>
       </c>
       <c r="D436" t="s">
         <v>2179</v>
       </c>
       <c r="E436" t="s">
         <v>2180</v>
       </c>
       <c r="F436" t="s">
         <v>2181</v>
       </c>
       <c r="G436" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="437">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B437" t="s">
         <v>2182</v>
       </c>
       <c r="C437" t="s">
         <v>2183</v>
       </c>
       <c r="D437" t="s">
         <v>2184</v>
       </c>
       <c r="E437" t="s">
         <v>2185</v>
       </c>
       <c r="F437" t="s">
         <v>2186</v>
       </c>
       <c r="G437" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="438">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B438" t="s">
         <v>2187</v>
       </c>
       <c r="C438" t="s">
         <v>2188</v>
       </c>
       <c r="D438" t="s">
         <v>2189</v>
       </c>
       <c r="E438" t="s">
         <v>2190</v>
       </c>
       <c r="F438" t="s">
         <v>2191</v>
       </c>
       <c r="G438" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="439">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B439" t="s">
         <v>2192</v>
       </c>
       <c r="C439" t="s">
         <v>2193</v>
       </c>
       <c r="D439" t="s">
         <v>2194</v>
       </c>
       <c r="E439" t="s">
         <v>2195</v>
       </c>
       <c r="F439" t="s">
         <v>2196</v>
       </c>
       <c r="G439" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="440">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B440" t="s">
         <v>2197</v>
       </c>
       <c r="C440" t="s">
         <v>2198</v>
       </c>
       <c r="D440" t="s">
         <v>2199</v>
       </c>
       <c r="E440" t="s">
         <v>2200</v>
       </c>
       <c r="F440" t="s">
         <v>2201</v>
       </c>
       <c r="G440" s="1">
-        <v>0.01</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="441">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B441" t="s">
         <v>2202</v>
       </c>
       <c r="C441" t="s">
         <v>2203</v>
       </c>
       <c r="D441" t="s">
         <v>2204</v>
       </c>
       <c r="E441" t="s">
         <v>2205</v>
       </c>
       <c r="F441" t="s">
         <v>2206</v>
       </c>
       <c r="G441" s="1">
-        <v>0.009</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="442">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B442" t="s">
         <v>2207</v>
       </c>
       <c r="C442" t="s">
         <v>2208</v>
       </c>
       <c r="D442" t="s">
         <v>2209</v>
       </c>
       <c r="E442" t="s">
         <v>2210</v>
       </c>
       <c r="F442" t="s">
         <v>2211</v>
       </c>
       <c r="G442" s="1">
-        <v>0.009</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="443">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B443" t="s">
         <v>2212</v>
       </c>
       <c r="C443" t="s">
         <v>2213</v>
       </c>
       <c r="D443" t="s">
         <v>2214</v>
       </c>
       <c r="E443" t="s">
         <v>2215</v>
       </c>
       <c r="F443" t="s">
         <v>2216</v>
       </c>
       <c r="G443" s="1">
-        <v>0.009</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="444">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B444" t="s">
         <v>2217</v>
       </c>
       <c r="C444" t="s">
         <v>2218</v>
       </c>
       <c r="D444" t="s">
         <v>2219</v>
       </c>
       <c r="E444" t="s">
         <v>2220</v>
       </c>
       <c r="F444" t="s">
         <v>2221</v>
       </c>
       <c r="G444" s="1">
-        <v>0.007</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="445">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B445" t="s">
         <v>2222</v>
       </c>
       <c r="C445" t="s">
         <v>2223</v>
       </c>
       <c r="D445" t="s">
         <v>2224</v>
       </c>
       <c r="E445" t="s">
         <v>2225</v>
       </c>
       <c r="F445" t="s">
         <v>2226</v>
       </c>
       <c r="G445" s="1">
-        <v>0.006</v>
-[...114 lines deleted...]
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>