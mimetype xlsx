--- v0 (2026-01-10)
+++ v1 (2026-03-16)
@@ -13,1076 +13,1136 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="382">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
+    <t xml:space="preserve">SWEDISH GOVERNMENT 0.5% 24.11.2045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015193313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
     <t xml:space="preserve">STADSHYPOTEK AB 2% 01.09.2028</t>
   </si>
   <si>
     <t xml:space="preserve">SE0011062892</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">SWEDISH GOVERNMENT 0.5% 24.11.2045</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">SE0015193313</t>
+    <t xml:space="preserve">KOMMUNINVEST I SVERIGE 3.25% 12.11.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0019764143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KOMMUNINVEST I SVERIGE 0.75% 12.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015660139</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
     <t xml:space="preserve">NORDEA HYPOTEK AB 1% 16.06.2027</t>
   </si>
   <si>
     <t xml:space="preserve">SE0013358447</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">KOMMUNINVEST I SVERIGE 3.25% 12.11.2029</t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">SWEDISH COVERED BOND 1% 12.06.2030</t>
   </si>
   <si>
     <t xml:space="preserve">SE0013486156</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
+    <t xml:space="preserve">ENITY BANK GROUP AB FRN 19.11.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020356350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
     <t xml:space="preserve">INVESTOR AB 7.5% 04.04.2033</t>
   </si>
   <si>
     <t xml:space="preserve">XS0166323682</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">ENITY BANK GROUP AB FRN 19.11.2027</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">SE0020356350</t>
+    <t xml:space="preserve">SKANDINAVISKA ENSKILDA FRN 03.11.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2713309107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KOMMUNINVEST I SVERIGE 3.25% 12.06.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0021923786</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANSKE HYPOTEK AB 3.5% 20.12.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020053767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKTIA BANK FRN 14.06.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2783626638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LANSFORSAKRINGAR BANK 01.03.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013105350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STOREBRAND LIVSFORSIKRING FRN 17.12.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0013334912</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RINGKJOEBING LANDBOBANK FRN 01.04.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3040417498</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OP CORPORATE BANK PLC FRN 03.03.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3172345541</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEDISH COVERED BOND 0.75% 09.06.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015243423</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATKRAFT 3.21% 17.09.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2903423411</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPARBANKEN SKANE FRN 29.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013104924</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AL SYDBANK FRN 25.04.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2754409816</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANSKE BANK A/S FRN 23.08.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2826731932</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIBE INDUSTRIER AB 4.973% 01.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013884301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENITY BANK GROUP AB FRN 22.08.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0021512928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINNEVIK AB FRN 23.11.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013360534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIHLBORGS FASTIGHETER AB FRN 13.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013884897</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
     <t xml:space="preserve">BORGO AB FRN 26.05.2028</t>
   </si>
   <si>
     <t xml:space="preserve">SE0013361078</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">SKANDINAVISKA ENSKILDA FRN 03.11.2033</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">NO0013334912</t>
+    <t xml:space="preserve">SPARBANKEN SYD FRN 03.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020356368</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AFRY AB FRN 01.12.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013883337</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENITY BANK GROUP AB FRN 20.10.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0016274153</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRENUM (CP) 2026-3-16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0026800278</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LANSFORSAKRINGAR BANK FRN 12.05.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013362506</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKANDINAVISKA ENSKILDA 03.11.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2713297419</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIBE INDUSTRIER AB 4.245% 05.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0021512704</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RINGKJOEBING LANDBOBANK FRN 08.07.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3111006295</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRENUM  (CP) 2026-02-18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0026526956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIBE INDUSTRIER AB FRN 01.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013884319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEDISH GOVERNMENT 2.25% 11.05.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0021308541</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AFRY AB FRN 27.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013884798</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEDISH GOVERNMENT 1.75% 11.11.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017830730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIHLBORGS FASTIGHETER AB FRN 03.05.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013361540</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIBE INDUSTRIER AB FRN 01.12.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020356475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FASTIGHETS AB STENVALVET FRN 11.12.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0023440300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUFVUDSTADEN FASTIGH AB 3.64% 05.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013361805</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIHLBORGS FASTIGHETER AB FRN 19.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0023314117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LANDSHYPOTEK BANK AB FRN 15.08.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017071442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIHLBORGS FASTIGHETER AB FRN 19.03.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013884657</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINNEVIK AB FRN 23.11.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013360542</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEMSO FASTIGHETS AB 3.05% 18.01.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1753822672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIBE INDUSTRIER AB FRN 01.12.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020356459</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FASTIGHETS AB STENVALVET FRN 30.06.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013360336</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEMSO FASTIGHETS AB 2.975% 25.10.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1897296007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FASTIGHETS AB STENVALVET FRN 27.09.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013885183</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEDBANK AB 09.06.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2633856674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKANSKA FINL SERVICES AB 4.843% 24.11.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020356426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LANSFORSAKRINGAR BANK FRN 01.03.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013105343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIHLBORGS FASTIGHETER AB FRN 04.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013885902</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WIHLBORGS FASTIGHETER AB FRN 24.01.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013885423</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRENUM  (CP) 2026-05-12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0027397340</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BORGO AB FRN 27.08.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013361839</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AFRY AB 4.798% 27.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013884616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATRIUM LJUNGBERG AB 5.855% 25.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013361185</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWEDISH GOVERNMENT 3.5% 30.03.2039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0002829192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FASTIGHETS AB STENVALVET FRN 26.06.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017780612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIBE INDUSTRIER AB 4.578% 01.12.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020356483</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRYG FORSIKRING FRN 02.01.2056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0030554183</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENITY BANK GROUP AB FRN 04.03.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013361243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKANDINAVISKA ENSKILDA FRN 03.12.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3085607243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DNB BANK FRN 23.05.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0012850629</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">SWEDISH COVERED BOND 0.75% 09.06.2032</t>
-[...763 lines deleted...]
-  <si>
     <t xml:space="preserve">LANSFORSAKRINGAR BANK FRN 15.03.2028</t>
   </si>
   <si>
     <t xml:space="preserve">XS2597905491</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
+    <t xml:space="preserve">AFRY AB FRN 25.05.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013884160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
     <t xml:space="preserve">TRATON FINANCE LUX SA FRN 21.01.2030</t>
   </si>
   <si>
     <t xml:space="preserve">DE000A3L77Z6</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Luxemburg </t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">Sverige </t>
   </si>
   <si>
     <t xml:space="preserve">DNB BANK 1.598% 17.02.2032</t>
   </si>
   <si>
     <t xml:space="preserve">XS2408967375</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
     <t xml:space="preserve">SWEDISH GOVERNMENT 2.25% 01.06.2032</t>
   </si>
   <si>
     <t xml:space="preserve">SE0004517290</t>
   </si>
   <si>
     <t xml:space="preserve">Obligationer</t>
   </si>
@@ -1135,55 +1195,59 @@
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -1552,1678 +1616,1770 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>12.982</v>
+        <v>14.024</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>12.594</v>
+        <v>13.142</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>8.626</v>
+        <v>8.735</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>8.622</v>
+        <v>8.548</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>8.452</v>
+        <v>7.273</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>4.738</v>
+        <v>4.805</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>2.603</v>
+        <v>2.806</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>2.574</v>
+        <v>2.632</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>2.242</v>
+        <v>2.115</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>2.115</v>
+        <v>1.965</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>1.982</v>
+        <v>1.942</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>1.85</v>
+        <v>1.853</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>1.789</v>
+        <v>1.459</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>1.698</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>1.423</v>
+        <v>1.208</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>1.245</v>
+        <v>1.205</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>1.209</v>
+        <v>1.198</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>1.18</v>
+        <v>1.195</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>1.166</v>
+        <v>1.167</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>1.139</v>
+        <v>1.135</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>1.087</v>
+        <v>1.131</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>1.085</v>
+        <v>1.099</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>1.056</v>
+        <v>1.066</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.032</v>
+        <v>0.975</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.966</v>
+        <v>0.967</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.966</v>
+        <v>0.957</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.911</v>
+        <v>0.908</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.892</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.857</v>
+        <v>0.858</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.842</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.765</v>
+        <v>0.772</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.726</v>
+        <v>0.735</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.647</v>
+        <v>0.656</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.619</v>
+        <v>0.553</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.562</v>
+        <v>0.511</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.506</v>
+        <v>0.469</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.464</v>
+        <v>0.417</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.414</v>
+        <v>0.416</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.412</v>
+        <v>0.401</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.402</v>
+        <v>0.396</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.397</v>
+        <v>0.367</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.363</v>
+        <v>0.345</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.278</v>
+        <v>0.303</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.276</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.268</v>
+        <v>0.278</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.231</v>
+        <v>0.277</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.224</v>
+        <v>0.271</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.222</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.206</v>
+        <v>0.224</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.204</v>
+        <v>0.224</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.178</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.173</v>
+        <v>0.207</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.156</v>
+        <v>0.206</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.129</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.127</v>
+        <v>0.175</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.127</v>
+        <v>0.172</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.093</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.092</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.088</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.085</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.068</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.051</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.043</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.035</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.017</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.017</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.017</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.017</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.015</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45989</v>
+        <v>46052</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="73">
+        <v>46052</v>
+      </c>
+      <c r="B73" t="s">
+        <v>362</v>
+      </c>
+      <c r="C73" t="s">
+        <v>363</v>
+      </c>
+      <c r="D73" t="s">
+        <v>364</v>
+      </c>
+      <c r="E73" t="s">
+        <v>365</v>
+      </c>
+      <c r="F73" t="s">
+        <v>366</v>
+      </c>
+      <c r="G73" s="1">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="74">
+        <v>46052</v>
+      </c>
+      <c r="B74" t="s">
+        <v>367</v>
+      </c>
+      <c r="C74" t="s">
+        <v>368</v>
+      </c>
+      <c r="D74" t="s">
+        <v>369</v>
+      </c>
+      <c r="E74" t="s">
+        <v>370</v>
+      </c>
+      <c r="F74" t="s">
+        <v>371</v>
+      </c>
+      <c r="G74" s="1">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="75">
+        <v>46052</v>
+      </c>
+      <c r="B75" t="s">
+        <v>372</v>
+      </c>
+      <c r="C75" t="s">
+        <v>373</v>
+      </c>
+      <c r="D75" t="s">
+        <v>374</v>
+      </c>
+      <c r="E75" t="s">
+        <v>375</v>
+      </c>
+      <c r="F75" t="s">
+        <v>376</v>
+      </c>
+      <c r="G75" s="1">
+        <v>0.015</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="76">
+        <v>46052</v>
+      </c>
+      <c r="B76" t="s">
+        <v>377</v>
+      </c>
+      <c r="C76" t="s">
+        <v>378</v>
+      </c>
+      <c r="D76" t="s">
+        <v>379</v>
+      </c>
+      <c r="E76" t="s">
+        <v>380</v>
+      </c>
+      <c r="F76" t="s">
+        <v>381</v>
+      </c>
+      <c r="G76" s="1">
         <v>0.008</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">