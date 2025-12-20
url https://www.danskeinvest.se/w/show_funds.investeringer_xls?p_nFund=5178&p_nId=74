--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -13,17081 +13,17021 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5682" uniqueCount="5682">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5662" uniqueCount="5662">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">NVIDIA Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US67066G1040</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Apple Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0378331005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Microsoft Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US5949181045</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Apple Inc.</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Amazon.com Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US0231351067</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Broadcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US11135F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alphabet Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alphabet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K1079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Meta Platforms Inc. A</t>
   </si>
   <si>
     <t xml:space="preserve">US30303M1027</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Broadcom Inc.</t>
-[...43 lines deleted...]
-  <si>
     <t xml:space="preserve">Tesla Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US88160R1014</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">JPMorgan Chase &amp; Co.</t>
   </si>
   <si>
     <t xml:space="preserve">US46625H1005</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Eli Lilly &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5324571083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Berkshire Hathaway Inc. B</t>
   </si>
   <si>
     <t xml:space="preserve">US0846707026</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Visa Inc. A</t>
   </si>
   <si>
     <t xml:space="preserve">US92826C8394</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Eli Lilly &amp; Co.</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">USA </t>
+    <t xml:space="preserve">TotalEnergies SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
     <t xml:space="preserve">Netflix Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US64110L1061</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Mastercard Inc. A</t>
   </si>
   <si>
     <t xml:space="preserve">US57636Q1040</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">TotalEnergies SE</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FR0000120271</t>
+    <t xml:space="preserve">Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4781601046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walmart Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9311421039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palantir Technologies Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US69608A1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US68389X1054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eni SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003132476</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advanced Micro Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0079031078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Costco Wholesale Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22160K1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML Holding NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010273215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of America Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0605051046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Electric Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3696043013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AbbVie Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00287Y1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Home Depot Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4370761029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RTX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75513E1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Procter &amp; Gamble Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7427181091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UnitedHealth Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91324P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wells Fargo &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9497461015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cisco Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US17275R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Whitecap Resources Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA96467A2002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1912161007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Business Machines Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4592001014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caterpillar Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1491231015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nestle S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0038863350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AstraZeneca Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0009895292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salesforce Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US79466L3024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novartis AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012005267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BP Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007980591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goldman Sachs Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US38141G1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HSBC Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005405286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Micron Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5951121038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Express Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0258161092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roche Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012032048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAP SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007164600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walt Disney Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2546871060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abbott Laboratories</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0028241000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58933Y1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siemens AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007236101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McDonald's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5801351017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thermo Fisher Scientific Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8835561023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shopify Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA82509L1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7800871021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Linde Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000S9YS762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PepsiCo Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7134481081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citigroup Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1729674242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tenaris S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU2598331598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Morgan Stanley</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6174464486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lam Research Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5128073062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuitive Surgical Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46120E6023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toyota Motor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3633400001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUALCOMM Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7475251036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ServiceNow Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81762P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuit Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4612021034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uber Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90353T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commonwealth Bank of Australia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CBA7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Applied Materials Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0382221051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NextEra Energy Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US65339F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT&amp;T Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00206R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi UFJ Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3902900004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verizon Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GE Vernova Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36828A1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intel Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4581401001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amphenol Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0320951017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Booking Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09857L1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arista Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0404132054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoftBank Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436100006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital One Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14040H1059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charles Schwab Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8085131055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackrock Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09290D1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boston Scientific Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011371077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rolls-Royce Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B63H8491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unilever Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B10RZP78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725401090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hitachi Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3788600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accenture Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amgen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311621009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;P Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78409V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLA Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4824801009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eaton Corp. Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B8KQN827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allianz SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008404005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iberdrola S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0144580Y14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LVMH Moet Hennessy Louis Vuitton SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">Walmart Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">IT0003132476</t>
+    <t xml:space="preserve">Novo Nordisk B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0062498333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schneider Electric SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121972</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco Santander S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113900J37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palo Alto Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6974351057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911605092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Texas Instruments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8825081040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilead Sciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3755581036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pfizer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7170811035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AppLovin Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03831W1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adobe Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00724F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TransDigm Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8936411003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Progressive Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7433151039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lowe's Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5486611073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union Pacific Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9078181081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danaher Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2358511028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crowdstrike Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22788C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stryker Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8636671013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atmos Energy Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0495601058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Welltower Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US95040Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Howmet Aerospace Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4432011082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABB Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012221716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UBS Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0244767585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McKesson Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58155Q1031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medtronic Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BTN1Y115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Energy Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US21037T1097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deere &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2441991054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chubb Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0044328745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air Liquide S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Analog Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0326541051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prologis Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74340W1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Automatic Data Processing Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0530151036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMETEK Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311001004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cameco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA13321L1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantest Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3122400009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco Bilbao Vizcaya Argentaria S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113211835</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parker-Hannifin Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7010941042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zurich Insurance Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0011075394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanofi S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comcast Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US20030N1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MercadoLibre Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58733R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agnico Eagle Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0084741085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackstone Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09260D1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robinhood Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7707001027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L'Oreal S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000069689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Exelon Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30161N1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CME Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12572Q1058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spotify Technology S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1778762911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rheinmetall AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007030009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cie Financiere Richemont S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0210483332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T-Mobile US Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725901040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEICO Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4228062083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Mitsui Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3890350006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entergy Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29364G1031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVS Health Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1266501006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trane Technologies Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BK9ZQ967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bristol-Myers Squibb Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1101221083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enel SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003128367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Italien </t>
   </si>
   <si>
-    <t xml:space="preserve">Bank of America Corp.</t>
-[...77 lines deleted...]
-    <t xml:space="preserve">CA96467A2002</t>
+    <t xml:space="preserve">National Grid Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BDR05C01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertex Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92532F1003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snowflake Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8334451098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UniCredit SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005239360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Texas Pacific Land Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88262P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3M Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88579Y1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consolidated Edison Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2091151041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EssilorLuxottica S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Heavy Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3900000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Newmont Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6516391066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Telekom AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005557508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US94106L1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sempra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8168511090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emerson Electric Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2910111044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marsh &amp; McLennan Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5717481023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokyo Electron Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3571400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadence Design Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1273871087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HCA Healthcare Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US40412C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Starbucks Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8552441094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westpac Banking Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WBC1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rio Tinto Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007188757</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nintendo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3756600007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sherwin-Williams Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8243481061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA11271J1075</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Palantir Technologies Inc. A</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">NL0010273215</t>
+    <t xml:space="preserve">Bank of Montreal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0636711016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prosus NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0013654783</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Holland </t>
   </si>
   <si>
-    <t xml:space="preserve">UnitedHealth Group Inc.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">CH0012005267</t>
+    <t xml:space="preserve">DoorDash Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US25809K1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Australia Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000NAB4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of New York Mellon Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0640581007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intercontinental Exchange Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45866F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3898400001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Tower Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03027X1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equinix Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29444U7000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siemens Energy AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000ENER6Y0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cloudflare Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US18915M1071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong &amp; China Gas Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0003000038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marvell Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5738741041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intesa Sanpaolo SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000072618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mondelez International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6092071058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DBS Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1L01001701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loews Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5404241086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cummins Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2310211063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illinois Tool Works Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4523081093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Motors Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US37045V1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">O'Reilly Automotive Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US67103H1077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of Nova Scotia/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0641491075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mizuho Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3885780001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barclays Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031348658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Public Service Enterprise Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7445731067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLP1HW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AXA S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120628</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIKE Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6541061031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">US Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9029733048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertiv Holdings Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92537N1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Caribbean Cruises Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LR0008862868</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevance Health Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0367521038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Imperial Bank of Commerce</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1360691010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong Exchanges &amp; Clearing Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0388045442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnson Controls International plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BY7QL619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC Financial Services Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6934751057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moody's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6153691059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RELX Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B2B0DG97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ING Groep NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011821202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinci S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BNP Paribas S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000131104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muenchener Rueckversicherungs-Gesellschaft AG in M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008430026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Steel Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3381000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arthur J Gallagher &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3635761097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KKR &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US48251W1045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Travelers Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89417E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corning Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2193501051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synopsys Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8716071076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITOCHU Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3143600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quanta Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74762E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecolab Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2788651006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRH Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0001827041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TE Connectivity Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000IVNQZ81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Parcel Service Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9113121068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cintas Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1729081059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hilton Worldwide Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US43300A2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Axon Enterprise Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US05464C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1264081035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keyence Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3236200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANZ Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ANZ3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cigna Group/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1255231003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lloyds Banking Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0008706128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strategy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5949724083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cencora Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03073E1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokio Marine Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3910660004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9628791027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motorola Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6200763075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cardinal Health Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14149Y1082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoetis Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98978V1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coinbase Global Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US19260Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marriott International Inc/MD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5719032022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aflac Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0010551028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlas Copco AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017486897</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regeneron Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75886F1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fast Retailing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802300008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Republic Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7607591002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROBLOX Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7710491033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Recruit Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3970300004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Engie S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010208488</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Pacific Kansas City Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA13646K1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Truist Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89832Q1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Bank AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005140008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danone S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120644</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rio Tinto Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000RIO1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autodesk Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0527691069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AutoZone Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0533321024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norfolk Southern Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6558441084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air Products and Chemicals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0091581068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PACCAR Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6937181088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PayPal Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US70450Y1038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wesfarmers Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WES1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NatWest Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BM8PJY71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FedEx Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31428X1063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neste Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009013296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sea Ltd. A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81141R1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allstate Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0200021014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synchrony Financial</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US87165B1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ford Motor Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3453708600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warner Bros Discovery Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9344231041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Utilities Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1367178326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hermes International SCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000052292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">London Stock Exchange Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0SWJX34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortinet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realty Income Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7561091049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alnylam Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02043Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Becton Dickinson &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0758871091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Digital Realty Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2538681030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon Property Group Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8288061091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">State Street Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8574771031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MetLife Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US59156R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Airbnb Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0090661010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Re AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0126881561</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CHF</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz </t>
   </si>
   <si>
-    <t xml:space="preserve">Nestle S.A.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CH0038863350</t>
+    <t xml:space="preserve">American International Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0268747849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEXX Laboratories Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45168D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colgate-Palmolive Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1941621039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian National Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1363751027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">E.ON SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000ENAG999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shin-Etsu Chemical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3371200001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSL Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CSL8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seagate Technology Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BKVD2N49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apollo Global Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03769M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KDDI Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3496400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manulife Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA56501R1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Rentals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9113631090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WW Grainger Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3848021040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anheuser-Busch InBev SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0974293251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockwell Automation Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7739031091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monster Beverage Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US61174X1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legrand S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010307819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Electric Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3902400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Workday Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98138H1014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Software Inc/Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA21037X1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Markel Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5705351048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macquarie Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MQG1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Compass Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BD6K4575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thales S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PG&amp;E Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US69331C1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoya Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3837800006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nordea Bank Abp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000297767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roper Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7766961061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edwards Lifesciences Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US28176E1082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diageo Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0002374006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ross Stores Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7782961038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investor AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015811963</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Western Digital Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9581021055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LPL Financial Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US50212V1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSCI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US55354G1004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3i Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1YW4409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTU Aero Engines AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A0D9PT0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NXP Semiconductors NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0009538784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferguson Enterprises Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31488V1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrier Global Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14448C1045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JFE Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3386030005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M&amp;T Bank Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US55261F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007100000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dell Technologies Inc. C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US24703L2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corteva Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22052L1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hartford Insurance Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4165151048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hydro One Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4488112083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastenal Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3119001044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Connections Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA94106B1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SSE Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007908733</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nucor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6703461052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kellanova</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4878361082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Electronic Arts Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2855121099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arch Capital Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG0450A1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monolithic Power Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6098391054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Take-Two Interactive Software Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8740541094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BASF SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000BASF111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Public Storage (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74460D1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Datadog Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US23804L1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Target Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US87612E1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3733000008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xylem Inc/NY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98419M1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Takeda Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3463000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eversource Energy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30040W1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoftBank Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3732000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cincinnati Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1720621010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tesco Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BLGZ9862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westinghouse Air Brake Technologies Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9297401088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goodman Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000GMG2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veolia Environnement S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000124141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reckitt Benckiser Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B24CGK77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nasdaq Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6311031081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ameriprise Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03076C1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBRE Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12504L1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Givaudan S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010645932</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CHF</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz </t>
   </si>
   <si>
-    <t xml:space="preserve">BP Plc</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">GB0007980591</t>
+    <t xml:space="preserve">Kroger Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5010441013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infineon Technologies AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006231004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chipotle Mexican Grill Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1696561059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kinross Gold Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4969024047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoFi Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83406F1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anglo American Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BTK05J60</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Salesforce Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">GB0009895292</t>
+    <t xml:space="preserve">Interactive Brokers Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45841N1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Copart Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2172041061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teledyne Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8793601050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haleon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMX86B70</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Abbott Laboratories</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">DE0007164600</t>
+    <t xml:space="preserve">Deutsche Boerse AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005810055</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Goldman Sachs Group Inc/The</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">IE000S9YS762</t>
+    <t xml:space="preserve">Fujitsu Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3818000006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Honda Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3854600008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reliance Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7595091023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DuPont de Nemours Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US26614N1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sysco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8718291078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Technologies Engineering Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1F60858221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oversea-Chinese Banking Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1S04926220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Societe Generale S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000130809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crown Castle Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22822V1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Citizens BancShares Inc/NC A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31946M1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cognizant Technology Solutions Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1924461023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Block Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8522341036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prudential Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7443201022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060079531</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holcim AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012214059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Volvo AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000115446</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kimberly-Clark Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4943681035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transurban Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TCL6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">eBay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2786421030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">W R Berkley Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0844231029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6330671034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Willis Towers Watson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BDB6Q211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fair Isaac Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3032501047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paychex Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7043261079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adyen NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0012969182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vulcan Materials Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9291601097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leonardo SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003856405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrari NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011585146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiichi Sankyo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3475350009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin Marietta Materials Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5732841060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcon AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0432492467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keurig Dr Pepper Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49271V1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hubbell Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4435106079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ingersoll Rand Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45687V1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otis Worldwide Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US68902V1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alimentation Couche-Tard Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA01626P1484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fox Corp. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US35137L2043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raymond James Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7547301090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Post AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005552004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fiserv Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3377381088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollarama Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA25675T1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VICI Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9256521090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yum! Brands Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9884981013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CaixaBank S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0140609019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Standard Chartered Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0004082847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AECOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00766T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Celestica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA15101Q2071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veeva Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9224751084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koninklijke Ahold Delhaize NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011794037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Experian Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B19NLV48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lonza Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0013841017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDP S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTEDP0AM0009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steel Dynamics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8581191009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huntington Bancshares Inc/OH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4461501045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flutter Entertainment Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BWT6H894</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ResMed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7611521078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liberty Media Corp-Liberty Formula One</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5312297550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortescue Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000FMG4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argenx SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010832176</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Humana Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4448591028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000133308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dassault Aviation S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014004L86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ventas Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92276F1003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edison International</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2810201077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NTT Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3735400008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marubeni Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3877600001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Endesa S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0130670112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GE HealthCare Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36266G1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Murata Manufacturing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3914400001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DR Horton Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US23331A1097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PPG Industries Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6935061076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMCOR Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29084Q1004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsui OSK Lines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3362700001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Life Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8667961053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrovial SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015001FS8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MongoDB Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US60937P1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Mills Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3703341046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fujikura Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3811000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zscaler Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98980G1022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Star Resources Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000NST8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aeon Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3388200002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garmin Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0114405324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bayerische Motoren Werke AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005190003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bayer AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000BAY0017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carvana Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1468691027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1247651088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prudential Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007099541</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norsk Hydro ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0005052605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sika AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0418792922</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ares Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03990B1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IQVIA Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46266C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intact Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45823T1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidelity National Information Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31620M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keysight Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49338L1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agilent Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00846U1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KBC Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003565737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chugai Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3519400000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saab AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0021921269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hewlett Packard Enterprise Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US42824C1099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Komatsu Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3304200003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verisk Analytics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92345Y1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Water Works Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0304201033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rocket Lab Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7731211089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fairfax Financial Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3039011026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nutrien Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA67077M1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daikin Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3481800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Everest Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG3223R1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Disco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3548600000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank Hapoalim BM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0006625771</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Life Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0014852781</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenvue Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49177J1025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandoz Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1243598427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carnival Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA1436583006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skandinaviska Enskilda Banken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000148884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Bank</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010274414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kraft Heinz Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5007541064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Overseas Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M31001969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Yusen KK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3753000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tapestry Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8760301072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UCB S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003739530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSP Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA92938W2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CoStar Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22160N1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Microchip Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5950171042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terna - Rete Elettrica Nazionale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003242622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veralto Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92338C1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CF Industries Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1252691001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jabil Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4663131039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nokia Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009000681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commerzbank AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000CBK1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">APA Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000APA1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iron Mountain Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46284V1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Melrose Industries Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BNGDN821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brown &amp; Brown Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1152361010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity Residential (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29476L1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tractor Supply Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8923561067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fifth Third Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3167731005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Expedia Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30212P3038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Solar Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3364331070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kongsberg Gruppen ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0013536151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universal Music Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015000IY2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Broadridge Financial Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US11133T1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kao Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3205800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bridgestone Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3830800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MS&amp;AD Insurance Group Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3890310000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORIX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3200450009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swisscom AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008742519</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Extra Space Storage Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30225T1025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Twilio Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90138F1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dover Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2600031080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suzuki Motor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3397200001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assa Abloy AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0007100581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TDK Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3538800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Trust Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6658591044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mettler-Toledo International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5926881054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Power Corp. of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7392391016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Electric Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3407400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FANUC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802400006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Super Micro Computer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US86800U3023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashtead Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000536739</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank Leumi Le-Israel BM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0006046119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STERIS Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BFY8C754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortive Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RPM International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7496851038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AvalonBay Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0534841012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swedbank AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000242455</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seven &amp; i Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3422950000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DNB Bank ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010161896</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teck Resources Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8787422044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Telecommunications Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1T75931496</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panasonic Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3866800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Homes 4 Rent A (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02665T3068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citizens Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1746101054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Woolworths Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WOW2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heidelberg Materials AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006047004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erste Group Bank AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000652011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Österrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otsuka Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3188220002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlassian Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0494681010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Post Bank Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3946750001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Old Dominion Freight Line Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6795801009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Live Nation Entertainment Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5380341090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Darden Restaurants Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2371941053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hershey Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4278661081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regions Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7591EP1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sompo Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3165000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dai-ichi Life Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3476480003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teradyne Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8807701029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyler Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9022521051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CyberArk Software Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011334468</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hexagon AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015961909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loblaw Cos Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5394811015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kajima Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3210200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trimble Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8962391004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Redeia Corp. S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0173093024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ajinomoto Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3119600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HP Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US40434L1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vodafone Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BH4HKS39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cboe Global Markets Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12503M1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denso Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3551500006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quest Diagnostics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74834L1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ulta Beauty Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90384S3031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estee Lauder Cos Inc/The A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5184391044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Natera Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6323071042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Volkswagen AG (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007664039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsui Fudosan Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3893200000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pentair Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLS09M33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HubSpot Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4435731009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pure Storage Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74624M1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ArcelorMittal S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1598757687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leidos Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5253271028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Industria de Diseno Textil S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0148396007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wolters Kluwer NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000395903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evolution Mining Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000EVN4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Labcorp Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5049221055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASM International NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000334118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equifax Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2944291051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandvik AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000667891</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUJIFILM Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3814000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">adidas AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1EWWW0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Galderma Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1335392721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTC Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US69370C1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GoDaddy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3802371076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asahi Kasei Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3111200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novonesis Novozymes B B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060336014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BlueScope Steel Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000BSL0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teva Pharmaceutical Industries Ltd. (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8816242098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fresenius SE &amp; Co. KGaA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005785604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamos Gold Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0115321089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Las Vegas Sands Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5178341070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NVR Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US62944T1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollar General Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2566771059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aviva Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BPQY8M80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sino Land Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0083000502</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dexcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2521311074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vestas Wind Systems</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0061539921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AerCap Holdings NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000687663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insulet Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45784P1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOC Hong Kong Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK2388011192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Brands Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US21036P1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDW Corp/DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12514G1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SS&amp;C Technologies Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78467J1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brambles Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000BXB1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T Rowe Price Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74144T1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toyota Tsusho Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3635000007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VeriSign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gartner Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3666511072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oriental Land Co. Ltd/Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3198900007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thomson Reuters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8849038085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Astellas Pharma Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3942400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zimmer Biomet Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98956P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Post Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3752900005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nutanix Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US67059N1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schindler Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0024638196</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiwa House Industry Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3505000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trade Desk Inc/The A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88339J1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amadeus IT Group S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0109067019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chocoladefabriken Lindt &amp; Spruengli AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010570759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cie de Saint-Gobain S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QBE Insurance Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000QBE9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IHI Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3134800006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royalty Pharma Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMVP7Y09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Flavors &amp; Fragrances Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4595061015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reddit Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75734B1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canon Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3242800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yara International ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010208051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Global Payments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US37940X1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charter Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US16119P1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rollins Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7757111049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap-on Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8330341012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prysmian SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0004176001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koninklijke Philips NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000009538</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoom Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98980L1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aristocrat Leisure Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ALL7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dow Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2605571031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBA Communications Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78410G1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lundin Gold Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5503711080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McCormick &amp; Co. Inc/MD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5797802064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kering S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essential Utilities Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29670G1022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74251V1026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terumo Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3546800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Central Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3566800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pan American Silver Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6979001089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3162600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Next Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0032089863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3841091040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illumina Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4523271090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swire Pacific Ltd. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0019000162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Williams-Sonoma Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9699041011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lennar Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5260571048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Estate Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3899600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ON Semiconductor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6821891057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centene Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US15135B1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toyota Industries Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3634600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Credit Agricole S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000045072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Renesas Electronics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3164720009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amcor Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JE00BJ1F3079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Quantum Minerals Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3359341052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollar Tree Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2567461080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Mitsui Trust Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3892100003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi HC Capital Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3499800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toast Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8887871080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NetApp Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64110D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contact Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZCENE0001S6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hang Seng Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0011000095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LyondellBasell Industries NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0009434992</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">East Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3783600004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obayashi Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3190000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pinterest Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US72352L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Handelsbanken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0007100599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RB Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA74935Q1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BKW AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0130293662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lululemon Athletica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5500211090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyson Foods Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9024941034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equitable Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29452E1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomura Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3762600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Metal Mining Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3402600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Omnicom Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6819191064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIB Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BF0L3536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Church &amp; Dwight Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1713401024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Antofagasta Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000456144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taisei Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3443600006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mid-America Apartment Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US59522J1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">West Pharmaceutical Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9553061055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epiroc AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015658109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hologic Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4364401012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Hung Kai Properties Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0016000132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco de Sabadell S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113860A34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invitation Homes Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46187W1071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WP Carey Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92936U1097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cie Generale des Etablissements Michelin SCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR001400AJ45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regency Centers Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7588491032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boliden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020050417</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0030913577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Weyerhaeuser Co. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9621661043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scentre Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SCG8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Acciona S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0125220311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coles Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000030678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Asset Management Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1130041058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortum Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009007132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daimler Truck Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000DTR0CK8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Restaurant Brands International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA76131D1033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45167R1041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secom Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3421800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lundin Mining Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5503721063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KeyCorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4932671088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kyocera Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3249600002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tradeweb Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8926721064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AP Moller - Maersk A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010244425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Paper Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4601461035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aptiv Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JE00BTDN8H13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burlington Stores Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1220171060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heineken NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000009165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corpay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2199481068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resona Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3500610005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Partners Group Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0024608827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomura Research Institute Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3762800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Konami Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3300200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essex Property Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2971781057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Expeditors International of Washington Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3021301094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snam SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003153415</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geberit AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0030170408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koninklijke KPN NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000009082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deckers Outdoor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2435371073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nitto Denko Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3684000007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incyte Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45337C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3118000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACS Actividades de Construccion y Servicios S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0167050915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Therapeutics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91307C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nordson Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6556631025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legal &amp; General Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005603997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genuine Parts Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3724601055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bombardier Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0977518616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dynatrace Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2681501092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH Robinson Worldwide Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12541W2098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telefonaktiebolaget LM Ericsson B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000108656</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hannover Rueck SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008402215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Informa Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMJ6DW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mizrahi Tefahot Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0006954379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">F5 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3156161024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aena SME S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0105046017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">J M Smucker Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8326964058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capgemini SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125338</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSM-Firmenich AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1216478797</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Best Buy Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0865161014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beiersdorf AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005200000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Biogen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09062X1037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asahi Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3116000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telstra Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TLS2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampo Oyj A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000552500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shionogi &amp; Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3347200002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CGI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA12532H1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Affirm Holdings Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00827B1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bandai Namco Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3778630008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Link REIT (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0823032773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Packaging Corp. of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6951561090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8666741041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lennox International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5261071071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JB Hunt Transport Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4456581077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaming and Leisure Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36467J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meridian Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZMELE0002S7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gen Digital Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6687711084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PulteGroup Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7458671010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGS S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1256740924</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Techtronic Industries Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0669013440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sigma Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SIG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">InterContinental Hotels Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BHJYC057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rogers Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7751092007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Okta Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6792951054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NN Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010773842</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kone Oyj B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009013403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UDR Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9026531049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neurocrine Biosciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64125C1099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Futu Holdings Ltd. A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36118L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DraftKings Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US26142V1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Domino's Pizza Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US25754A2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">News Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US65249B1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Chemical Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3897700005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlisle Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1423391002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chocoladefabriken Lindt &amp; Spruengli AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010570767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metro Inc/CN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA59162N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suncorp Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SUN6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pearson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0006776081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cochlear Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000COH5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akamai Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00971T1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kawasaki Kisen Kaisha Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3223800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lasertec Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3979200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docusign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2561631068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watsco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9426222009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universal Health Services Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9139031002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidelity National Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31620R3030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alfa Laval AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000695876</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Logitech International S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0025751329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicinity Ltd. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000VCX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden Property Trust (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1331311027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CK Asset Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG2177B1014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexandria Real Estate Equities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0152711091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Galaxy Entertainment Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0027032686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cooper Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2166485019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clorox Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1890541097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity LifeStyle Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29472R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Olympus Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3201200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kimco Realty Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49446R1095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kuehne + Nagel International AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0025238863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Symrise AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000SYM9999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Financial Group Inc/OH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0259321042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpeak Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US42250P1030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bouygues S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marks &amp; Spencer Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031274896</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of Ireland Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BD1RP616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel Discount Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0006912120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Covestro AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A40KY26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AtkinsRealis Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA04764T1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aisin Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3102000001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlyle Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14316J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stantec Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA85472N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toray Industries Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3621000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Subaru Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3814800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kerry Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0004906560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stellantis NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL00150001Q9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insurance Australia Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000IAG3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKT Trust &amp; HKT Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000093390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Masco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5745991068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco BPM SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005218380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dick's Sporting Goods Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2533931026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wartsila Oyj Abp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009003727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIDEC CORP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3734800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halma Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0004052071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonova Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012549785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zillow Group Inc. C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98954M2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pan Pacific International Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3639650005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telenor ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010063308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obic Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3173400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eiffage S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000130452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Utilities Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B39J2M42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vonovia SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1ML7J1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Julius Baer Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0102484968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great-West Lifeco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA39138C1068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TransUnion</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89400J1079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orkla ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003733800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGH Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000364754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fisher &amp; Paykel Healthcare Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZFAPE0001S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Computershare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CPU5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stockland (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SGP0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Annaly Capital Management Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0357108390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong Land Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG4587L1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skanska AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000113250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ball Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0584981064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jack Henry &amp; Associates Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4262811015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABN AMRO Bank NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011540547</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zebra Technologies Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9892071054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GFL Environmental Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA36168Q1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toromont Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911021050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allegion plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BFRT3W74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elia Group SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003822393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kubota Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3266400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grab Holdings Ltd. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG4124C1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sekisui House Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3420600003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELUS Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87971M9969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Solventum Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83444M1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9418481035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FactSet Research Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3030751057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BXP Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011211018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crown Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2283681060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Realty &amp; Development Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3409000001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIS Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3104890003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola Europacific Partners Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BDCPN049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery Dennison Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0536111091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">George Weston Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9611485090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amrize Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1430134226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baloise Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012410517</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Owens Corning</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6907421019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Severn Trent Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paycom Software Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US70432V1026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evolution AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0012673267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SITC International Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG8187G1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T&amp;D Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3539220008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smith &amp; Nephew Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0009223206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE Semiconductor Industries NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0012866412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telia Co. AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000667925</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Builders FirstSource Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12008R1077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Renewable Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA11285B1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xero Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZXROE0001S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molson Coors Beverage Co. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US60871R2094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Admiral Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B02J6398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rentokil Initial Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B082RF11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smiths Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1WY2338</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Booz Allen Hamilton Holding Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0995021062</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Roche Holding AG</t>
   </si>
   <si>
-    <t xml:space="preserve">CH0012032048</t>
+    <t xml:space="preserve">CH0012032113</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CHF</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz </t>
   </si>
   <si>
-    <t xml:space="preserve">Walt Disney Co/The</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">GB0005405286</t>
+    <t xml:space="preserve">EMS-Chemie Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0016440353</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck KGaA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006599905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unibail-Rodamco-Westfield (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013326246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entegris Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29362U1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tryg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060636678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rivian Automotive Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US76954A1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kirin Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3258000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Magna International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5592224011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Check Point Software Technologies Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0010824113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Exchange Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3183200009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WiseTech Global Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WTC3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baxter International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0718131099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corebridge Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US21871X1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ivanhoe Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA46579R1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Building Fund Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3027670003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pandora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060252690</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Molina Healthcare Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US60855R1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Align Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0162551016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">West Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3659000008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASR Nederland NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011872643</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BioMarin Pharmaceutical Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09061G1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Albertsons Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0130911037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hensoldt AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000HAG0005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ageas SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0974264930</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rocket Cos Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US77311W1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VAT Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0311864901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiwa Securities Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3502200003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hormel Foods Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4404521001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smurfit WestRock Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00028FXN24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Prime Site AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008038389</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rakuten Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3967200001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Associated British Foods Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0006731235</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Merck &amp; Co. Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">DE0007236101</t>
+    <t xml:space="preserve">Straumann Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1175448666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TMX Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87262K1057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LY Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3933800009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Segro Plc (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B5ZN1N88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Sanso Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3711600001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBI Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436120004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Generali</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000062072</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Tire Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1366812024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coloplast B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060448595</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iA Financial Corp. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45075E1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saputo Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8029121057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonic Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SHL7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEA Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006602006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Royal Bank of Canada</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CA7800871021</t>
+    <t xml:space="preserve">Akzo Nobel NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0013267909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG960071028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Porsche Automobil Holding SE (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000PAH0038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wharf Real Estate Investment Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG9593A1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pro Medicus Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000PME8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000REA9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alstom S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010220475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Cellulosa AB SCA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000112724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medibank Pvt Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MPL3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aegon Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG0112X1056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trelleborg AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000114837</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ryohin Keikaku Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3976300008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Getlink SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010533075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlsberg B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010181759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STMicroelectronics NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000226223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verbund AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000746409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Österrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Azrieli Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011194789</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bunzl Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0744B38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JDE Peet's NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0014332678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essity AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0009922164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unicharm Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3951600000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eisai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3160400002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tele2 AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0005190238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanrio Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3343200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83304A1060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Continental AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005439004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fuji Electric Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3820000002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daifuku Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3497400006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sands China Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG7800X1079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Auckland International Airport Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZAIAE0002S6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TFI International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87241L1094</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Caterpillar Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">LU2598331598</t>
+    <t xml:space="preserve">DaVita Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US23918K1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDP Renovaveis S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0127797019</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKF AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000108227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edenred SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010908533</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capcom Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3218900003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyatt Hotels Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4485791028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rexel S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010451203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Samsara Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US79589L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Paint Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3749400002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Euronext NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0006294274</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barry Callebaut AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0009002962</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BPER Banca SPA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000066123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Italien </t>
   </si>
   <si>
-    <t xml:space="preserve">Intuit Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">JP3633400001</t>
+    <t xml:space="preserve">Nissan Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3672400003</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Booking Holdings Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">AU000000CBA7</t>
+    <t xml:space="preserve">Shiseido Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3351600006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOPPAN Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3629000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erie Indemnity Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29530P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Whitbread Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1KJJ408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pernod Ricard S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120693</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Securitas AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000163594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEIJI Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3918000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shimano Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3358000002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Element Fleet Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2861812014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nexon Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3758190007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Syensqo S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0974464977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Open Text Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6837151068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MINEBEA MITSUMI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3906000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yangzijiang Shipbuilding Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1U76934819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mowi ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003054108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brown-Forman Corp. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1156372096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lifco AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015949201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spirax Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BWFGQN14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Klepierre S.A. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bentley Systems Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US08265T2087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M3 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435750009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wix.com Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011301780</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helvetia Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0466642201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sysmex Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3351100007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">James Hardie Industries Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000JHX1</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">GE Vernova Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">DK0062498333</t>
+    <t xml:space="preserve">Kawasaki Heavy Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3224200000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Isuzu Motors Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3137200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wise Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BL9YR756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">U-Haul Holding Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0235865062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sekisui Chemical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3419400001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groupe Bruxelles Lambert NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003797140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435350008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Talanx AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000TLX1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrefour S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0004927939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kingfisher Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0033195214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCL Industries Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1249003098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nitori Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3756100008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dai Nippon Printing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3493800001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAR Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CAR3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASX Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ASX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCSK Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3400400002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeronimo Martins SGPS S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTJMT0AE0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokyu Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3574200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gildan Activewear Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3759161035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yamaha Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3942800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beijer Ref AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015949748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intertek Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031638363</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gjensidige Forsikring ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010582521</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investment AB Latour B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0010100958</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bankinter S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113679I37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yakult Honsha Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3931600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Makita Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3862400003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salmar ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010310956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lottery Corp. Ltd/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000219529</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cellnex Telecom S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0105066007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BCE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA05534B7604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yokogawa Electric Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3955000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MatsukiyoCocokara &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3869010003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genmab</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010272202</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">DKK</t>
   </si>
   <si>
     <t xml:space="preserve">Danmark </t>
   </si>
   <si>
-    <t xml:space="preserve">S&amp;P Global Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">JP3902900004</t>
+    <t xml:space="preserve">Fastighets AB Balder B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017832488</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola HBC AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0198251305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brenntag SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1DAHH0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kikkoman Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3240400006</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Uber Technologies Inc.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">CA82509L1076</t>
+    <t xml:space="preserve">ICL Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0002810146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Integrated Commercial Trust (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M51904654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daito Trust Construction Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3486800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swatch Group AG/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012255151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orion Oyj B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009014377</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wharf Holdings Ltd/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0004000045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scout24 SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A12DM80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AddTech AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0014781795</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toho Co. Ltd/Tokyo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3598600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epiroc AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015658117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTS Eventim AG &amp; Co. KGaA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005470306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGC Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3112000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Knorr-Bremse AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000KBX1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barratt Redrow Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000811801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTR Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0066009694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monday.com Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011762130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orsted</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060094928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Empire Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2918434077</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Boston Scientific Corp.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">GB00B10RZP78</t>
+    <t xml:space="preserve">Dr Ing hc F Porsche AG (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000PAG9113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Post Insurance Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3233250004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hankyu Hanshin Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3774200004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Auto Trader Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BVYVFW23</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Sony Group Corp.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">JP3435000009</t>
+    <t xml:space="preserve">Stora Enso Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009005961</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FirstService Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA33767E2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otsuka Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3188200004</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Charles Schwab Corp/The</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">DE0008404005</t>
+    <t xml:space="preserve">J Sainsbury Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B019KW72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Phoenix Group Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BGXQNP29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hikari Tsushin Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3783420007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infratil Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZIFTE0003S3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yokohama Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3305990008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evonik Industries AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000EVNK013</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Progressive Corp/The</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">GB00B63H8491</t>
+    <t xml:space="preserve">Telecom Italia SpA/Milano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003497168</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heineken Holding NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000008977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trend Micro Inc/Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3637300009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WPP Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JE00B8KF9B49</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Adobe Inc.</t>
-[...77 lines deleted...]
-    <t xml:space="preserve">ES0144580Y14</t>
+    <t xml:space="preserve">United Airlines Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9100471096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elisa Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009007884</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randstad NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000379121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indutrade AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0001515552</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp. Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3689500001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shimadzu Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3357200009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Publicis Groupe S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000130577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nissin Foods Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3675600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entain Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IM00B5VQMV65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hikma Pharmaceuticals Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0LCW083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kyowa Kirin Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3256000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Descartes Systems Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2499061083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MonotaRO Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3922950005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sodexo S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mondi Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMWC6P49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nice Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0002730112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCREEN Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3494600004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suntory Beverage &amp; Food Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3336560002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EQT AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0012853455</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sage Group PLC/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B8C3BL03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMCD NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010801007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pool Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US73278L1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JD Sports Fashion Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BM8Q5M07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arkema S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010313833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accor S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zensho Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3429300001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chiba Bank Ltd/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3511800009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Demant</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060738599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIG Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0435377954</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aeroports de Paris S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010340141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kobe Bussan Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3291200008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telefonica S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0178430E18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Spanien </t>
   </si>
   <si>
-    <t xml:space="preserve">LVMH Moet Hennessy Louis Vuitton SE</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FR0000121014</t>
+    <t xml:space="preserve">Banque Cantonale Vaudoise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0531751755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPM-Kymmene Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009005987</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Frankrike </t>
-[...83 lines deleted...]
-    <t xml:space="preserve">Aktier</t>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONSTELLATION SOFTWARE FRN 31.03.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA21037XAA87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Union Pacific Corp.</t>
-[...2417 lines deleted...]
-    <t xml:space="preserve">SE0017486897</t>
+    <t xml:space="preserve">H &amp; M Hennes &amp; Mauritz AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000106270</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
-  </si>
-[...13063 lines deleted...]
-    <t xml:space="preserve">Kanada </t>
   </si>
   <si>
     <t xml:space="preserve">Constellation Software Inc/Canada (Warrant)</t>
   </si>
   <si>
     <t xml:space="preserve">CA21037X1345</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
@@ -17095,59 +17035,55 @@
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1137">
+  <cellXfs count="1133">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
-    <xf numFmtId="166" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -18576,26150 +18512,26058 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>5.446</v>
+        <v>6.017</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>4.589</v>
+        <v>4.92</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>4.467</v>
+        <v>4.462</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>2.817</v>
+        <v>2.858</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>2.083</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>1.706</v>
+        <v>1.886</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>1.511</v>
+        <v>1.803</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>1.447</v>
+        <v>1.733</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>1.242</v>
+        <v>1.615</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.099</v>
+        <v>1.079</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>0.878</v>
+        <v>0.854</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>0.804</v>
+        <v>0.793</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>0.762</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>0.668</v>
+        <v>0.597</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>0.646</v>
+        <v>0.589</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
         <v>0.579</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>0.564</v>
+        <v>0.567</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
         <v>0.559</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>0.551</v>
+        <v>0.553</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>0.524</v>
+        <v>0.539</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>0.505</v>
+        <v>0.535</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>0.496</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>0.488</v>
+        <v>0.506</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>0.479</v>
+        <v>0.505</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.477</v>
+        <v>0.497</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.445</v>
+        <v>0.475</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.438</v>
+        <v>0.473</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.431</v>
+        <v>0.465</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.415</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.379</v>
+        <v>0.434</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.374</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.373</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.37</v>
+        <v>0.369</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.367</v>
+        <v>0.366</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.34</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.334</v>
+        <v>0.352</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.33</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.326</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.323</v>
+        <v>0.314</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.321</v>
+        <v>0.312</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.307</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.307</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.305</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.305</v>
+        <v>0.301</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
         <v>0.301</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.294</v>
+        <v>0.288</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.294</v>
+        <v>0.284</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.293</v>
+        <v>0.279</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.29</v>
+        <v>0.272</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.279</v>
+        <v>0.272</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.279</v>
+        <v>0.271</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.278</v>
+        <v>0.268</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.277</v>
+        <v>0.266</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.275</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.272</v>
+        <v>0.261</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
         <v>0.261</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.259</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.249</v>
+        <v>0.259</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.247</v>
+        <v>0.258</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.246</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.244</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.242</v>
+        <v>0.244</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.242</v>
+        <v>0.241</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.241</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
         <v>0.24</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.24</v>
+        <v>0.235</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.24</v>
+        <v>0.233</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.233</v>
+        <v>0.232</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.232</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.231</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.229</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.225</v>
+        <v>0.224</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.224</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.224</v>
+        <v>0.212</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.223</v>
+        <v>0.212</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.222</v>
+        <v>0.212</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.222</v>
+        <v>0.211</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.222</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.219</v>
+        <v>0.208</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.218</v>
+        <v>0.207</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.218</v>
+        <v>0.205</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.215</v>
+        <v>0.205</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.214</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.21</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.21</v>
+        <v>0.202</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.205</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.202</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
         <v>0.198</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
         <v>0.197</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.192</v>
+        <v>0.196</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
-        <v>0.191</v>
+        <v>0.196</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.189</v>
+        <v>0.196</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.189</v>
+        <v>0.195</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.188</v>
+        <v>0.194</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.188</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.186</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.186</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.186</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.18</v>
+        <v>0.189</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.18</v>
+        <v>0.189</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.177</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.176</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.174</v>
+        <v>0.182</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.174</v>
+        <v>0.182</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.169</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.168</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.168</v>
+        <v>0.179</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
-        <v>0.168</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="110">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
         <v>548</v>
       </c>
       <c r="D110" t="s">
         <v>549</v>
       </c>
       <c r="E110" t="s">
         <v>550</v>
       </c>
       <c r="F110" t="s">
         <v>551</v>
       </c>
       <c r="G110" s="1">
-        <v>0.166</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="111">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B111" t="s">
         <v>552</v>
       </c>
       <c r="C111" t="s">
         <v>553</v>
       </c>
       <c r="D111" t="s">
         <v>554</v>
       </c>
       <c r="E111" t="s">
         <v>555</v>
       </c>
       <c r="F111" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="1">
         <v>0.166</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="112">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B112" t="s">
         <v>557</v>
       </c>
       <c r="C112" t="s">
         <v>558</v>
       </c>
       <c r="D112" t="s">
         <v>559</v>
       </c>
       <c r="E112" t="s">
         <v>560</v>
       </c>
       <c r="F112" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="1">
         <v>0.165</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="113">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B113" t="s">
         <v>562</v>
       </c>
       <c r="C113" t="s">
         <v>563</v>
       </c>
       <c r="D113" t="s">
         <v>564</v>
       </c>
       <c r="E113" t="s">
         <v>565</v>
       </c>
       <c r="F113" t="s">
         <v>566</v>
       </c>
       <c r="G113" s="1">
-        <v>0.164</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="114">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B114" t="s">
         <v>567</v>
       </c>
       <c r="C114" t="s">
         <v>568</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>571</v>
       </c>
       <c r="G114" s="1">
-        <v>0.163</v>
+        <v>0.164</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="115">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B115" t="s">
         <v>572</v>
       </c>
       <c r="C115" t="s">
         <v>573</v>
       </c>
       <c r="D115" t="s">
         <v>574</v>
       </c>
       <c r="E115" t="s">
         <v>575</v>
       </c>
       <c r="F115" t="s">
         <v>576</v>
       </c>
       <c r="G115" s="1">
-        <v>0.163</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="116">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B116" t="s">
         <v>577</v>
       </c>
       <c r="C116" t="s">
         <v>578</v>
       </c>
       <c r="D116" t="s">
         <v>579</v>
       </c>
       <c r="E116" t="s">
         <v>580</v>
       </c>
       <c r="F116" t="s">
         <v>581</v>
       </c>
       <c r="G116" s="1">
-        <v>0.161</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="117">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B117" t="s">
         <v>582</v>
       </c>
       <c r="C117" t="s">
         <v>583</v>
       </c>
       <c r="D117" t="s">
         <v>584</v>
       </c>
       <c r="E117" t="s">
         <v>585</v>
       </c>
       <c r="F117" t="s">
         <v>586</v>
       </c>
       <c r="G117" s="1">
-        <v>0.161</v>
+        <v>0.159</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="118">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B118" t="s">
         <v>587</v>
       </c>
       <c r="C118" t="s">
         <v>588</v>
       </c>
       <c r="D118" t="s">
         <v>589</v>
       </c>
       <c r="E118" t="s">
         <v>590</v>
       </c>
       <c r="F118" t="s">
         <v>591</v>
       </c>
       <c r="G118" s="1">
-        <v>0.16</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="119">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B119" t="s">
         <v>592</v>
       </c>
       <c r="C119" t="s">
         <v>593</v>
       </c>
       <c r="D119" t="s">
         <v>594</v>
       </c>
       <c r="E119" t="s">
         <v>595</v>
       </c>
       <c r="F119" t="s">
         <v>596</v>
       </c>
       <c r="G119" s="1">
-        <v>0.16</v>
+        <v>0.155</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="120">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B120" t="s">
         <v>597</v>
       </c>
       <c r="C120" t="s">
         <v>598</v>
       </c>
       <c r="D120" t="s">
         <v>599</v>
       </c>
       <c r="E120" t="s">
         <v>600</v>
       </c>
       <c r="F120" t="s">
         <v>601</v>
       </c>
       <c r="G120" s="1">
-        <v>0.159</v>
+        <v>0.151</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="121">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B121" t="s">
         <v>602</v>
       </c>
       <c r="C121" t="s">
         <v>603</v>
       </c>
       <c r="D121" t="s">
         <v>604</v>
       </c>
       <c r="E121" t="s">
         <v>605</v>
       </c>
       <c r="F121" t="s">
         <v>606</v>
       </c>
       <c r="G121" s="1">
-        <v>0.158</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="122">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B122" t="s">
         <v>607</v>
       </c>
       <c r="C122" t="s">
         <v>608</v>
       </c>
       <c r="D122" t="s">
         <v>609</v>
       </c>
       <c r="E122" t="s">
         <v>610</v>
       </c>
       <c r="F122" t="s">
         <v>611</v>
       </c>
       <c r="G122" s="1">
-        <v>0.154</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="123">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B123" t="s">
         <v>612</v>
       </c>
       <c r="C123" t="s">
         <v>613</v>
       </c>
       <c r="D123" t="s">
         <v>614</v>
       </c>
       <c r="E123" t="s">
         <v>615</v>
       </c>
       <c r="F123" t="s">
         <v>616</v>
       </c>
       <c r="G123" s="1">
-        <v>0.153</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="124">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B124" t="s">
         <v>617</v>
       </c>
       <c r="C124" t="s">
         <v>618</v>
       </c>
       <c r="D124" t="s">
         <v>619</v>
       </c>
       <c r="E124" t="s">
         <v>620</v>
       </c>
       <c r="F124" t="s">
         <v>621</v>
       </c>
       <c r="G124" s="1">
-        <v>0.152</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="125">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B125" t="s">
         <v>622</v>
       </c>
       <c r="C125" t="s">
         <v>623</v>
       </c>
       <c r="D125" t="s">
         <v>624</v>
       </c>
       <c r="E125" t="s">
         <v>625</v>
       </c>
       <c r="F125" t="s">
         <v>626</v>
       </c>
       <c r="G125" s="1">
-        <v>0.152</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="126">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B126" t="s">
         <v>627</v>
       </c>
       <c r="C126" t="s">
         <v>628</v>
       </c>
       <c r="D126" t="s">
         <v>629</v>
       </c>
       <c r="E126" t="s">
         <v>630</v>
       </c>
       <c r="F126" t="s">
         <v>631</v>
       </c>
       <c r="G126" s="1">
-        <v>0.151</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="127">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B127" t="s">
         <v>632</v>
       </c>
       <c r="C127" t="s">
         <v>633</v>
       </c>
       <c r="D127" t="s">
         <v>634</v>
       </c>
       <c r="E127" t="s">
         <v>635</v>
       </c>
       <c r="F127" t="s">
         <v>636</v>
       </c>
       <c r="G127" s="1">
-        <v>0.149</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="128">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B128" t="s">
         <v>637</v>
       </c>
       <c r="C128" t="s">
         <v>638</v>
       </c>
       <c r="D128" t="s">
         <v>639</v>
       </c>
       <c r="E128" t="s">
         <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>641</v>
       </c>
       <c r="G128" s="1">
-        <v>0.149</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="129">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B129" t="s">
         <v>642</v>
       </c>
       <c r="C129" t="s">
         <v>643</v>
       </c>
       <c r="D129" t="s">
         <v>644</v>
       </c>
       <c r="E129" t="s">
         <v>645</v>
       </c>
       <c r="F129" t="s">
         <v>646</v>
       </c>
       <c r="G129" s="1">
-        <v>0.148</v>
+        <v>0.143</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="130">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B130" t="s">
         <v>647</v>
       </c>
       <c r="C130" t="s">
         <v>648</v>
       </c>
       <c r="D130" t="s">
         <v>649</v>
       </c>
       <c r="E130" t="s">
         <v>650</v>
       </c>
       <c r="F130" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="1">
-        <v>0.148</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="131">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B131" t="s">
         <v>652</v>
       </c>
       <c r="C131" t="s">
         <v>653</v>
       </c>
       <c r="D131" t="s">
         <v>654</v>
       </c>
       <c r="E131" t="s">
         <v>655</v>
       </c>
       <c r="F131" t="s">
         <v>656</v>
       </c>
       <c r="G131" s="1">
-        <v>0.147</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="132">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B132" t="s">
         <v>657</v>
       </c>
       <c r="C132" t="s">
         <v>658</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" t="s">
         <v>660</v>
       </c>
       <c r="F132" t="s">
         <v>661</v>
       </c>
       <c r="G132" s="1">
-        <v>0.143</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="133">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B133" t="s">
         <v>662</v>
       </c>
       <c r="C133" t="s">
         <v>663</v>
       </c>
       <c r="D133" t="s">
         <v>664</v>
       </c>
       <c r="E133" t="s">
         <v>665</v>
       </c>
       <c r="F133" t="s">
         <v>666</v>
       </c>
       <c r="G133" s="1">
-        <v>0.142</v>
+        <v>0.138</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="134">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B134" t="s">
         <v>667</v>
       </c>
       <c r="C134" t="s">
         <v>668</v>
       </c>
       <c r="D134" t="s">
         <v>669</v>
       </c>
       <c r="E134" t="s">
         <v>670</v>
       </c>
       <c r="F134" t="s">
         <v>671</v>
       </c>
       <c r="G134" s="1">
-        <v>0.141</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="135">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B135" t="s">
         <v>672</v>
       </c>
       <c r="C135" t="s">
         <v>673</v>
       </c>
       <c r="D135" t="s">
         <v>674</v>
       </c>
       <c r="E135" t="s">
         <v>675</v>
       </c>
       <c r="F135" t="s">
         <v>676</v>
       </c>
       <c r="G135" s="1">
-        <v>0.141</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="136">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B136" t="s">
         <v>677</v>
       </c>
       <c r="C136" t="s">
         <v>678</v>
       </c>
       <c r="D136" t="s">
         <v>679</v>
       </c>
       <c r="E136" t="s">
         <v>680</v>
       </c>
       <c r="F136" t="s">
         <v>681</v>
       </c>
       <c r="G136" s="1">
-        <v>0.14</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="137">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B137" t="s">
         <v>682</v>
       </c>
       <c r="C137" t="s">
         <v>683</v>
       </c>
       <c r="D137" t="s">
         <v>684</v>
       </c>
       <c r="E137" t="s">
         <v>685</v>
       </c>
       <c r="F137" t="s">
         <v>686</v>
       </c>
       <c r="G137" s="1">
-        <v>0.14</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="138">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B138" t="s">
         <v>687</v>
       </c>
       <c r="C138" t="s">
         <v>688</v>
       </c>
       <c r="D138" t="s">
         <v>689</v>
       </c>
       <c r="E138" t="s">
         <v>690</v>
       </c>
       <c r="F138" t="s">
         <v>691</v>
       </c>
       <c r="G138" s="1">
-        <v>0.14</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="139">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B139" t="s">
         <v>692</v>
       </c>
       <c r="C139" t="s">
         <v>693</v>
       </c>
       <c r="D139" t="s">
         <v>694</v>
       </c>
       <c r="E139" t="s">
         <v>695</v>
       </c>
       <c r="F139" t="s">
         <v>696</v>
       </c>
       <c r="G139" s="1">
-        <v>0.138</v>
+        <v>0.135</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="140">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B140" t="s">
         <v>697</v>
       </c>
       <c r="C140" t="s">
         <v>698</v>
       </c>
       <c r="D140" t="s">
         <v>699</v>
       </c>
       <c r="E140" t="s">
         <v>700</v>
       </c>
       <c r="F140" t="s">
         <v>701</v>
       </c>
       <c r="G140" s="1">
-        <v>0.138</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="141">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B141" t="s">
         <v>702</v>
       </c>
       <c r="C141" t="s">
         <v>703</v>
       </c>
       <c r="D141" t="s">
         <v>704</v>
       </c>
       <c r="E141" t="s">
         <v>705</v>
       </c>
       <c r="F141" t="s">
         <v>706</v>
       </c>
       <c r="G141" s="1">
-        <v>0.136</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="142">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B142" t="s">
         <v>707</v>
       </c>
       <c r="C142" t="s">
         <v>708</v>
       </c>
       <c r="D142" t="s">
         <v>709</v>
       </c>
       <c r="E142" t="s">
         <v>710</v>
       </c>
       <c r="F142" t="s">
         <v>711</v>
       </c>
       <c r="G142" s="1">
-        <v>0.136</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="143">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B143" t="s">
         <v>712</v>
       </c>
       <c r="C143" t="s">
         <v>713</v>
       </c>
       <c r="D143" t="s">
         <v>714</v>
       </c>
       <c r="E143" t="s">
         <v>715</v>
       </c>
       <c r="F143" t="s">
         <v>716</v>
       </c>
       <c r="G143" s="1">
-        <v>0.135</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="144">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B144" t="s">
         <v>717</v>
       </c>
       <c r="C144" t="s">
         <v>718</v>
       </c>
       <c r="D144" t="s">
         <v>719</v>
       </c>
       <c r="E144" t="s">
         <v>720</v>
       </c>
       <c r="F144" t="s">
         <v>721</v>
       </c>
       <c r="G144" s="1">
-        <v>0.134</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="145">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B145" t="s">
         <v>722</v>
       </c>
       <c r="C145" t="s">
         <v>723</v>
       </c>
       <c r="D145" t="s">
         <v>724</v>
       </c>
       <c r="E145" t="s">
         <v>725</v>
       </c>
       <c r="F145" t="s">
         <v>726</v>
       </c>
       <c r="G145" s="1">
-        <v>0.134</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="146">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B146" t="s">
         <v>727</v>
       </c>
       <c r="C146" t="s">
         <v>728</v>
       </c>
       <c r="D146" t="s">
         <v>729</v>
       </c>
       <c r="E146" t="s">
         <v>730</v>
       </c>
       <c r="F146" t="s">
         <v>731</v>
       </c>
       <c r="G146" s="1">
-        <v>0.132</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="147">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B147" t="s">
         <v>732</v>
       </c>
       <c r="C147" t="s">
         <v>733</v>
       </c>
       <c r="D147" t="s">
         <v>734</v>
       </c>
       <c r="E147" t="s">
         <v>735</v>
       </c>
       <c r="F147" t="s">
         <v>736</v>
       </c>
       <c r="G147" s="1">
-        <v>0.132</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="148">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B148" t="s">
         <v>737</v>
       </c>
       <c r="C148" t="s">
         <v>738</v>
       </c>
       <c r="D148" t="s">
         <v>739</v>
       </c>
       <c r="E148" t="s">
         <v>740</v>
       </c>
       <c r="F148" t="s">
         <v>741</v>
       </c>
       <c r="G148" s="1">
-        <v>0.132</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="149">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B149" t="s">
         <v>742</v>
       </c>
       <c r="C149" t="s">
         <v>743</v>
       </c>
       <c r="D149" t="s">
         <v>744</v>
       </c>
       <c r="E149" t="s">
         <v>745</v>
       </c>
       <c r="F149" t="s">
         <v>746</v>
       </c>
       <c r="G149" s="1">
-        <v>0.132</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="150">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B150" t="s">
         <v>747</v>
       </c>
       <c r="C150" t="s">
         <v>748</v>
       </c>
       <c r="D150" t="s">
         <v>749</v>
       </c>
       <c r="E150" t="s">
         <v>750</v>
       </c>
       <c r="F150" t="s">
         <v>751</v>
       </c>
       <c r="G150" s="1">
-        <v>0.132</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="151">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B151" t="s">
         <v>752</v>
       </c>
       <c r="C151" t="s">
         <v>753</v>
       </c>
       <c r="D151" t="s">
         <v>754</v>
       </c>
       <c r="E151" t="s">
         <v>755</v>
       </c>
       <c r="F151" t="s">
         <v>756</v>
       </c>
       <c r="G151" s="1">
-        <v>0.13</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="152">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B152" t="s">
         <v>757</v>
       </c>
       <c r="C152" t="s">
         <v>758</v>
       </c>
       <c r="D152" t="s">
         <v>759</v>
       </c>
       <c r="E152" t="s">
         <v>760</v>
       </c>
       <c r="F152" t="s">
         <v>761</v>
       </c>
       <c r="G152" s="1">
-        <v>0.13</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="153">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B153" t="s">
         <v>762</v>
       </c>
       <c r="C153" t="s">
         <v>763</v>
       </c>
       <c r="D153" t="s">
         <v>764</v>
       </c>
       <c r="E153" t="s">
         <v>765</v>
       </c>
       <c r="F153" t="s">
         <v>766</v>
       </c>
       <c r="G153" s="1">
-        <v>0.13</v>
+        <v>0.124</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="154">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B154" t="s">
         <v>767</v>
       </c>
       <c r="C154" t="s">
         <v>768</v>
       </c>
       <c r="D154" t="s">
         <v>769</v>
       </c>
       <c r="E154" t="s">
         <v>770</v>
       </c>
       <c r="F154" t="s">
         <v>771</v>
       </c>
       <c r="G154" s="1">
-        <v>0.129</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="155">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B155" t="s">
         <v>772</v>
       </c>
       <c r="C155" t="s">
         <v>773</v>
       </c>
       <c r="D155" t="s">
         <v>774</v>
       </c>
       <c r="E155" t="s">
         <v>775</v>
       </c>
       <c r="F155" t="s">
         <v>776</v>
       </c>
       <c r="G155" s="1">
-        <v>0.129</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="156">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B156" t="s">
         <v>777</v>
       </c>
       <c r="C156" t="s">
         <v>778</v>
       </c>
       <c r="D156" t="s">
         <v>779</v>
       </c>
       <c r="E156" t="s">
         <v>780</v>
       </c>
       <c r="F156" t="s">
         <v>781</v>
       </c>
       <c r="G156" s="1">
-        <v>0.128</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="157">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B157" t="s">
         <v>782</v>
       </c>
       <c r="C157" t="s">
         <v>783</v>
       </c>
       <c r="D157" t="s">
         <v>784</v>
       </c>
       <c r="E157" t="s">
         <v>785</v>
       </c>
       <c r="F157" t="s">
         <v>786</v>
       </c>
       <c r="G157" s="1">
-        <v>0.127</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="158">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B158" t="s">
         <v>787</v>
       </c>
       <c r="C158" t="s">
         <v>788</v>
       </c>
       <c r="D158" t="s">
         <v>789</v>
       </c>
       <c r="E158" t="s">
         <v>790</v>
       </c>
       <c r="F158" t="s">
         <v>791</v>
       </c>
       <c r="G158" s="1">
-        <v>0.127</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="159">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B159" t="s">
         <v>792</v>
       </c>
       <c r="C159" t="s">
         <v>793</v>
       </c>
       <c r="D159" t="s">
         <v>794</v>
       </c>
       <c r="E159" t="s">
         <v>795</v>
       </c>
       <c r="F159" t="s">
         <v>796</v>
       </c>
       <c r="G159" s="1">
-        <v>0.126</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="160">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B160" t="s">
         <v>797</v>
       </c>
       <c r="C160" t="s">
         <v>798</v>
       </c>
       <c r="D160" t="s">
         <v>799</v>
       </c>
       <c r="E160" t="s">
         <v>800</v>
       </c>
       <c r="F160" t="s">
         <v>801</v>
       </c>
       <c r="G160" s="1">
-        <v>0.125</v>
+        <v>0.119</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="161">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B161" t="s">
         <v>802</v>
       </c>
       <c r="C161" t="s">
         <v>803</v>
       </c>
       <c r="D161" t="s">
         <v>804</v>
       </c>
       <c r="E161" t="s">
         <v>805</v>
       </c>
       <c r="F161" t="s">
         <v>806</v>
       </c>
       <c r="G161" s="1">
-        <v>0.125</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="162">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B162" t="s">
         <v>807</v>
       </c>
       <c r="C162" t="s">
         <v>808</v>
       </c>
       <c r="D162" t="s">
         <v>809</v>
       </c>
       <c r="E162" t="s">
         <v>810</v>
       </c>
       <c r="F162" t="s">
         <v>811</v>
       </c>
       <c r="G162" s="1">
-        <v>0.124</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="163">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B163" t="s">
         <v>812</v>
       </c>
       <c r="C163" t="s">
         <v>813</v>
       </c>
       <c r="D163" t="s">
         <v>814</v>
       </c>
       <c r="E163" t="s">
         <v>815</v>
       </c>
       <c r="F163" t="s">
         <v>816</v>
       </c>
       <c r="G163" s="1">
-        <v>0.123</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="164">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B164" t="s">
         <v>817</v>
       </c>
       <c r="C164" t="s">
         <v>818</v>
       </c>
       <c r="D164" t="s">
         <v>819</v>
       </c>
       <c r="E164" t="s">
         <v>820</v>
       </c>
       <c r="F164" t="s">
         <v>821</v>
       </c>
       <c r="G164" s="1">
-        <v>0.122</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="165">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B165" t="s">
         <v>822</v>
       </c>
       <c r="C165" t="s">
         <v>823</v>
       </c>
       <c r="D165" t="s">
         <v>824</v>
       </c>
       <c r="E165" t="s">
         <v>825</v>
       </c>
       <c r="F165" t="s">
         <v>826</v>
       </c>
       <c r="G165" s="1">
-        <v>0.12</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="166">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B166" t="s">
         <v>827</v>
       </c>
       <c r="C166" t="s">
         <v>828</v>
       </c>
       <c r="D166" t="s">
         <v>829</v>
       </c>
       <c r="E166" t="s">
         <v>830</v>
       </c>
       <c r="F166" t="s">
         <v>831</v>
       </c>
       <c r="G166" s="1">
-        <v>0.12</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="167">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B167" t="s">
         <v>832</v>
       </c>
       <c r="C167" t="s">
         <v>833</v>
       </c>
       <c r="D167" t="s">
         <v>834</v>
       </c>
       <c r="E167" t="s">
         <v>835</v>
       </c>
       <c r="F167" t="s">
         <v>836</v>
       </c>
       <c r="G167" s="1">
-        <v>0.119</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="168">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B168" t="s">
         <v>837</v>
       </c>
       <c r="C168" t="s">
         <v>838</v>
       </c>
       <c r="D168" t="s">
         <v>839</v>
       </c>
       <c r="E168" t="s">
         <v>840</v>
       </c>
       <c r="F168" t="s">
         <v>841</v>
       </c>
       <c r="G168" s="1">
-        <v>0.119</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="169">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B169" t="s">
         <v>842</v>
       </c>
       <c r="C169" t="s">
         <v>843</v>
       </c>
       <c r="D169" t="s">
         <v>844</v>
       </c>
       <c r="E169" t="s">
         <v>845</v>
       </c>
       <c r="F169" t="s">
         <v>846</v>
       </c>
       <c r="G169" s="1">
-        <v>0.118</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="170">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B170" t="s">
         <v>847</v>
       </c>
       <c r="C170" t="s">
         <v>848</v>
       </c>
       <c r="D170" t="s">
         <v>849</v>
       </c>
       <c r="E170" t="s">
         <v>850</v>
       </c>
       <c r="F170" t="s">
         <v>851</v>
       </c>
       <c r="G170" s="1">
-        <v>0.118</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="171">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B171" t="s">
         <v>852</v>
       </c>
       <c r="C171" t="s">
         <v>853</v>
       </c>
       <c r="D171" t="s">
         <v>854</v>
       </c>
       <c r="E171" t="s">
         <v>855</v>
       </c>
       <c r="F171" t="s">
         <v>856</v>
       </c>
       <c r="G171" s="1">
-        <v>0.115</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="172">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B172" t="s">
         <v>857</v>
       </c>
       <c r="C172" t="s">
         <v>858</v>
       </c>
       <c r="D172" t="s">
         <v>859</v>
       </c>
       <c r="E172" t="s">
         <v>860</v>
       </c>
       <c r="F172" t="s">
         <v>861</v>
       </c>
       <c r="G172" s="1">
-        <v>0.115</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="173">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B173" t="s">
         <v>862</v>
       </c>
       <c r="C173" t="s">
         <v>863</v>
       </c>
       <c r="D173" t="s">
         <v>864</v>
       </c>
       <c r="E173" t="s">
         <v>865</v>
       </c>
       <c r="F173" t="s">
         <v>866</v>
       </c>
       <c r="G173" s="1">
-        <v>0.115</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="174">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B174" t="s">
         <v>867</v>
       </c>
       <c r="C174" t="s">
         <v>868</v>
       </c>
       <c r="D174" t="s">
         <v>869</v>
       </c>
       <c r="E174" t="s">
         <v>870</v>
       </c>
       <c r="F174" t="s">
         <v>871</v>
       </c>
       <c r="G174" s="1">
         <v>0.115</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="175">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B175" t="s">
         <v>872</v>
       </c>
       <c r="C175" t="s">
         <v>873</v>
       </c>
       <c r="D175" t="s">
         <v>874</v>
       </c>
       <c r="E175" t="s">
         <v>875</v>
       </c>
       <c r="F175" t="s">
         <v>876</v>
       </c>
       <c r="G175" s="1">
-        <v>0.115</v>
+        <v>0.114</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="176">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B176" t="s">
         <v>877</v>
       </c>
       <c r="C176" t="s">
         <v>878</v>
       </c>
       <c r="D176" t="s">
         <v>879</v>
       </c>
       <c r="E176" t="s">
         <v>880</v>
       </c>
       <c r="F176" t="s">
         <v>881</v>
       </c>
       <c r="G176" s="1">
-        <v>0.114</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="177">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B177" t="s">
         <v>882</v>
       </c>
       <c r="C177" t="s">
         <v>883</v>
       </c>
       <c r="D177" t="s">
         <v>884</v>
       </c>
       <c r="E177" t="s">
         <v>885</v>
       </c>
       <c r="F177" t="s">
         <v>886</v>
       </c>
       <c r="G177" s="1">
-        <v>0.114</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="178">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B178" t="s">
         <v>887</v>
       </c>
       <c r="C178" t="s">
         <v>888</v>
       </c>
       <c r="D178" t="s">
         <v>889</v>
       </c>
       <c r="E178" t="s">
         <v>890</v>
       </c>
       <c r="F178" t="s">
         <v>891</v>
       </c>
       <c r="G178" s="1">
-        <v>0.114</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="179">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B179" t="s">
         <v>892</v>
       </c>
       <c r="C179" t="s">
         <v>893</v>
       </c>
       <c r="D179" t="s">
         <v>894</v>
       </c>
       <c r="E179" t="s">
         <v>895</v>
       </c>
       <c r="F179" t="s">
         <v>896</v>
       </c>
       <c r="G179" s="1">
-        <v>0.114</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="180">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B180" t="s">
         <v>897</v>
       </c>
       <c r="C180" t="s">
         <v>898</v>
       </c>
       <c r="D180" t="s">
         <v>899</v>
       </c>
       <c r="E180" t="s">
         <v>900</v>
       </c>
       <c r="F180" t="s">
         <v>901</v>
       </c>
       <c r="G180" s="1">
-        <v>0.114</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="181">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B181" t="s">
         <v>902</v>
       </c>
       <c r="C181" t="s">
         <v>903</v>
       </c>
       <c r="D181" t="s">
         <v>904</v>
       </c>
       <c r="E181" t="s">
         <v>905</v>
       </c>
       <c r="F181" t="s">
         <v>906</v>
       </c>
       <c r="G181" s="1">
-        <v>0.113</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="182">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B182" t="s">
         <v>907</v>
       </c>
       <c r="C182" t="s">
         <v>908</v>
       </c>
       <c r="D182" t="s">
         <v>909</v>
       </c>
       <c r="E182" t="s">
         <v>910</v>
       </c>
       <c r="F182" t="s">
         <v>911</v>
       </c>
       <c r="G182" s="1">
-        <v>0.112</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="183">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B183" t="s">
         <v>912</v>
       </c>
       <c r="C183" t="s">
         <v>913</v>
       </c>
       <c r="D183" t="s">
         <v>914</v>
       </c>
       <c r="E183" t="s">
         <v>915</v>
       </c>
       <c r="F183" t="s">
         <v>916</v>
       </c>
       <c r="G183" s="1">
-        <v>0.112</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="184">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B184" t="s">
         <v>917</v>
       </c>
       <c r="C184" t="s">
         <v>918</v>
       </c>
       <c r="D184" t="s">
         <v>919</v>
       </c>
       <c r="E184" t="s">
         <v>920</v>
       </c>
       <c r="F184" t="s">
         <v>921</v>
       </c>
       <c r="G184" s="1">
-        <v>0.112</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="185">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B185" t="s">
         <v>922</v>
       </c>
       <c r="C185" t="s">
         <v>923</v>
       </c>
       <c r="D185" t="s">
         <v>924</v>
       </c>
       <c r="E185" t="s">
         <v>925</v>
       </c>
       <c r="F185" t="s">
         <v>926</v>
       </c>
       <c r="G185" s="1">
-        <v>0.111</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="186">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B186" t="s">
         <v>927</v>
       </c>
       <c r="C186" t="s">
         <v>928</v>
       </c>
       <c r="D186" t="s">
         <v>929</v>
       </c>
       <c r="E186" t="s">
         <v>930</v>
       </c>
       <c r="F186" t="s">
         <v>931</v>
       </c>
       <c r="G186" s="1">
-        <v>0.111</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="187">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B187" t="s">
         <v>932</v>
       </c>
       <c r="C187" t="s">
         <v>933</v>
       </c>
       <c r="D187" t="s">
         <v>934</v>
       </c>
       <c r="E187" t="s">
         <v>935</v>
       </c>
       <c r="F187" t="s">
         <v>936</v>
       </c>
       <c r="G187" s="1">
-        <v>0.111</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="188">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B188" t="s">
         <v>937</v>
       </c>
       <c r="C188" t="s">
         <v>938</v>
       </c>
       <c r="D188" t="s">
         <v>939</v>
       </c>
       <c r="E188" t="s">
         <v>940</v>
       </c>
       <c r="F188" t="s">
         <v>941</v>
       </c>
       <c r="G188" s="1">
-        <v>0.11</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="189">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B189" t="s">
         <v>942</v>
       </c>
       <c r="C189" t="s">
         <v>943</v>
       </c>
       <c r="D189" t="s">
         <v>944</v>
       </c>
       <c r="E189" t="s">
         <v>945</v>
       </c>
       <c r="F189" t="s">
         <v>946</v>
       </c>
       <c r="G189" s="1">
-        <v>0.11</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="190">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B190" t="s">
         <v>947</v>
       </c>
       <c r="C190" t="s">
         <v>948</v>
       </c>
       <c r="D190" t="s">
         <v>949</v>
       </c>
       <c r="E190" t="s">
         <v>950</v>
       </c>
       <c r="F190" t="s">
         <v>951</v>
       </c>
       <c r="G190" s="1">
-        <v>0.11</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="191">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B191" t="s">
         <v>952</v>
       </c>
       <c r="C191" t="s">
         <v>953</v>
       </c>
       <c r="D191" t="s">
         <v>954</v>
       </c>
       <c r="E191" t="s">
         <v>955</v>
       </c>
       <c r="F191" t="s">
         <v>956</v>
       </c>
       <c r="G191" s="1">
-        <v>0.109</v>
+        <v>0.103</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="192">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B192" t="s">
         <v>957</v>
       </c>
       <c r="C192" t="s">
         <v>958</v>
       </c>
       <c r="D192" t="s">
         <v>959</v>
       </c>
       <c r="E192" t="s">
         <v>960</v>
       </c>
       <c r="F192" t="s">
         <v>961</v>
       </c>
       <c r="G192" s="1">
-        <v>0.109</v>
+        <v>0.103</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="193">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B193" t="s">
         <v>962</v>
       </c>
       <c r="C193" t="s">
         <v>963</v>
       </c>
       <c r="D193" t="s">
         <v>964</v>
       </c>
       <c r="E193" t="s">
         <v>965</v>
       </c>
       <c r="F193" t="s">
         <v>966</v>
       </c>
       <c r="G193" s="1">
-        <v>0.108</v>
+        <v>0.103</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="194">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B194" t="s">
         <v>967</v>
       </c>
       <c r="C194" t="s">
         <v>968</v>
       </c>
       <c r="D194" t="s">
         <v>969</v>
       </c>
       <c r="E194" t="s">
         <v>970</v>
       </c>
       <c r="F194" t="s">
         <v>971</v>
       </c>
       <c r="G194" s="1">
-        <v>0.108</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="195">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B195" t="s">
         <v>972</v>
       </c>
       <c r="C195" t="s">
         <v>973</v>
       </c>
       <c r="D195" t="s">
         <v>974</v>
       </c>
       <c r="E195" t="s">
         <v>975</v>
       </c>
       <c r="F195" t="s">
         <v>976</v>
       </c>
       <c r="G195" s="1">
-        <v>0.108</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="196">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B196" t="s">
         <v>977</v>
       </c>
       <c r="C196" t="s">
         <v>978</v>
       </c>
       <c r="D196" t="s">
         <v>979</v>
       </c>
       <c r="E196" t="s">
         <v>980</v>
       </c>
       <c r="F196" t="s">
         <v>981</v>
       </c>
       <c r="G196" s="1">
-        <v>0.108</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="197">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B197" t="s">
         <v>982</v>
       </c>
       <c r="C197" t="s">
         <v>983</v>
       </c>
       <c r="D197" t="s">
         <v>984</v>
       </c>
       <c r="E197" t="s">
         <v>985</v>
       </c>
       <c r="F197" t="s">
         <v>986</v>
       </c>
       <c r="G197" s="1">
-        <v>0.107</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="198">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B198" t="s">
         <v>987</v>
       </c>
       <c r="C198" t="s">
         <v>988</v>
       </c>
       <c r="D198" t="s">
         <v>989</v>
       </c>
       <c r="E198" t="s">
         <v>990</v>
       </c>
       <c r="F198" t="s">
         <v>991</v>
       </c>
       <c r="G198" s="1">
-        <v>0.107</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="199">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B199" t="s">
         <v>992</v>
       </c>
       <c r="C199" t="s">
         <v>993</v>
       </c>
       <c r="D199" t="s">
         <v>994</v>
       </c>
       <c r="E199" t="s">
         <v>995</v>
       </c>
       <c r="F199" t="s">
         <v>996</v>
       </c>
       <c r="G199" s="1">
-        <v>0.106</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="200">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B200" t="s">
         <v>997</v>
       </c>
       <c r="C200" t="s">
         <v>998</v>
       </c>
       <c r="D200" t="s">
         <v>999</v>
       </c>
       <c r="E200" t="s">
         <v>1000</v>
       </c>
       <c r="F200" t="s">
         <v>1001</v>
       </c>
       <c r="G200" s="1">
-        <v>0.106</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="201">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B201" t="s">
         <v>1002</v>
       </c>
       <c r="C201" t="s">
         <v>1003</v>
       </c>
       <c r="D201" t="s">
         <v>1004</v>
       </c>
       <c r="E201" t="s">
         <v>1005</v>
       </c>
       <c r="F201" t="s">
         <v>1006</v>
       </c>
       <c r="G201" s="1">
-        <v>0.106</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="202">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B202" t="s">
         <v>1007</v>
       </c>
       <c r="C202" t="s">
         <v>1008</v>
       </c>
       <c r="D202" t="s">
         <v>1009</v>
       </c>
       <c r="E202" t="s">
         <v>1010</v>
       </c>
       <c r="F202" t="s">
         <v>1011</v>
       </c>
       <c r="G202" s="1">
-        <v>0.106</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="203">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B203" t="s">
         <v>1012</v>
       </c>
       <c r="C203" t="s">
         <v>1013</v>
       </c>
       <c r="D203" t="s">
         <v>1014</v>
       </c>
       <c r="E203" t="s">
         <v>1015</v>
       </c>
       <c r="F203" t="s">
         <v>1016</v>
       </c>
       <c r="G203" s="1">
-        <v>0.106</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="204">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B204" t="s">
         <v>1017</v>
       </c>
       <c r="C204" t="s">
         <v>1018</v>
       </c>
       <c r="D204" t="s">
         <v>1019</v>
       </c>
       <c r="E204" t="s">
         <v>1020</v>
       </c>
       <c r="F204" t="s">
         <v>1021</v>
       </c>
       <c r="G204" s="1">
-        <v>0.105</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="205">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B205" t="s">
         <v>1022</v>
       </c>
       <c r="C205" t="s">
         <v>1023</v>
       </c>
       <c r="D205" t="s">
         <v>1024</v>
       </c>
       <c r="E205" t="s">
         <v>1025</v>
       </c>
       <c r="F205" t="s">
         <v>1026</v>
       </c>
       <c r="G205" s="1">
-        <v>0.105</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="206">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B206" t="s">
         <v>1027</v>
       </c>
       <c r="C206" t="s">
         <v>1028</v>
       </c>
       <c r="D206" t="s">
         <v>1029</v>
       </c>
       <c r="E206" t="s">
         <v>1030</v>
       </c>
       <c r="F206" t="s">
         <v>1031</v>
       </c>
       <c r="G206" s="1">
-        <v>0.105</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="207">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B207" t="s">
         <v>1032</v>
       </c>
       <c r="C207" t="s">
         <v>1033</v>
       </c>
       <c r="D207" t="s">
         <v>1034</v>
       </c>
       <c r="E207" t="s">
         <v>1035</v>
       </c>
       <c r="F207" t="s">
         <v>1036</v>
       </c>
       <c r="G207" s="1">
-        <v>0.105</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="208">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B208" t="s">
         <v>1037</v>
       </c>
       <c r="C208" t="s">
         <v>1038</v>
       </c>
       <c r="D208" t="s">
         <v>1039</v>
       </c>
       <c r="E208" t="s">
         <v>1040</v>
       </c>
       <c r="F208" t="s">
         <v>1041</v>
       </c>
       <c r="G208" s="1">
-        <v>0.104</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="209">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B209" t="s">
         <v>1042</v>
       </c>
       <c r="C209" t="s">
         <v>1043</v>
       </c>
       <c r="D209" t="s">
         <v>1044</v>
       </c>
       <c r="E209" t="s">
         <v>1045</v>
       </c>
       <c r="F209" t="s">
         <v>1046</v>
       </c>
       <c r="G209" s="1">
-        <v>0.104</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="210">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B210" t="s">
         <v>1047</v>
       </c>
       <c r="C210" t="s">
         <v>1048</v>
       </c>
       <c r="D210" t="s">
         <v>1049</v>
       </c>
       <c r="E210" t="s">
         <v>1050</v>
       </c>
       <c r="F210" t="s">
         <v>1051</v>
       </c>
       <c r="G210" s="1">
-        <v>0.104</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="211">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B211" t="s">
         <v>1052</v>
       </c>
       <c r="C211" t="s">
         <v>1053</v>
       </c>
       <c r="D211" t="s">
         <v>1054</v>
       </c>
       <c r="E211" t="s">
         <v>1055</v>
       </c>
       <c r="F211" t="s">
         <v>1056</v>
       </c>
       <c r="G211" s="1">
-        <v>0.103</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="212">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B212" t="s">
         <v>1057</v>
       </c>
       <c r="C212" t="s">
         <v>1058</v>
       </c>
       <c r="D212" t="s">
         <v>1059</v>
       </c>
       <c r="E212" t="s">
         <v>1060</v>
       </c>
       <c r="F212" t="s">
         <v>1061</v>
       </c>
       <c r="G212" s="1">
-        <v>0.103</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="213">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B213" t="s">
         <v>1062</v>
       </c>
       <c r="C213" t="s">
         <v>1063</v>
       </c>
       <c r="D213" t="s">
         <v>1064</v>
       </c>
       <c r="E213" t="s">
         <v>1065</v>
       </c>
       <c r="F213" t="s">
         <v>1066</v>
       </c>
       <c r="G213" s="1">
-        <v>0.103</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="214">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B214" t="s">
         <v>1067</v>
       </c>
       <c r="C214" t="s">
         <v>1068</v>
       </c>
       <c r="D214" t="s">
         <v>1069</v>
       </c>
       <c r="E214" t="s">
         <v>1070</v>
       </c>
       <c r="F214" t="s">
         <v>1071</v>
       </c>
       <c r="G214" s="1">
-        <v>0.103</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="215">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B215" t="s">
         <v>1072</v>
       </c>
       <c r="C215" t="s">
         <v>1073</v>
       </c>
       <c r="D215" t="s">
         <v>1074</v>
       </c>
       <c r="E215" t="s">
         <v>1075</v>
       </c>
       <c r="F215" t="s">
         <v>1076</v>
       </c>
       <c r="G215" s="1">
-        <v>0.102</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="216">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B216" t="s">
         <v>1077</v>
       </c>
       <c r="C216" t="s">
         <v>1078</v>
       </c>
       <c r="D216" t="s">
         <v>1079</v>
       </c>
       <c r="E216" t="s">
         <v>1080</v>
       </c>
       <c r="F216" t="s">
         <v>1081</v>
       </c>
       <c r="G216" s="1">
-        <v>0.102</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="217">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B217" t="s">
         <v>1082</v>
       </c>
       <c r="C217" t="s">
         <v>1083</v>
       </c>
       <c r="D217" t="s">
         <v>1084</v>
       </c>
       <c r="E217" t="s">
         <v>1085</v>
       </c>
       <c r="F217" t="s">
         <v>1086</v>
       </c>
       <c r="G217" s="1">
-        <v>0.102</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="218">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B218" t="s">
         <v>1087</v>
       </c>
       <c r="C218" t="s">
         <v>1088</v>
       </c>
       <c r="D218" t="s">
         <v>1089</v>
       </c>
       <c r="E218" t="s">
         <v>1090</v>
       </c>
       <c r="F218" t="s">
         <v>1091</v>
       </c>
       <c r="G218" s="1">
-        <v>0.101</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="219">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B219" t="s">
         <v>1092</v>
       </c>
       <c r="C219" t="s">
         <v>1093</v>
       </c>
       <c r="D219" t="s">
         <v>1094</v>
       </c>
       <c r="E219" t="s">
         <v>1095</v>
       </c>
       <c r="F219" t="s">
         <v>1096</v>
       </c>
       <c r="G219" s="1">
-        <v>0.101</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="220">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B220" t="s">
         <v>1097</v>
       </c>
       <c r="C220" t="s">
         <v>1098</v>
       </c>
       <c r="D220" t="s">
         <v>1099</v>
       </c>
       <c r="E220" t="s">
         <v>1100</v>
       </c>
       <c r="F220" t="s">
         <v>1101</v>
       </c>
       <c r="G220" s="1">
-        <v>0.101</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="221">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B221" t="s">
         <v>1102</v>
       </c>
       <c r="C221" t="s">
         <v>1103</v>
       </c>
       <c r="D221" t="s">
         <v>1104</v>
       </c>
       <c r="E221" t="s">
         <v>1105</v>
       </c>
       <c r="F221" t="s">
         <v>1106</v>
       </c>
       <c r="G221" s="1">
-        <v>0.1</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="222">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B222" t="s">
         <v>1107</v>
       </c>
       <c r="C222" t="s">
         <v>1108</v>
       </c>
       <c r="D222" t="s">
         <v>1109</v>
       </c>
       <c r="E222" t="s">
         <v>1110</v>
       </c>
       <c r="F222" t="s">
         <v>1111</v>
       </c>
       <c r="G222" s="1">
-        <v>0.099</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="223">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B223" t="s">
         <v>1112</v>
       </c>
       <c r="C223" t="s">
         <v>1113</v>
       </c>
       <c r="D223" t="s">
         <v>1114</v>
       </c>
       <c r="E223" t="s">
         <v>1115</v>
       </c>
       <c r="F223" t="s">
         <v>1116</v>
       </c>
       <c r="G223" s="1">
-        <v>0.099</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="224">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B224" t="s">
         <v>1117</v>
       </c>
       <c r="C224" t="s">
         <v>1118</v>
       </c>
       <c r="D224" t="s">
         <v>1119</v>
       </c>
       <c r="E224" t="s">
         <v>1120</v>
       </c>
       <c r="F224" t="s">
         <v>1121</v>
       </c>
       <c r="G224" s="1">
-        <v>0.097</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="225">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B225" t="s">
         <v>1122</v>
       </c>
       <c r="C225" t="s">
         <v>1123</v>
       </c>
       <c r="D225" t="s">
         <v>1124</v>
       </c>
       <c r="E225" t="s">
         <v>1125</v>
       </c>
       <c r="F225" t="s">
         <v>1126</v>
       </c>
       <c r="G225" s="1">
-        <v>0.097</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="226">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B226" t="s">
         <v>1127</v>
       </c>
       <c r="C226" t="s">
         <v>1128</v>
       </c>
       <c r="D226" t="s">
         <v>1129</v>
       </c>
       <c r="E226" t="s">
         <v>1130</v>
       </c>
       <c r="F226" t="s">
         <v>1131</v>
       </c>
       <c r="G226" s="1">
-        <v>0.096</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="227">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B227" t="s">
         <v>1132</v>
       </c>
       <c r="C227" t="s">
         <v>1133</v>
       </c>
       <c r="D227" t="s">
         <v>1134</v>
       </c>
       <c r="E227" t="s">
         <v>1135</v>
       </c>
       <c r="F227" t="s">
         <v>1136</v>
       </c>
       <c r="G227" s="1">
-        <v>0.096</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="228">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B228" t="s">
         <v>1137</v>
       </c>
       <c r="C228" t="s">
         <v>1138</v>
       </c>
       <c r="D228" t="s">
         <v>1139</v>
       </c>
       <c r="E228" t="s">
         <v>1140</v>
       </c>
       <c r="F228" t="s">
         <v>1141</v>
       </c>
       <c r="G228" s="1">
-        <v>0.095</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="229">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B229" t="s">
         <v>1142</v>
       </c>
       <c r="C229" t="s">
         <v>1143</v>
       </c>
       <c r="D229" t="s">
         <v>1144</v>
       </c>
       <c r="E229" t="s">
         <v>1145</v>
       </c>
       <c r="F229" t="s">
         <v>1146</v>
       </c>
       <c r="G229" s="1">
-        <v>0.094</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="230">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B230" t="s">
         <v>1147</v>
       </c>
       <c r="C230" t="s">
         <v>1148</v>
       </c>
       <c r="D230" t="s">
         <v>1149</v>
       </c>
       <c r="E230" t="s">
         <v>1150</v>
       </c>
       <c r="F230" t="s">
         <v>1151</v>
       </c>
       <c r="G230" s="1">
-        <v>0.094</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="231">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B231" t="s">
         <v>1152</v>
       </c>
       <c r="C231" t="s">
         <v>1153</v>
       </c>
       <c r="D231" t="s">
         <v>1154</v>
       </c>
       <c r="E231" t="s">
         <v>1155</v>
       </c>
       <c r="F231" t="s">
         <v>1156</v>
       </c>
       <c r="G231" s="1">
-        <v>0.094</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="232">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B232" t="s">
         <v>1157</v>
       </c>
       <c r="C232" t="s">
         <v>1158</v>
       </c>
       <c r="D232" t="s">
         <v>1159</v>
       </c>
       <c r="E232" t="s">
         <v>1160</v>
       </c>
       <c r="F232" t="s">
         <v>1161</v>
       </c>
       <c r="G232" s="1">
-        <v>0.094</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="233">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B233" t="s">
         <v>1162</v>
       </c>
       <c r="C233" t="s">
         <v>1163</v>
       </c>
       <c r="D233" t="s">
         <v>1164</v>
       </c>
       <c r="E233" t="s">
         <v>1165</v>
       </c>
       <c r="F233" t="s">
         <v>1166</v>
       </c>
       <c r="G233" s="1">
-        <v>0.094</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="234">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B234" t="s">
         <v>1167</v>
       </c>
       <c r="C234" t="s">
         <v>1168</v>
       </c>
       <c r="D234" t="s">
         <v>1169</v>
       </c>
       <c r="E234" t="s">
         <v>1170</v>
       </c>
       <c r="F234" t="s">
         <v>1171</v>
       </c>
       <c r="G234" s="1">
-        <v>0.094</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="235">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B235" t="s">
         <v>1172</v>
       </c>
       <c r="C235" t="s">
         <v>1173</v>
       </c>
       <c r="D235" t="s">
         <v>1174</v>
       </c>
       <c r="E235" t="s">
         <v>1175</v>
       </c>
       <c r="F235" t="s">
         <v>1176</v>
       </c>
       <c r="G235" s="1">
-        <v>0.094</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="236">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B236" t="s">
         <v>1177</v>
       </c>
       <c r="C236" t="s">
         <v>1178</v>
       </c>
       <c r="D236" t="s">
         <v>1179</v>
       </c>
       <c r="E236" t="s">
         <v>1180</v>
       </c>
       <c r="F236" t="s">
         <v>1181</v>
       </c>
       <c r="G236" s="1">
-        <v>0.094</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="237">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B237" t="s">
         <v>1182</v>
       </c>
       <c r="C237" t="s">
         <v>1183</v>
       </c>
       <c r="D237" t="s">
         <v>1184</v>
       </c>
       <c r="E237" t="s">
         <v>1185</v>
       </c>
       <c r="F237" t="s">
         <v>1186</v>
       </c>
       <c r="G237" s="1">
-        <v>0.093</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="238">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B238" t="s">
         <v>1187</v>
       </c>
       <c r="C238" t="s">
         <v>1188</v>
       </c>
       <c r="D238" t="s">
         <v>1189</v>
       </c>
       <c r="E238" t="s">
         <v>1190</v>
       </c>
       <c r="F238" t="s">
         <v>1191</v>
       </c>
       <c r="G238" s="1">
-        <v>0.092</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="239">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B239" t="s">
         <v>1192</v>
       </c>
       <c r="C239" t="s">
         <v>1193</v>
       </c>
       <c r="D239" t="s">
         <v>1194</v>
       </c>
       <c r="E239" t="s">
         <v>1195</v>
       </c>
       <c r="F239" t="s">
         <v>1196</v>
       </c>
       <c r="G239" s="1">
-        <v>0.091</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="240">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B240" t="s">
         <v>1197</v>
       </c>
       <c r="C240" t="s">
         <v>1198</v>
       </c>
       <c r="D240" t="s">
         <v>1199</v>
       </c>
       <c r="E240" t="s">
         <v>1200</v>
       </c>
       <c r="F240" t="s">
         <v>1201</v>
       </c>
       <c r="G240" s="1">
-        <v>0.09</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="241">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B241" t="s">
         <v>1202</v>
       </c>
       <c r="C241" t="s">
         <v>1203</v>
       </c>
       <c r="D241" t="s">
         <v>1204</v>
       </c>
       <c r="E241" t="s">
         <v>1205</v>
       </c>
       <c r="F241" t="s">
         <v>1206</v>
       </c>
       <c r="G241" s="1">
-        <v>0.09</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="242">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B242" t="s">
         <v>1207</v>
       </c>
       <c r="C242" t="s">
         <v>1208</v>
       </c>
       <c r="D242" t="s">
         <v>1209</v>
       </c>
       <c r="E242" t="s">
         <v>1210</v>
       </c>
       <c r="F242" t="s">
         <v>1211</v>
       </c>
       <c r="G242" s="1">
-        <v>0.089</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="243">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B243" t="s">
         <v>1212</v>
       </c>
       <c r="C243" t="s">
         <v>1213</v>
       </c>
       <c r="D243" t="s">
         <v>1214</v>
       </c>
       <c r="E243" t="s">
         <v>1215</v>
       </c>
       <c r="F243" t="s">
         <v>1216</v>
       </c>
       <c r="G243" s="1">
-        <v>0.089</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="244">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B244" t="s">
         <v>1217</v>
       </c>
       <c r="C244" t="s">
         <v>1218</v>
       </c>
       <c r="D244" t="s">
         <v>1219</v>
       </c>
       <c r="E244" t="s">
         <v>1220</v>
       </c>
       <c r="F244" t="s">
         <v>1221</v>
       </c>
       <c r="G244" s="1">
-        <v>0.089</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="245">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B245" t="s">
         <v>1222</v>
       </c>
       <c r="C245" t="s">
         <v>1223</v>
       </c>
       <c r="D245" t="s">
         <v>1224</v>
       </c>
       <c r="E245" t="s">
         <v>1225</v>
       </c>
       <c r="F245" t="s">
         <v>1226</v>
       </c>
       <c r="G245" s="1">
-        <v>0.089</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="246">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B246" t="s">
         <v>1227</v>
       </c>
       <c r="C246" t="s">
         <v>1228</v>
       </c>
       <c r="D246" t="s">
         <v>1229</v>
       </c>
       <c r="E246" t="s">
         <v>1230</v>
       </c>
       <c r="F246" t="s">
         <v>1231</v>
       </c>
       <c r="G246" s="1">
-        <v>0.088</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="247">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B247" t="s">
         <v>1232</v>
       </c>
       <c r="C247" t="s">
         <v>1233</v>
       </c>
       <c r="D247" t="s">
         <v>1234</v>
       </c>
       <c r="E247" t="s">
         <v>1235</v>
       </c>
       <c r="F247" t="s">
         <v>1236</v>
       </c>
       <c r="G247" s="1">
-        <v>0.088</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="248">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B248" t="s">
         <v>1237</v>
       </c>
       <c r="C248" t="s">
         <v>1238</v>
       </c>
       <c r="D248" t="s">
         <v>1239</v>
       </c>
       <c r="E248" t="s">
         <v>1240</v>
       </c>
       <c r="F248" t="s">
         <v>1241</v>
       </c>
       <c r="G248" s="1">
-        <v>0.087</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="249">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B249" t="s">
         <v>1242</v>
       </c>
       <c r="C249" t="s">
         <v>1243</v>
       </c>
       <c r="D249" t="s">
         <v>1244</v>
       </c>
       <c r="E249" t="s">
         <v>1245</v>
       </c>
       <c r="F249" t="s">
         <v>1246</v>
       </c>
       <c r="G249" s="1">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="250">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B250" t="s">
         <v>1247</v>
       </c>
       <c r="C250" t="s">
         <v>1248</v>
       </c>
       <c r="D250" t="s">
         <v>1249</v>
       </c>
       <c r="E250" t="s">
         <v>1250</v>
       </c>
       <c r="F250" t="s">
         <v>1251</v>
       </c>
       <c r="G250" s="1">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="251">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B251" t="s">
         <v>1252</v>
       </c>
       <c r="C251" t="s">
         <v>1253</v>
       </c>
       <c r="D251" t="s">
         <v>1254</v>
       </c>
       <c r="E251" t="s">
         <v>1255</v>
       </c>
       <c r="F251" t="s">
         <v>1256</v>
       </c>
       <c r="G251" s="1">
-        <v>0.085</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="252">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B252" t="s">
         <v>1257</v>
       </c>
       <c r="C252" t="s">
         <v>1258</v>
       </c>
       <c r="D252" t="s">
         <v>1259</v>
       </c>
       <c r="E252" t="s">
         <v>1260</v>
       </c>
       <c r="F252" t="s">
         <v>1261</v>
       </c>
       <c r="G252" s="1">
-        <v>0.085</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="253">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B253" t="s">
         <v>1262</v>
       </c>
       <c r="C253" t="s">
         <v>1263</v>
       </c>
       <c r="D253" t="s">
         <v>1264</v>
       </c>
       <c r="E253" t="s">
         <v>1265</v>
       </c>
       <c r="F253" t="s">
         <v>1266</v>
       </c>
       <c r="G253" s="1">
-        <v>0.085</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="254">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B254" t="s">
         <v>1267</v>
       </c>
       <c r="C254" t="s">
         <v>1268</v>
       </c>
       <c r="D254" t="s">
         <v>1269</v>
       </c>
       <c r="E254" t="s">
         <v>1270</v>
       </c>
       <c r="F254" t="s">
         <v>1271</v>
       </c>
       <c r="G254" s="1">
-        <v>0.084</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="255">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B255" t="s">
         <v>1272</v>
       </c>
       <c r="C255" t="s">
         <v>1273</v>
       </c>
       <c r="D255" t="s">
         <v>1274</v>
       </c>
       <c r="E255" t="s">
         <v>1275</v>
       </c>
       <c r="F255" t="s">
         <v>1276</v>
       </c>
       <c r="G255" s="1">
-        <v>0.084</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="256">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B256" t="s">
         <v>1277</v>
       </c>
       <c r="C256" t="s">
         <v>1278</v>
       </c>
       <c r="D256" t="s">
         <v>1279</v>
       </c>
       <c r="E256" t="s">
         <v>1280</v>
       </c>
       <c r="F256" t="s">
         <v>1281</v>
       </c>
       <c r="G256" s="1">
-        <v>0.084</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="257">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B257" t="s">
         <v>1282</v>
       </c>
       <c r="C257" t="s">
         <v>1283</v>
       </c>
       <c r="D257" t="s">
         <v>1284</v>
       </c>
       <c r="E257" t="s">
         <v>1285</v>
       </c>
       <c r="F257" t="s">
         <v>1286</v>
       </c>
       <c r="G257" s="1">
-        <v>0.084</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="258">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B258" t="s">
         <v>1287</v>
       </c>
       <c r="C258" t="s">
         <v>1288</v>
       </c>
       <c r="D258" t="s">
         <v>1289</v>
       </c>
       <c r="E258" t="s">
         <v>1290</v>
       </c>
       <c r="F258" t="s">
         <v>1291</v>
       </c>
       <c r="G258" s="1">
-        <v>0.083</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="259">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B259" t="s">
         <v>1292</v>
       </c>
       <c r="C259" t="s">
         <v>1293</v>
       </c>
       <c r="D259" t="s">
         <v>1294</v>
       </c>
       <c r="E259" t="s">
         <v>1295</v>
       </c>
       <c r="F259" t="s">
         <v>1296</v>
       </c>
       <c r="G259" s="1">
-        <v>0.083</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="260">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B260" t="s">
         <v>1297</v>
       </c>
       <c r="C260" t="s">
         <v>1298</v>
       </c>
       <c r="D260" t="s">
         <v>1299</v>
       </c>
       <c r="E260" t="s">
         <v>1300</v>
       </c>
       <c r="F260" t="s">
         <v>1301</v>
       </c>
       <c r="G260" s="1">
-        <v>0.083</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="261">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B261" t="s">
         <v>1302</v>
       </c>
       <c r="C261" t="s">
         <v>1303</v>
       </c>
       <c r="D261" t="s">
         <v>1304</v>
       </c>
       <c r="E261" t="s">
         <v>1305</v>
       </c>
       <c r="F261" t="s">
         <v>1306</v>
       </c>
       <c r="G261" s="1">
-        <v>0.082</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="262">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B262" t="s">
         <v>1307</v>
       </c>
       <c r="C262" t="s">
         <v>1308</v>
       </c>
       <c r="D262" t="s">
         <v>1309</v>
       </c>
       <c r="E262" t="s">
         <v>1310</v>
       </c>
       <c r="F262" t="s">
         <v>1311</v>
       </c>
       <c r="G262" s="1">
-        <v>0.082</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="263">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B263" t="s">
         <v>1312</v>
       </c>
       <c r="C263" t="s">
         <v>1313</v>
       </c>
       <c r="D263" t="s">
         <v>1314</v>
       </c>
       <c r="E263" t="s">
         <v>1315</v>
       </c>
       <c r="F263" t="s">
         <v>1316</v>
       </c>
       <c r="G263" s="1">
-        <v>0.082</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="264">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B264" t="s">
         <v>1317</v>
       </c>
       <c r="C264" t="s">
         <v>1318</v>
       </c>
       <c r="D264" t="s">
         <v>1319</v>
       </c>
       <c r="E264" t="s">
         <v>1320</v>
       </c>
       <c r="F264" t="s">
         <v>1321</v>
       </c>
       <c r="G264" s="1">
-        <v>0.081</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="265">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B265" t="s">
         <v>1322</v>
       </c>
       <c r="C265" t="s">
         <v>1323</v>
       </c>
       <c r="D265" t="s">
         <v>1324</v>
       </c>
       <c r="E265" t="s">
         <v>1325</v>
       </c>
       <c r="F265" t="s">
         <v>1326</v>
       </c>
       <c r="G265" s="1">
-        <v>0.081</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="266">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B266" t="s">
         <v>1327</v>
       </c>
       <c r="C266" t="s">
         <v>1328</v>
       </c>
       <c r="D266" t="s">
         <v>1329</v>
       </c>
       <c r="E266" t="s">
         <v>1330</v>
       </c>
       <c r="F266" t="s">
         <v>1331</v>
       </c>
       <c r="G266" s="1">
-        <v>0.081</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="267">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B267" t="s">
         <v>1332</v>
       </c>
       <c r="C267" t="s">
         <v>1333</v>
       </c>
       <c r="D267" t="s">
         <v>1334</v>
       </c>
       <c r="E267" t="s">
         <v>1335</v>
       </c>
       <c r="F267" t="s">
         <v>1336</v>
       </c>
       <c r="G267" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="268">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B268" t="s">
         <v>1337</v>
       </c>
       <c r="C268" t="s">
         <v>1338</v>
       </c>
       <c r="D268" t="s">
         <v>1339</v>
       </c>
       <c r="E268" t="s">
         <v>1340</v>
       </c>
       <c r="F268" t="s">
         <v>1341</v>
       </c>
       <c r="G268" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="269">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B269" t="s">
         <v>1342</v>
       </c>
       <c r="C269" t="s">
         <v>1343</v>
       </c>
       <c r="D269" t="s">
         <v>1344</v>
       </c>
       <c r="E269" t="s">
         <v>1345</v>
       </c>
       <c r="F269" t="s">
         <v>1346</v>
       </c>
       <c r="G269" s="1">
-        <v>0.079</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="270">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B270" t="s">
         <v>1347</v>
       </c>
       <c r="C270" t="s">
         <v>1348</v>
       </c>
       <c r="D270" t="s">
         <v>1349</v>
       </c>
       <c r="E270" t="s">
         <v>1350</v>
       </c>
       <c r="F270" t="s">
         <v>1351</v>
       </c>
       <c r="G270" s="1">
-        <v>0.079</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="271">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B271" t="s">
         <v>1352</v>
       </c>
       <c r="C271" t="s">
         <v>1353</v>
       </c>
       <c r="D271" t="s">
         <v>1354</v>
       </c>
       <c r="E271" t="s">
         <v>1355</v>
       </c>
       <c r="F271" t="s">
         <v>1356</v>
       </c>
       <c r="G271" s="1">
-        <v>0.079</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="272">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B272" t="s">
         <v>1357</v>
       </c>
       <c r="C272" t="s">
         <v>1358</v>
       </c>
       <c r="D272" t="s">
         <v>1359</v>
       </c>
       <c r="E272" t="s">
         <v>1360</v>
       </c>
       <c r="F272" t="s">
         <v>1361</v>
       </c>
       <c r="G272" s="1">
-        <v>0.078</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="273">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B273" t="s">
         <v>1362</v>
       </c>
       <c r="C273" t="s">
         <v>1363</v>
       </c>
       <c r="D273" t="s">
         <v>1364</v>
       </c>
       <c r="E273" t="s">
         <v>1365</v>
       </c>
       <c r="F273" t="s">
         <v>1366</v>
       </c>
       <c r="G273" s="1">
-        <v>0.078</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="274">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B274" t="s">
         <v>1367</v>
       </c>
       <c r="C274" t="s">
         <v>1368</v>
       </c>
       <c r="D274" t="s">
         <v>1369</v>
       </c>
       <c r="E274" t="s">
         <v>1370</v>
       </c>
       <c r="F274" t="s">
         <v>1371</v>
       </c>
       <c r="G274" s="1">
-        <v>0.078</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="275">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B275" t="s">
         <v>1372</v>
       </c>
       <c r="C275" t="s">
         <v>1373</v>
       </c>
       <c r="D275" t="s">
         <v>1374</v>
       </c>
       <c r="E275" t="s">
         <v>1375</v>
       </c>
       <c r="F275" t="s">
         <v>1376</v>
       </c>
       <c r="G275" s="1">
-        <v>0.078</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="276">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B276" t="s">
         <v>1377</v>
       </c>
       <c r="C276" t="s">
         <v>1378</v>
       </c>
       <c r="D276" t="s">
         <v>1379</v>
       </c>
       <c r="E276" t="s">
         <v>1380</v>
       </c>
       <c r="F276" t="s">
         <v>1381</v>
       </c>
       <c r="G276" s="1">
-        <v>0.077</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="277">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B277" t="s">
         <v>1382</v>
       </c>
       <c r="C277" t="s">
         <v>1383</v>
       </c>
       <c r="D277" t="s">
         <v>1384</v>
       </c>
       <c r="E277" t="s">
         <v>1385</v>
       </c>
       <c r="F277" t="s">
         <v>1386</v>
       </c>
       <c r="G277" s="1">
-        <v>0.077</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="278">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B278" t="s">
         <v>1387</v>
       </c>
       <c r="C278" t="s">
         <v>1388</v>
       </c>
       <c r="D278" t="s">
         <v>1389</v>
       </c>
       <c r="E278" t="s">
         <v>1390</v>
       </c>
       <c r="F278" t="s">
         <v>1391</v>
       </c>
       <c r="G278" s="1">
-        <v>0.077</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="279">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B279" t="s">
         <v>1392</v>
       </c>
       <c r="C279" t="s">
         <v>1393</v>
       </c>
       <c r="D279" t="s">
         <v>1394</v>
       </c>
       <c r="E279" t="s">
         <v>1395</v>
       </c>
       <c r="F279" t="s">
         <v>1396</v>
       </c>
       <c r="G279" s="1">
-        <v>0.077</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="280">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B280" t="s">
         <v>1397</v>
       </c>
       <c r="C280" t="s">
         <v>1398</v>
       </c>
       <c r="D280" t="s">
         <v>1399</v>
       </c>
       <c r="E280" t="s">
         <v>1400</v>
       </c>
       <c r="F280" t="s">
         <v>1401</v>
       </c>
       <c r="G280" s="1">
-        <v>0.077</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="281">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B281" t="s">
         <v>1402</v>
       </c>
       <c r="C281" t="s">
         <v>1403</v>
       </c>
       <c r="D281" t="s">
         <v>1404</v>
       </c>
       <c r="E281" t="s">
         <v>1405</v>
       </c>
       <c r="F281" t="s">
         <v>1406</v>
       </c>
       <c r="G281" s="1">
-        <v>0.077</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="282">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B282" t="s">
         <v>1407</v>
       </c>
       <c r="C282" t="s">
         <v>1408</v>
       </c>
       <c r="D282" t="s">
         <v>1409</v>
       </c>
       <c r="E282" t="s">
         <v>1410</v>
       </c>
       <c r="F282" t="s">
         <v>1411</v>
       </c>
       <c r="G282" s="1">
-        <v>0.077</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="283">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B283" t="s">
         <v>1412</v>
       </c>
       <c r="C283" t="s">
         <v>1413</v>
       </c>
       <c r="D283" t="s">
         <v>1414</v>
       </c>
       <c r="E283" t="s">
         <v>1415</v>
       </c>
       <c r="F283" t="s">
         <v>1416</v>
       </c>
       <c r="G283" s="1">
-        <v>0.076</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="284">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B284" t="s">
         <v>1417</v>
       </c>
       <c r="C284" t="s">
         <v>1418</v>
       </c>
       <c r="D284" t="s">
         <v>1419</v>
       </c>
       <c r="E284" t="s">
         <v>1420</v>
       </c>
       <c r="F284" t="s">
         <v>1421</v>
       </c>
       <c r="G284" s="1">
-        <v>0.076</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="285">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B285" t="s">
         <v>1422</v>
       </c>
       <c r="C285" t="s">
         <v>1423</v>
       </c>
       <c r="D285" t="s">
         <v>1424</v>
       </c>
       <c r="E285" t="s">
         <v>1425</v>
       </c>
       <c r="F285" t="s">
         <v>1426</v>
       </c>
       <c r="G285" s="1">
-        <v>0.076</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="286">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B286" t="s">
         <v>1427</v>
       </c>
       <c r="C286" t="s">
         <v>1428</v>
       </c>
       <c r="D286" t="s">
         <v>1429</v>
       </c>
       <c r="E286" t="s">
         <v>1430</v>
       </c>
       <c r="F286" t="s">
         <v>1431</v>
       </c>
       <c r="G286" s="1">
-        <v>0.076</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="287">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B287" t="s">
         <v>1432</v>
       </c>
       <c r="C287" t="s">
         <v>1433</v>
       </c>
       <c r="D287" t="s">
         <v>1434</v>
       </c>
       <c r="E287" t="s">
         <v>1435</v>
       </c>
       <c r="F287" t="s">
         <v>1436</v>
       </c>
       <c r="G287" s="1">
-        <v>0.076</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="288">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B288" t="s">
         <v>1437</v>
       </c>
       <c r="C288" t="s">
         <v>1438</v>
       </c>
       <c r="D288" t="s">
         <v>1439</v>
       </c>
       <c r="E288" t="s">
         <v>1440</v>
       </c>
       <c r="F288" t="s">
         <v>1441</v>
       </c>
       <c r="G288" s="1">
-        <v>0.076</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="289">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B289" t="s">
         <v>1442</v>
       </c>
       <c r="C289" t="s">
         <v>1443</v>
       </c>
       <c r="D289" t="s">
         <v>1444</v>
       </c>
       <c r="E289" t="s">
         <v>1445</v>
       </c>
       <c r="F289" t="s">
         <v>1446</v>
       </c>
       <c r="G289" s="1">
-        <v>0.076</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="290">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B290" t="s">
         <v>1447</v>
       </c>
       <c r="C290" t="s">
         <v>1448</v>
       </c>
       <c r="D290" t="s">
         <v>1449</v>
       </c>
       <c r="E290" t="s">
         <v>1450</v>
       </c>
       <c r="F290" t="s">
         <v>1451</v>
       </c>
       <c r="G290" s="1">
-        <v>0.075</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="291">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B291" t="s">
         <v>1452</v>
       </c>
       <c r="C291" t="s">
         <v>1453</v>
       </c>
       <c r="D291" t="s">
         <v>1454</v>
       </c>
       <c r="E291" t="s">
         <v>1455</v>
       </c>
       <c r="F291" t="s">
         <v>1456</v>
       </c>
       <c r="G291" s="1">
-        <v>0.075</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="292">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B292" t="s">
         <v>1457</v>
       </c>
       <c r="C292" t="s">
         <v>1458</v>
       </c>
       <c r="D292" t="s">
         <v>1459</v>
       </c>
       <c r="E292" t="s">
         <v>1460</v>
       </c>
       <c r="F292" t="s">
         <v>1461</v>
       </c>
       <c r="G292" s="1">
-        <v>0.075</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="293">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B293" t="s">
         <v>1462</v>
       </c>
       <c r="C293" t="s">
         <v>1463</v>
       </c>
       <c r="D293" t="s">
         <v>1464</v>
       </c>
       <c r="E293" t="s">
         <v>1465</v>
       </c>
       <c r="F293" t="s">
         <v>1466</v>
       </c>
       <c r="G293" s="1">
-        <v>0.074</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="294">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B294" t="s">
         <v>1467</v>
       </c>
       <c r="C294" t="s">
         <v>1468</v>
       </c>
       <c r="D294" t="s">
         <v>1469</v>
       </c>
       <c r="E294" t="s">
         <v>1470</v>
       </c>
       <c r="F294" t="s">
         <v>1471</v>
       </c>
       <c r="G294" s="1">
-        <v>0.074</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="295">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B295" t="s">
         <v>1472</v>
       </c>
       <c r="C295" t="s">
         <v>1473</v>
       </c>
       <c r="D295" t="s">
         <v>1474</v>
       </c>
       <c r="E295" t="s">
         <v>1475</v>
       </c>
       <c r="F295" t="s">
         <v>1476</v>
       </c>
       <c r="G295" s="1">
-        <v>0.074</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="296">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B296" t="s">
         <v>1477</v>
       </c>
       <c r="C296" t="s">
         <v>1478</v>
       </c>
       <c r="D296" t="s">
         <v>1479</v>
       </c>
       <c r="E296" t="s">
         <v>1480</v>
       </c>
       <c r="F296" t="s">
         <v>1481</v>
       </c>
       <c r="G296" s="1">
-        <v>0.074</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="297">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B297" t="s">
         <v>1482</v>
       </c>
       <c r="C297" t="s">
         <v>1483</v>
       </c>
       <c r="D297" t="s">
         <v>1484</v>
       </c>
       <c r="E297" t="s">
         <v>1485</v>
       </c>
       <c r="F297" t="s">
         <v>1486</v>
       </c>
       <c r="G297" s="1">
-        <v>0.074</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="298">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B298" t="s">
         <v>1487</v>
       </c>
       <c r="C298" t="s">
         <v>1488</v>
       </c>
       <c r="D298" t="s">
         <v>1489</v>
       </c>
       <c r="E298" t="s">
         <v>1490</v>
       </c>
       <c r="F298" t="s">
         <v>1491</v>
       </c>
       <c r="G298" s="1">
-        <v>0.073</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="299">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B299" t="s">
         <v>1492</v>
       </c>
       <c r="C299" t="s">
         <v>1493</v>
       </c>
       <c r="D299" t="s">
         <v>1494</v>
       </c>
       <c r="E299" t="s">
         <v>1495</v>
       </c>
       <c r="F299" t="s">
         <v>1496</v>
       </c>
       <c r="G299" s="1">
-        <v>0.073</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="300">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B300" t="s">
         <v>1497</v>
       </c>
       <c r="C300" t="s">
         <v>1498</v>
       </c>
       <c r="D300" t="s">
         <v>1499</v>
       </c>
       <c r="E300" t="s">
         <v>1500</v>
       </c>
       <c r="F300" t="s">
         <v>1501</v>
       </c>
       <c r="G300" s="1">
-        <v>0.073</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="301">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B301" t="s">
         <v>1502</v>
       </c>
       <c r="C301" t="s">
         <v>1503</v>
       </c>
       <c r="D301" t="s">
         <v>1504</v>
       </c>
       <c r="E301" t="s">
         <v>1505</v>
       </c>
       <c r="F301" t="s">
         <v>1506</v>
       </c>
       <c r="G301" s="1">
-        <v>0.072</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="302">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B302" t="s">
         <v>1507</v>
       </c>
       <c r="C302" t="s">
         <v>1508</v>
       </c>
       <c r="D302" t="s">
         <v>1509</v>
       </c>
       <c r="E302" t="s">
         <v>1510</v>
       </c>
       <c r="F302" t="s">
         <v>1511</v>
       </c>
       <c r="G302" s="1">
-        <v>0.072</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="303">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B303" t="s">
         <v>1512</v>
       </c>
       <c r="C303" t="s">
         <v>1513</v>
       </c>
       <c r="D303" t="s">
         <v>1514</v>
       </c>
       <c r="E303" t="s">
         <v>1515</v>
       </c>
       <c r="F303" t="s">
         <v>1516</v>
       </c>
       <c r="G303" s="1">
-        <v>0.072</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="304">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B304" t="s">
         <v>1517</v>
       </c>
       <c r="C304" t="s">
         <v>1518</v>
       </c>
       <c r="D304" t="s">
         <v>1519</v>
       </c>
       <c r="E304" t="s">
         <v>1520</v>
       </c>
       <c r="F304" t="s">
         <v>1521</v>
       </c>
       <c r="G304" s="1">
-        <v>0.072</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="305">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B305" t="s">
         <v>1522</v>
       </c>
       <c r="C305" t="s">
         <v>1523</v>
       </c>
       <c r="D305" t="s">
         <v>1524</v>
       </c>
       <c r="E305" t="s">
         <v>1525</v>
       </c>
       <c r="F305" t="s">
         <v>1526</v>
       </c>
       <c r="G305" s="1">
-        <v>0.072</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="306">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B306" t="s">
         <v>1527</v>
       </c>
       <c r="C306" t="s">
         <v>1528</v>
       </c>
       <c r="D306" t="s">
         <v>1529</v>
       </c>
       <c r="E306" t="s">
         <v>1530</v>
       </c>
       <c r="F306" t="s">
         <v>1531</v>
       </c>
       <c r="G306" s="1">
-        <v>0.072</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="307">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B307" t="s">
         <v>1532</v>
       </c>
       <c r="C307" t="s">
         <v>1533</v>
       </c>
       <c r="D307" t="s">
         <v>1534</v>
       </c>
       <c r="E307" t="s">
         <v>1535</v>
       </c>
       <c r="F307" t="s">
         <v>1536</v>
       </c>
       <c r="G307" s="1">
-        <v>0.072</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="308">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B308" t="s">
         <v>1537</v>
       </c>
       <c r="C308" t="s">
         <v>1538</v>
       </c>
       <c r="D308" t="s">
         <v>1539</v>
       </c>
       <c r="E308" t="s">
         <v>1540</v>
       </c>
       <c r="F308" t="s">
         <v>1541</v>
       </c>
       <c r="G308" s="1">
-        <v>0.071</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="309">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B309" t="s">
         <v>1542</v>
       </c>
       <c r="C309" t="s">
         <v>1543</v>
       </c>
       <c r="D309" t="s">
         <v>1544</v>
       </c>
       <c r="E309" t="s">
         <v>1545</v>
       </c>
       <c r="F309" t="s">
         <v>1546</v>
       </c>
       <c r="G309" s="1">
-        <v>0.07</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="310">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B310" t="s">
         <v>1547</v>
       </c>
       <c r="C310" t="s">
         <v>1548</v>
       </c>
       <c r="D310" t="s">
         <v>1549</v>
       </c>
       <c r="E310" t="s">
         <v>1550</v>
       </c>
       <c r="F310" t="s">
         <v>1551</v>
       </c>
       <c r="G310" s="1">
-        <v>0.07</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="311">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B311" t="s">
         <v>1552</v>
       </c>
       <c r="C311" t="s">
         <v>1553</v>
       </c>
       <c r="D311" t="s">
         <v>1554</v>
       </c>
       <c r="E311" t="s">
         <v>1555</v>
       </c>
       <c r="F311" t="s">
         <v>1556</v>
       </c>
       <c r="G311" s="1">
-        <v>0.07</v>
+        <v>0.065</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="312">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B312" t="s">
         <v>1557</v>
       </c>
       <c r="C312" t="s">
         <v>1558</v>
       </c>
       <c r="D312" t="s">
         <v>1559</v>
       </c>
       <c r="E312" t="s">
         <v>1560</v>
       </c>
       <c r="F312" t="s">
         <v>1561</v>
       </c>
       <c r="G312" s="1">
-        <v>0.07</v>
+        <v>0.065</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="313">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B313" t="s">
         <v>1562</v>
       </c>
       <c r="C313" t="s">
         <v>1563</v>
       </c>
       <c r="D313" t="s">
         <v>1564</v>
       </c>
       <c r="E313" t="s">
         <v>1565</v>
       </c>
       <c r="F313" t="s">
         <v>1566</v>
       </c>
       <c r="G313" s="1">
-        <v>0.07</v>
+        <v>0.065</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="314">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B314" t="s">
         <v>1567</v>
       </c>
       <c r="C314" t="s">
         <v>1568</v>
       </c>
       <c r="D314" t="s">
         <v>1569</v>
       </c>
       <c r="E314" t="s">
         <v>1570</v>
       </c>
       <c r="F314" t="s">
         <v>1571</v>
       </c>
       <c r="G314" s="1">
-        <v>0.07</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="315">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B315" t="s">
         <v>1572</v>
       </c>
       <c r="C315" t="s">
         <v>1573</v>
       </c>
       <c r="D315" t="s">
         <v>1574</v>
       </c>
       <c r="E315" t="s">
         <v>1575</v>
       </c>
       <c r="F315" t="s">
         <v>1576</v>
       </c>
       <c r="G315" s="1">
-        <v>0.069</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="316">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B316" t="s">
         <v>1577</v>
       </c>
       <c r="C316" t="s">
         <v>1578</v>
       </c>
       <c r="D316" t="s">
         <v>1579</v>
       </c>
       <c r="E316" t="s">
         <v>1580</v>
       </c>
       <c r="F316" t="s">
         <v>1581</v>
       </c>
       <c r="G316" s="1">
-        <v>0.069</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="317">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B317" t="s">
         <v>1582</v>
       </c>
       <c r="C317" t="s">
         <v>1583</v>
       </c>
       <c r="D317" t="s">
         <v>1584</v>
       </c>
       <c r="E317" t="s">
         <v>1585</v>
       </c>
       <c r="F317" t="s">
         <v>1586</v>
       </c>
       <c r="G317" s="1">
-        <v>0.069</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="318">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B318" t="s">
         <v>1587</v>
       </c>
       <c r="C318" t="s">
         <v>1588</v>
       </c>
       <c r="D318" t="s">
         <v>1589</v>
       </c>
       <c r="E318" t="s">
         <v>1590</v>
       </c>
       <c r="F318" t="s">
         <v>1591</v>
       </c>
       <c r="G318" s="1">
-        <v>0.068</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="319">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B319" t="s">
         <v>1592</v>
       </c>
       <c r="C319" t="s">
         <v>1593</v>
       </c>
       <c r="D319" t="s">
         <v>1594</v>
       </c>
       <c r="E319" t="s">
         <v>1595</v>
       </c>
       <c r="F319" t="s">
         <v>1596</v>
       </c>
       <c r="G319" s="1">
-        <v>0.068</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="320">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B320" t="s">
         <v>1597</v>
       </c>
       <c r="C320" t="s">
         <v>1598</v>
       </c>
       <c r="D320" t="s">
         <v>1599</v>
       </c>
       <c r="E320" t="s">
         <v>1600</v>
       </c>
       <c r="F320" t="s">
         <v>1601</v>
       </c>
       <c r="G320" s="1">
-        <v>0.067</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="321">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B321" t="s">
         <v>1602</v>
       </c>
       <c r="C321" t="s">
         <v>1603</v>
       </c>
       <c r="D321" t="s">
         <v>1604</v>
       </c>
       <c r="E321" t="s">
         <v>1605</v>
       </c>
       <c r="F321" t="s">
         <v>1606</v>
       </c>
       <c r="G321" s="1">
-        <v>0.067</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="322">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B322" t="s">
         <v>1607</v>
       </c>
       <c r="C322" t="s">
         <v>1608</v>
       </c>
       <c r="D322" t="s">
         <v>1609</v>
       </c>
       <c r="E322" t="s">
         <v>1610</v>
       </c>
       <c r="F322" t="s">
         <v>1611</v>
       </c>
       <c r="G322" s="1">
-        <v>0.066</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="323">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B323" t="s">
         <v>1612</v>
       </c>
       <c r="C323" t="s">
         <v>1613</v>
       </c>
       <c r="D323" t="s">
         <v>1614</v>
       </c>
       <c r="E323" t="s">
         <v>1615</v>
       </c>
       <c r="F323" t="s">
         <v>1616</v>
       </c>
       <c r="G323" s="1">
-        <v>0.066</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="324">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B324" t="s">
         <v>1617</v>
       </c>
       <c r="C324" t="s">
         <v>1618</v>
       </c>
       <c r="D324" t="s">
         <v>1619</v>
       </c>
       <c r="E324" t="s">
         <v>1620</v>
       </c>
       <c r="F324" t="s">
         <v>1621</v>
       </c>
       <c r="G324" s="1">
-        <v>0.066</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="325">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B325" t="s">
         <v>1622</v>
       </c>
       <c r="C325" t="s">
         <v>1623</v>
       </c>
       <c r="D325" t="s">
         <v>1624</v>
       </c>
       <c r="E325" t="s">
         <v>1625</v>
       </c>
       <c r="F325" t="s">
         <v>1626</v>
       </c>
       <c r="G325" s="1">
-        <v>0.066</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="326">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B326" t="s">
         <v>1627</v>
       </c>
       <c r="C326" t="s">
         <v>1628</v>
       </c>
       <c r="D326" t="s">
         <v>1629</v>
       </c>
       <c r="E326" t="s">
         <v>1630</v>
       </c>
       <c r="F326" t="s">
         <v>1631</v>
       </c>
       <c r="G326" s="1">
-        <v>0.066</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="327">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B327" t="s">
         <v>1632</v>
       </c>
       <c r="C327" t="s">
         <v>1633</v>
       </c>
       <c r="D327" t="s">
         <v>1634</v>
       </c>
       <c r="E327" t="s">
         <v>1635</v>
       </c>
       <c r="F327" t="s">
         <v>1636</v>
       </c>
       <c r="G327" s="1">
-        <v>0.066</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="328">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B328" t="s">
         <v>1637</v>
       </c>
       <c r="C328" t="s">
         <v>1638</v>
       </c>
       <c r="D328" t="s">
         <v>1639</v>
       </c>
       <c r="E328" t="s">
         <v>1640</v>
       </c>
       <c r="F328" t="s">
         <v>1641</v>
       </c>
       <c r="G328" s="1">
-        <v>0.065</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="329">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B329" t="s">
         <v>1642</v>
       </c>
       <c r="C329" t="s">
         <v>1643</v>
       </c>
       <c r="D329" t="s">
         <v>1644</v>
       </c>
       <c r="E329" t="s">
         <v>1645</v>
       </c>
       <c r="F329" t="s">
         <v>1646</v>
       </c>
       <c r="G329" s="1">
-        <v>0.065</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="330">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B330" t="s">
         <v>1647</v>
       </c>
       <c r="C330" t="s">
         <v>1648</v>
       </c>
       <c r="D330" t="s">
         <v>1649</v>
       </c>
       <c r="E330" t="s">
         <v>1650</v>
       </c>
       <c r="F330" t="s">
         <v>1651</v>
       </c>
       <c r="G330" s="1">
-        <v>0.065</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="331">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B331" t="s">
         <v>1652</v>
       </c>
       <c r="C331" t="s">
         <v>1653</v>
       </c>
       <c r="D331" t="s">
         <v>1654</v>
       </c>
       <c r="E331" t="s">
         <v>1655</v>
       </c>
       <c r="F331" t="s">
         <v>1656</v>
       </c>
       <c r="G331" s="1">
-        <v>0.065</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="332">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B332" t="s">
         <v>1657</v>
       </c>
       <c r="C332" t="s">
         <v>1658</v>
       </c>
       <c r="D332" t="s">
         <v>1659</v>
       </c>
       <c r="E332" t="s">
         <v>1660</v>
       </c>
       <c r="F332" t="s">
         <v>1661</v>
       </c>
       <c r="G332" s="1">
-        <v>0.065</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="333">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B333" t="s">
         <v>1662</v>
       </c>
       <c r="C333" t="s">
         <v>1663</v>
       </c>
       <c r="D333" t="s">
         <v>1664</v>
       </c>
       <c r="E333" t="s">
         <v>1665</v>
       </c>
       <c r="F333" t="s">
         <v>1666</v>
       </c>
       <c r="G333" s="1">
-        <v>0.064</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="334">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B334" t="s">
         <v>1667</v>
       </c>
       <c r="C334" t="s">
         <v>1668</v>
       </c>
       <c r="D334" t="s">
         <v>1669</v>
       </c>
       <c r="E334" t="s">
         <v>1670</v>
       </c>
       <c r="F334" t="s">
         <v>1671</v>
       </c>
       <c r="G334" s="1">
-        <v>0.064</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="335">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B335" t="s">
         <v>1672</v>
       </c>
       <c r="C335" t="s">
         <v>1673</v>
       </c>
       <c r="D335" t="s">
         <v>1674</v>
       </c>
       <c r="E335" t="s">
         <v>1675</v>
       </c>
       <c r="F335" t="s">
         <v>1676</v>
       </c>
       <c r="G335" s="1">
-        <v>0.064</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="336">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B336" t="s">
         <v>1677</v>
       </c>
       <c r="C336" t="s">
         <v>1678</v>
       </c>
       <c r="D336" t="s">
         <v>1679</v>
       </c>
       <c r="E336" t="s">
         <v>1680</v>
       </c>
       <c r="F336" t="s">
         <v>1681</v>
       </c>
       <c r="G336" s="1">
-        <v>0.064</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="337">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B337" t="s">
         <v>1682</v>
       </c>
       <c r="C337" t="s">
         <v>1683</v>
       </c>
       <c r="D337" t="s">
         <v>1684</v>
       </c>
       <c r="E337" t="s">
         <v>1685</v>
       </c>
       <c r="F337" t="s">
         <v>1686</v>
       </c>
       <c r="G337" s="1">
-        <v>0.064</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="338">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B338" t="s">
         <v>1687</v>
       </c>
       <c r="C338" t="s">
         <v>1688</v>
       </c>
       <c r="D338" t="s">
         <v>1689</v>
       </c>
       <c r="E338" t="s">
         <v>1690</v>
       </c>
       <c r="F338" t="s">
         <v>1691</v>
       </c>
       <c r="G338" s="1">
-        <v>0.064</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="339">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B339" t="s">
         <v>1692</v>
       </c>
       <c r="C339" t="s">
         <v>1693</v>
       </c>
       <c r="D339" t="s">
         <v>1694</v>
       </c>
       <c r="E339" t="s">
         <v>1695</v>
       </c>
       <c r="F339" t="s">
         <v>1696</v>
       </c>
       <c r="G339" s="1">
-        <v>0.063</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="340">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B340" t="s">
         <v>1697</v>
       </c>
       <c r="C340" t="s">
         <v>1698</v>
       </c>
       <c r="D340" t="s">
         <v>1699</v>
       </c>
       <c r="E340" t="s">
         <v>1700</v>
       </c>
       <c r="F340" t="s">
         <v>1701</v>
       </c>
       <c r="G340" s="1">
-        <v>0.063</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="341">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B341" t="s">
         <v>1702</v>
       </c>
       <c r="C341" t="s">
         <v>1703</v>
       </c>
       <c r="D341" t="s">
         <v>1704</v>
       </c>
       <c r="E341" t="s">
         <v>1705</v>
       </c>
       <c r="F341" t="s">
         <v>1706</v>
       </c>
       <c r="G341" s="1">
-        <v>0.063</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="342">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B342" t="s">
         <v>1707</v>
       </c>
       <c r="C342" t="s">
         <v>1708</v>
       </c>
       <c r="D342" t="s">
         <v>1709</v>
       </c>
       <c r="E342" t="s">
         <v>1710</v>
       </c>
       <c r="F342" t="s">
         <v>1711</v>
       </c>
       <c r="G342" s="1">
-        <v>0.062</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="343">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B343" t="s">
         <v>1712</v>
       </c>
       <c r="C343" t="s">
         <v>1713</v>
       </c>
       <c r="D343" t="s">
         <v>1714</v>
       </c>
       <c r="E343" t="s">
         <v>1715</v>
       </c>
       <c r="F343" t="s">
         <v>1716</v>
       </c>
       <c r="G343" s="1">
-        <v>0.062</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="344">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B344" t="s">
         <v>1717</v>
       </c>
       <c r="C344" t="s">
         <v>1718</v>
       </c>
       <c r="D344" t="s">
         <v>1719</v>
       </c>
       <c r="E344" t="s">
         <v>1720</v>
       </c>
       <c r="F344" t="s">
         <v>1721</v>
       </c>
       <c r="G344" s="1">
-        <v>0.062</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="345">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B345" t="s">
         <v>1722</v>
       </c>
       <c r="C345" t="s">
         <v>1723</v>
       </c>
       <c r="D345" t="s">
         <v>1724</v>
       </c>
       <c r="E345" t="s">
         <v>1725</v>
       </c>
       <c r="F345" t="s">
         <v>1726</v>
       </c>
       <c r="G345" s="1">
-        <v>0.062</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="346">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B346" t="s">
         <v>1727</v>
       </c>
       <c r="C346" t="s">
         <v>1728</v>
       </c>
       <c r="D346" t="s">
         <v>1729</v>
       </c>
       <c r="E346" t="s">
         <v>1730</v>
       </c>
       <c r="F346" t="s">
         <v>1731</v>
       </c>
       <c r="G346" s="1">
-        <v>0.062</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="347">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B347" t="s">
         <v>1732</v>
       </c>
       <c r="C347" t="s">
         <v>1733</v>
       </c>
       <c r="D347" t="s">
         <v>1734</v>
       </c>
       <c r="E347" t="s">
         <v>1735</v>
       </c>
       <c r="F347" t="s">
         <v>1736</v>
       </c>
       <c r="G347" s="1">
-        <v>0.062</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="348">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B348" t="s">
         <v>1737</v>
       </c>
       <c r="C348" t="s">
         <v>1738</v>
       </c>
       <c r="D348" t="s">
         <v>1739</v>
       </c>
       <c r="E348" t="s">
         <v>1740</v>
       </c>
       <c r="F348" t="s">
         <v>1741</v>
       </c>
       <c r="G348" s="1">
-        <v>0.061</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="349">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B349" t="s">
         <v>1742</v>
       </c>
       <c r="C349" t="s">
         <v>1743</v>
       </c>
       <c r="D349" t="s">
         <v>1744</v>
       </c>
       <c r="E349" t="s">
         <v>1745</v>
       </c>
       <c r="F349" t="s">
         <v>1746</v>
       </c>
       <c r="G349" s="1">
-        <v>0.061</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="350">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B350" t="s">
         <v>1747</v>
       </c>
       <c r="C350" t="s">
         <v>1748</v>
       </c>
       <c r="D350" t="s">
         <v>1749</v>
       </c>
       <c r="E350" t="s">
         <v>1750</v>
       </c>
       <c r="F350" t="s">
         <v>1751</v>
       </c>
       <c r="G350" s="1">
-        <v>0.061</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="351">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B351" t="s">
         <v>1752</v>
       </c>
       <c r="C351" t="s">
         <v>1753</v>
       </c>
       <c r="D351" t="s">
         <v>1754</v>
       </c>
       <c r="E351" t="s">
         <v>1755</v>
       </c>
       <c r="F351" t="s">
         <v>1756</v>
       </c>
       <c r="G351" s="1">
-        <v>0.061</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="352">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B352" t="s">
         <v>1757</v>
       </c>
       <c r="C352" t="s">
         <v>1758</v>
       </c>
       <c r="D352" t="s">
         <v>1759</v>
       </c>
       <c r="E352" t="s">
         <v>1760</v>
       </c>
       <c r="F352" t="s">
         <v>1761</v>
       </c>
       <c r="G352" s="1">
-        <v>0.061</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="353">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B353" t="s">
         <v>1762</v>
       </c>
       <c r="C353" t="s">
         <v>1763</v>
       </c>
       <c r="D353" t="s">
         <v>1764</v>
       </c>
       <c r="E353" t="s">
         <v>1765</v>
       </c>
       <c r="F353" t="s">
         <v>1766</v>
       </c>
       <c r="G353" s="1">
-        <v>0.061</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="354">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B354" t="s">
         <v>1767</v>
       </c>
       <c r="C354" t="s">
         <v>1768</v>
       </c>
       <c r="D354" t="s">
         <v>1769</v>
       </c>
       <c r="E354" t="s">
         <v>1770</v>
       </c>
       <c r="F354" t="s">
         <v>1771</v>
       </c>
       <c r="G354" s="1">
-        <v>0.06</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="355">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B355" t="s">
         <v>1772</v>
       </c>
       <c r="C355" t="s">
         <v>1773</v>
       </c>
       <c r="D355" t="s">
         <v>1774</v>
       </c>
       <c r="E355" t="s">
         <v>1775</v>
       </c>
       <c r="F355" t="s">
         <v>1776</v>
       </c>
       <c r="G355" s="1">
-        <v>0.06</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="356">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B356" t="s">
         <v>1777</v>
       </c>
       <c r="C356" t="s">
         <v>1778</v>
       </c>
       <c r="D356" t="s">
         <v>1779</v>
       </c>
       <c r="E356" t="s">
         <v>1780</v>
       </c>
       <c r="F356" t="s">
         <v>1781</v>
       </c>
       <c r="G356" s="1">
-        <v>0.06</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="357">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B357" t="s">
         <v>1782</v>
       </c>
       <c r="C357" t="s">
         <v>1783</v>
       </c>
       <c r="D357" t="s">
         <v>1784</v>
       </c>
       <c r="E357" t="s">
         <v>1785</v>
       </c>
       <c r="F357" t="s">
         <v>1786</v>
       </c>
       <c r="G357" s="1">
-        <v>0.06</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="358">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B358" t="s">
         <v>1787</v>
       </c>
       <c r="C358" t="s">
         <v>1788</v>
       </c>
       <c r="D358" t="s">
         <v>1789</v>
       </c>
       <c r="E358" t="s">
         <v>1790</v>
       </c>
       <c r="F358" t="s">
         <v>1791</v>
       </c>
       <c r="G358" s="1">
-        <v>0.06</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="359">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B359" t="s">
         <v>1792</v>
       </c>
       <c r="C359" t="s">
         <v>1793</v>
       </c>
       <c r="D359" t="s">
         <v>1794</v>
       </c>
       <c r="E359" t="s">
         <v>1795</v>
       </c>
       <c r="F359" t="s">
         <v>1796</v>
       </c>
       <c r="G359" s="1">
-        <v>0.06</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="360">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B360" t="s">
         <v>1797</v>
       </c>
       <c r="C360" t="s">
         <v>1798</v>
       </c>
       <c r="D360" t="s">
         <v>1799</v>
       </c>
       <c r="E360" t="s">
         <v>1800</v>
       </c>
       <c r="F360" t="s">
         <v>1801</v>
       </c>
       <c r="G360" s="1">
-        <v>0.06</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="361">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B361" t="s">
         <v>1802</v>
       </c>
       <c r="C361" t="s">
         <v>1803</v>
       </c>
       <c r="D361" t="s">
         <v>1804</v>
       </c>
       <c r="E361" t="s">
         <v>1805</v>
       </c>
       <c r="F361" t="s">
         <v>1806</v>
       </c>
       <c r="G361" s="1">
-        <v>0.06</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="362">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B362" t="s">
         <v>1807</v>
       </c>
       <c r="C362" t="s">
         <v>1808</v>
       </c>
       <c r="D362" t="s">
         <v>1809</v>
       </c>
       <c r="E362" t="s">
         <v>1810</v>
       </c>
       <c r="F362" t="s">
         <v>1811</v>
       </c>
       <c r="G362" s="1">
-        <v>0.059</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="363">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B363" t="s">
         <v>1812</v>
       </c>
       <c r="C363" t="s">
         <v>1813</v>
       </c>
       <c r="D363" t="s">
         <v>1814</v>
       </c>
       <c r="E363" t="s">
         <v>1815</v>
       </c>
       <c r="F363" t="s">
         <v>1816</v>
       </c>
       <c r="G363" s="1">
-        <v>0.059</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="364">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B364" t="s">
         <v>1817</v>
       </c>
       <c r="C364" t="s">
         <v>1818</v>
       </c>
       <c r="D364" t="s">
         <v>1819</v>
       </c>
       <c r="E364" t="s">
         <v>1820</v>
       </c>
       <c r="F364" t="s">
         <v>1821</v>
       </c>
       <c r="G364" s="1">
-        <v>0.059</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="365">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B365" t="s">
         <v>1822</v>
       </c>
       <c r="C365" t="s">
         <v>1823</v>
       </c>
       <c r="D365" t="s">
         <v>1824</v>
       </c>
       <c r="E365" t="s">
         <v>1825</v>
       </c>
       <c r="F365" t="s">
         <v>1826</v>
       </c>
       <c r="G365" s="1">
-        <v>0.059</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="366">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B366" t="s">
         <v>1827</v>
       </c>
       <c r="C366" t="s">
         <v>1828</v>
       </c>
       <c r="D366" t="s">
         <v>1829</v>
       </c>
       <c r="E366" t="s">
         <v>1830</v>
       </c>
       <c r="F366" t="s">
         <v>1831</v>
       </c>
       <c r="G366" s="1">
-        <v>0.059</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="367">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B367" t="s">
         <v>1832</v>
       </c>
       <c r="C367" t="s">
         <v>1833</v>
       </c>
       <c r="D367" t="s">
         <v>1834</v>
       </c>
       <c r="E367" t="s">
         <v>1835</v>
       </c>
       <c r="F367" t="s">
         <v>1836</v>
       </c>
       <c r="G367" s="1">
-        <v>0.059</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="368">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B368" t="s">
         <v>1837</v>
       </c>
       <c r="C368" t="s">
         <v>1838</v>
       </c>
       <c r="D368" t="s">
         <v>1839</v>
       </c>
       <c r="E368" t="s">
         <v>1840</v>
       </c>
       <c r="F368" t="s">
         <v>1841</v>
       </c>
       <c r="G368" s="1">
-        <v>0.058</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="369">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B369" t="s">
         <v>1842</v>
       </c>
       <c r="C369" t="s">
         <v>1843</v>
       </c>
       <c r="D369" t="s">
         <v>1844</v>
       </c>
       <c r="E369" t="s">
         <v>1845</v>
       </c>
       <c r="F369" t="s">
         <v>1846</v>
       </c>
       <c r="G369" s="1">
-        <v>0.058</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="370">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B370" t="s">
         <v>1847</v>
       </c>
       <c r="C370" t="s">
         <v>1848</v>
       </c>
       <c r="D370" t="s">
         <v>1849</v>
       </c>
       <c r="E370" t="s">
         <v>1850</v>
       </c>
       <c r="F370" t="s">
         <v>1851</v>
       </c>
       <c r="G370" s="1">
-        <v>0.058</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="371">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B371" t="s">
         <v>1852</v>
       </c>
       <c r="C371" t="s">
         <v>1853</v>
       </c>
       <c r="D371" t="s">
         <v>1854</v>
       </c>
       <c r="E371" t="s">
         <v>1855</v>
       </c>
       <c r="F371" t="s">
         <v>1856</v>
       </c>
       <c r="G371" s="1">
-        <v>0.058</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="372">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B372" t="s">
         <v>1857</v>
       </c>
       <c r="C372" t="s">
         <v>1858</v>
       </c>
       <c r="D372" t="s">
         <v>1859</v>
       </c>
       <c r="E372" t="s">
         <v>1860</v>
       </c>
       <c r="F372" t="s">
         <v>1861</v>
       </c>
       <c r="G372" s="1">
-        <v>0.058</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="373">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B373" t="s">
         <v>1862</v>
       </c>
       <c r="C373" t="s">
         <v>1863</v>
       </c>
       <c r="D373" t="s">
         <v>1864</v>
       </c>
       <c r="E373" t="s">
         <v>1865</v>
       </c>
       <c r="F373" t="s">
         <v>1866</v>
       </c>
       <c r="G373" s="1">
-        <v>0.057</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="374">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B374" t="s">
         <v>1867</v>
       </c>
       <c r="C374" t="s">
         <v>1868</v>
       </c>
       <c r="D374" t="s">
         <v>1869</v>
       </c>
       <c r="E374" t="s">
         <v>1870</v>
       </c>
       <c r="F374" t="s">
         <v>1871</v>
       </c>
       <c r="G374" s="1">
-        <v>0.057</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="375">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B375" t="s">
         <v>1872</v>
       </c>
       <c r="C375" t="s">
         <v>1873</v>
       </c>
       <c r="D375" t="s">
         <v>1874</v>
       </c>
       <c r="E375" t="s">
         <v>1875</v>
       </c>
       <c r="F375" t="s">
         <v>1876</v>
       </c>
       <c r="G375" s="1">
-        <v>0.057</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="376">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B376" t="s">
         <v>1877</v>
       </c>
       <c r="C376" t="s">
         <v>1878</v>
       </c>
       <c r="D376" t="s">
         <v>1879</v>
       </c>
       <c r="E376" t="s">
         <v>1880</v>
       </c>
       <c r="F376" t="s">
         <v>1881</v>
       </c>
       <c r="G376" s="1">
-        <v>0.057</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="377">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B377" t="s">
         <v>1882</v>
       </c>
       <c r="C377" t="s">
         <v>1883</v>
       </c>
       <c r="D377" t="s">
         <v>1884</v>
       </c>
       <c r="E377" t="s">
         <v>1885</v>
       </c>
       <c r="F377" t="s">
         <v>1886</v>
       </c>
       <c r="G377" s="1">
-        <v>0.056</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="378">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B378" t="s">
         <v>1887</v>
       </c>
       <c r="C378" t="s">
         <v>1888</v>
       </c>
       <c r="D378" t="s">
         <v>1889</v>
       </c>
       <c r="E378" t="s">
         <v>1890</v>
       </c>
       <c r="F378" t="s">
         <v>1891</v>
       </c>
       <c r="G378" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="379">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B379" t="s">
         <v>1892</v>
       </c>
       <c r="C379" t="s">
         <v>1893</v>
       </c>
       <c r="D379" t="s">
         <v>1894</v>
       </c>
       <c r="E379" t="s">
         <v>1895</v>
       </c>
       <c r="F379" t="s">
         <v>1896</v>
       </c>
       <c r="G379" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="380">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B380" t="s">
         <v>1897</v>
       </c>
       <c r="C380" t="s">
         <v>1898</v>
       </c>
       <c r="D380" t="s">
         <v>1899</v>
       </c>
       <c r="E380" t="s">
         <v>1900</v>
       </c>
       <c r="F380" t="s">
         <v>1901</v>
       </c>
       <c r="G380" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="381">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B381" t="s">
         <v>1902</v>
       </c>
       <c r="C381" t="s">
         <v>1903</v>
       </c>
       <c r="D381" t="s">
         <v>1904</v>
       </c>
       <c r="E381" t="s">
         <v>1905</v>
       </c>
       <c r="F381" t="s">
         <v>1906</v>
       </c>
       <c r="G381" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="382">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B382" t="s">
         <v>1907</v>
       </c>
       <c r="C382" t="s">
         <v>1908</v>
       </c>
       <c r="D382" t="s">
         <v>1909</v>
       </c>
       <c r="E382" t="s">
         <v>1910</v>
       </c>
       <c r="F382" t="s">
         <v>1911</v>
       </c>
       <c r="G382" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="383">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B383" t="s">
         <v>1912</v>
       </c>
       <c r="C383" t="s">
         <v>1913</v>
       </c>
       <c r="D383" t="s">
         <v>1914</v>
       </c>
       <c r="E383" t="s">
         <v>1915</v>
       </c>
       <c r="F383" t="s">
         <v>1916</v>
       </c>
       <c r="G383" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="384">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B384" t="s">
         <v>1917</v>
       </c>
       <c r="C384" t="s">
         <v>1918</v>
       </c>
       <c r="D384" t="s">
         <v>1919</v>
       </c>
       <c r="E384" t="s">
         <v>1920</v>
       </c>
       <c r="F384" t="s">
         <v>1921</v>
       </c>
       <c r="G384" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="385">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B385" t="s">
         <v>1922</v>
       </c>
       <c r="C385" t="s">
         <v>1923</v>
       </c>
       <c r="D385" t="s">
         <v>1924</v>
       </c>
       <c r="E385" t="s">
         <v>1925</v>
       </c>
       <c r="F385" t="s">
         <v>1926</v>
       </c>
       <c r="G385" s="1">
-        <v>0.056</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="386">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B386" t="s">
         <v>1927</v>
       </c>
       <c r="C386" t="s">
         <v>1928</v>
       </c>
       <c r="D386" t="s">
         <v>1929</v>
       </c>
       <c r="E386" t="s">
         <v>1930</v>
       </c>
       <c r="F386" t="s">
         <v>1931</v>
       </c>
       <c r="G386" s="1">
-        <v>0.055</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="387">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B387" t="s">
         <v>1932</v>
       </c>
       <c r="C387" t="s">
         <v>1933</v>
       </c>
       <c r="D387" t="s">
         <v>1934</v>
       </c>
       <c r="E387" t="s">
         <v>1935</v>
       </c>
       <c r="F387" t="s">
         <v>1936</v>
       </c>
       <c r="G387" s="1">
-        <v>0.055</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="388">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B388" t="s">
         <v>1937</v>
       </c>
       <c r="C388" t="s">
         <v>1938</v>
       </c>
       <c r="D388" t="s">
         <v>1939</v>
       </c>
       <c r="E388" t="s">
         <v>1940</v>
       </c>
       <c r="F388" t="s">
         <v>1941</v>
       </c>
       <c r="G388" s="1">
-        <v>0.055</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="389">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B389" t="s">
         <v>1942</v>
       </c>
       <c r="C389" t="s">
         <v>1943</v>
       </c>
       <c r="D389" t="s">
         <v>1944</v>
       </c>
       <c r="E389" t="s">
         <v>1945</v>
       </c>
       <c r="F389" t="s">
         <v>1946</v>
       </c>
       <c r="G389" s="1">
-        <v>0.054</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="390">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B390" t="s">
         <v>1947</v>
       </c>
       <c r="C390" t="s">
         <v>1948</v>
       </c>
       <c r="D390" t="s">
         <v>1949</v>
       </c>
       <c r="E390" t="s">
         <v>1950</v>
       </c>
       <c r="F390" t="s">
         <v>1951</v>
       </c>
       <c r="G390" s="1">
-        <v>0.054</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="391">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B391" t="s">
         <v>1952</v>
       </c>
       <c r="C391" t="s">
         <v>1953</v>
       </c>
       <c r="D391" t="s">
         <v>1954</v>
       </c>
       <c r="E391" t="s">
         <v>1955</v>
       </c>
       <c r="F391" t="s">
         <v>1956</v>
       </c>
       <c r="G391" s="1">
-        <v>0.054</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="392">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B392" t="s">
         <v>1957</v>
       </c>
       <c r="C392" t="s">
         <v>1958</v>
       </c>
       <c r="D392" t="s">
         <v>1959</v>
       </c>
       <c r="E392" t="s">
         <v>1960</v>
       </c>
       <c r="F392" t="s">
         <v>1961</v>
       </c>
       <c r="G392" s="1">
-        <v>0.054</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="393">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B393" t="s">
         <v>1962</v>
       </c>
       <c r="C393" t="s">
         <v>1963</v>
       </c>
       <c r="D393" t="s">
         <v>1964</v>
       </c>
       <c r="E393" t="s">
         <v>1965</v>
       </c>
       <c r="F393" t="s">
         <v>1966</v>
       </c>
       <c r="G393" s="1">
-        <v>0.054</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="394">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B394" t="s">
         <v>1967</v>
       </c>
       <c r="C394" t="s">
         <v>1968</v>
       </c>
       <c r="D394" t="s">
         <v>1969</v>
       </c>
       <c r="E394" t="s">
         <v>1970</v>
       </c>
       <c r="F394" t="s">
         <v>1971</v>
       </c>
       <c r="G394" s="1">
-        <v>0.054</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="395">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B395" t="s">
         <v>1972</v>
       </c>
       <c r="C395" t="s">
         <v>1973</v>
       </c>
       <c r="D395" t="s">
         <v>1974</v>
       </c>
       <c r="E395" t="s">
         <v>1975</v>
       </c>
       <c r="F395" t="s">
         <v>1976</v>
       </c>
       <c r="G395" s="1">
-        <v>0.054</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="396">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B396" t="s">
         <v>1977</v>
       </c>
       <c r="C396" t="s">
         <v>1978</v>
       </c>
       <c r="D396" t="s">
         <v>1979</v>
       </c>
       <c r="E396" t="s">
         <v>1980</v>
       </c>
       <c r="F396" t="s">
         <v>1981</v>
       </c>
       <c r="G396" s="1">
-        <v>0.054</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="397">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B397" t="s">
         <v>1982</v>
       </c>
       <c r="C397" t="s">
         <v>1983</v>
       </c>
       <c r="D397" t="s">
         <v>1984</v>
       </c>
       <c r="E397" t="s">
         <v>1985</v>
       </c>
       <c r="F397" t="s">
         <v>1986</v>
       </c>
       <c r="G397" s="1">
-        <v>0.053</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="398">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B398" t="s">
         <v>1987</v>
       </c>
       <c r="C398" t="s">
         <v>1988</v>
       </c>
       <c r="D398" t="s">
         <v>1989</v>
       </c>
       <c r="E398" t="s">
         <v>1990</v>
       </c>
       <c r="F398" t="s">
         <v>1991</v>
       </c>
       <c r="G398" s="1">
-        <v>0.053</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="399">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B399" t="s">
         <v>1992</v>
       </c>
       <c r="C399" t="s">
         <v>1993</v>
       </c>
       <c r="D399" t="s">
         <v>1994</v>
       </c>
       <c r="E399" t="s">
         <v>1995</v>
       </c>
       <c r="F399" t="s">
         <v>1996</v>
       </c>
       <c r="G399" s="1">
-        <v>0.053</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="400">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B400" t="s">
         <v>1997</v>
       </c>
       <c r="C400" t="s">
         <v>1998</v>
       </c>
       <c r="D400" t="s">
         <v>1999</v>
       </c>
       <c r="E400" t="s">
         <v>2000</v>
       </c>
       <c r="F400" t="s">
         <v>2001</v>
       </c>
       <c r="G400" s="1">
-        <v>0.052</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="401">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B401" t="s">
         <v>2002</v>
       </c>
       <c r="C401" t="s">
         <v>2003</v>
       </c>
       <c r="D401" t="s">
         <v>2004</v>
       </c>
       <c r="E401" t="s">
         <v>2005</v>
       </c>
       <c r="F401" t="s">
         <v>2006</v>
       </c>
       <c r="G401" s="1">
-        <v>0.052</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="402">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B402" t="s">
         <v>2007</v>
       </c>
       <c r="C402" t="s">
         <v>2008</v>
       </c>
       <c r="D402" t="s">
         <v>2009</v>
       </c>
       <c r="E402" t="s">
         <v>2010</v>
       </c>
       <c r="F402" t="s">
         <v>2011</v>
       </c>
       <c r="G402" s="1">
-        <v>0.052</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="403">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B403" t="s">
         <v>2012</v>
       </c>
       <c r="C403" t="s">
         <v>2013</v>
       </c>
       <c r="D403" t="s">
         <v>2014</v>
       </c>
       <c r="E403" t="s">
         <v>2015</v>
       </c>
       <c r="F403" t="s">
         <v>2016</v>
       </c>
       <c r="G403" s="1">
-        <v>0.052</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="404">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B404" t="s">
         <v>2017</v>
       </c>
       <c r="C404" t="s">
         <v>2018</v>
       </c>
       <c r="D404" t="s">
         <v>2019</v>
       </c>
       <c r="E404" t="s">
         <v>2020</v>
       </c>
       <c r="F404" t="s">
         <v>2021</v>
       </c>
       <c r="G404" s="1">
-        <v>0.052</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="405">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B405" t="s">
         <v>2022</v>
       </c>
       <c r="C405" t="s">
         <v>2023</v>
       </c>
       <c r="D405" t="s">
         <v>2024</v>
       </c>
       <c r="E405" t="s">
         <v>2025</v>
       </c>
       <c r="F405" t="s">
         <v>2026</v>
       </c>
       <c r="G405" s="1">
-        <v>0.052</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="406">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B406" t="s">
         <v>2027</v>
       </c>
       <c r="C406" t="s">
         <v>2028</v>
       </c>
       <c r="D406" t="s">
         <v>2029</v>
       </c>
       <c r="E406" t="s">
         <v>2030</v>
       </c>
       <c r="F406" t="s">
         <v>2031</v>
       </c>
       <c r="G406" s="1">
-        <v>0.052</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="407">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B407" t="s">
         <v>2032</v>
       </c>
       <c r="C407" t="s">
         <v>2033</v>
       </c>
       <c r="D407" t="s">
         <v>2034</v>
       </c>
       <c r="E407" t="s">
         <v>2035</v>
       </c>
       <c r="F407" t="s">
         <v>2036</v>
       </c>
       <c r="G407" s="1">
-        <v>0.052</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="408">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B408" t="s">
         <v>2037</v>
       </c>
       <c r="C408" t="s">
         <v>2038</v>
       </c>
       <c r="D408" t="s">
         <v>2039</v>
       </c>
       <c r="E408" t="s">
         <v>2040</v>
       </c>
       <c r="F408" t="s">
         <v>2041</v>
       </c>
       <c r="G408" s="1">
-        <v>0.052</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="409">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B409" t="s">
         <v>2042</v>
       </c>
       <c r="C409" t="s">
         <v>2043</v>
       </c>
       <c r="D409" t="s">
         <v>2044</v>
       </c>
       <c r="E409" t="s">
         <v>2045</v>
       </c>
       <c r="F409" t="s">
         <v>2046</v>
       </c>
       <c r="G409" s="1">
-        <v>0.052</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="410">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B410" t="s">
         <v>2047</v>
       </c>
       <c r="C410" t="s">
         <v>2048</v>
       </c>
       <c r="D410" t="s">
         <v>2049</v>
       </c>
       <c r="E410" t="s">
         <v>2050</v>
       </c>
       <c r="F410" t="s">
         <v>2051</v>
       </c>
       <c r="G410" s="1">
-        <v>0.052</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="411">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B411" t="s">
         <v>2052</v>
       </c>
       <c r="C411" t="s">
         <v>2053</v>
       </c>
       <c r="D411" t="s">
         <v>2054</v>
       </c>
       <c r="E411" t="s">
         <v>2055</v>
       </c>
       <c r="F411" t="s">
         <v>2056</v>
       </c>
       <c r="G411" s="1">
-        <v>0.051</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="412">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B412" t="s">
         <v>2057</v>
       </c>
       <c r="C412" t="s">
         <v>2058</v>
       </c>
       <c r="D412" t="s">
         <v>2059</v>
       </c>
       <c r="E412" t="s">
         <v>2060</v>
       </c>
       <c r="F412" t="s">
         <v>2061</v>
       </c>
       <c r="G412" s="1">
-        <v>0.051</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="413">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B413" t="s">
         <v>2062</v>
       </c>
       <c r="C413" t="s">
         <v>2063</v>
       </c>
       <c r="D413" t="s">
         <v>2064</v>
       </c>
       <c r="E413" t="s">
         <v>2065</v>
       </c>
       <c r="F413" t="s">
         <v>2066</v>
       </c>
       <c r="G413" s="1">
-        <v>0.051</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="414">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B414" t="s">
         <v>2067</v>
       </c>
       <c r="C414" t="s">
         <v>2068</v>
       </c>
       <c r="D414" t="s">
         <v>2069</v>
       </c>
       <c r="E414" t="s">
         <v>2070</v>
       </c>
       <c r="F414" t="s">
         <v>2071</v>
       </c>
       <c r="G414" s="1">
-        <v>0.051</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="415">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B415" t="s">
         <v>2072</v>
       </c>
       <c r="C415" t="s">
         <v>2073</v>
       </c>
       <c r="D415" t="s">
         <v>2074</v>
       </c>
       <c r="E415" t="s">
         <v>2075</v>
       </c>
       <c r="F415" t="s">
         <v>2076</v>
       </c>
       <c r="G415" s="1">
-        <v>0.051</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="416">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B416" t="s">
         <v>2077</v>
       </c>
       <c r="C416" t="s">
         <v>2078</v>
       </c>
       <c r="D416" t="s">
         <v>2079</v>
       </c>
       <c r="E416" t="s">
         <v>2080</v>
       </c>
       <c r="F416" t="s">
         <v>2081</v>
       </c>
       <c r="G416" s="1">
-        <v>0.051</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="417">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B417" t="s">
         <v>2082</v>
       </c>
       <c r="C417" t="s">
         <v>2083</v>
       </c>
       <c r="D417" t="s">
         <v>2084</v>
       </c>
       <c r="E417" t="s">
         <v>2085</v>
       </c>
       <c r="F417" t="s">
         <v>2086</v>
       </c>
       <c r="G417" s="1">
-        <v>0.051</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="418">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B418" t="s">
         <v>2087</v>
       </c>
       <c r="C418" t="s">
         <v>2088</v>
       </c>
       <c r="D418" t="s">
         <v>2089</v>
       </c>
       <c r="E418" t="s">
         <v>2090</v>
       </c>
       <c r="F418" t="s">
         <v>2091</v>
       </c>
       <c r="G418" s="1">
-        <v>0.051</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="419">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B419" t="s">
         <v>2092</v>
       </c>
       <c r="C419" t="s">
         <v>2093</v>
       </c>
       <c r="D419" t="s">
         <v>2094</v>
       </c>
       <c r="E419" t="s">
         <v>2095</v>
       </c>
       <c r="F419" t="s">
         <v>2096</v>
       </c>
       <c r="G419" s="1">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="420">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B420" t="s">
         <v>2097</v>
       </c>
       <c r="C420" t="s">
         <v>2098</v>
       </c>
       <c r="D420" t="s">
         <v>2099</v>
       </c>
       <c r="E420" t="s">
         <v>2100</v>
       </c>
       <c r="F420" t="s">
         <v>2101</v>
       </c>
       <c r="G420" s="1">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="421">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B421" t="s">
         <v>2102</v>
       </c>
       <c r="C421" t="s">
         <v>2103</v>
       </c>
       <c r="D421" t="s">
         <v>2104</v>
       </c>
       <c r="E421" t="s">
         <v>2105</v>
       </c>
       <c r="F421" t="s">
         <v>2106</v>
       </c>
       <c r="G421" s="1">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="422">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B422" t="s">
         <v>2107</v>
       </c>
       <c r="C422" t="s">
         <v>2108</v>
       </c>
       <c r="D422" t="s">
         <v>2109</v>
       </c>
       <c r="E422" t="s">
         <v>2110</v>
       </c>
       <c r="F422" t="s">
         <v>2111</v>
       </c>
       <c r="G422" s="1">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="423">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B423" t="s">
         <v>2112</v>
       </c>
       <c r="C423" t="s">
         <v>2113</v>
       </c>
       <c r="D423" t="s">
         <v>2114</v>
       </c>
       <c r="E423" t="s">
         <v>2115</v>
       </c>
       <c r="F423" t="s">
         <v>2116</v>
       </c>
       <c r="G423" s="1">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="424">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B424" t="s">
         <v>2117</v>
       </c>
       <c r="C424" t="s">
         <v>2118</v>
       </c>
       <c r="D424" t="s">
         <v>2119</v>
       </c>
       <c r="E424" t="s">
         <v>2120</v>
       </c>
       <c r="F424" t="s">
         <v>2121</v>
       </c>
       <c r="G424" s="1">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="425">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B425" t="s">
         <v>2122</v>
       </c>
       <c r="C425" t="s">
         <v>2123</v>
       </c>
       <c r="D425" t="s">
         <v>2124</v>
       </c>
       <c r="E425" t="s">
         <v>2125</v>
       </c>
       <c r="F425" t="s">
         <v>2126</v>
       </c>
       <c r="G425" s="1">
-        <v>0.049</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="426">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B426" t="s">
         <v>2127</v>
       </c>
       <c r="C426" t="s">
         <v>2128</v>
       </c>
       <c r="D426" t="s">
         <v>2129</v>
       </c>
       <c r="E426" t="s">
         <v>2130</v>
       </c>
       <c r="F426" t="s">
         <v>2131</v>
       </c>
       <c r="G426" s="1">
-        <v>0.049</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="427">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B427" t="s">
         <v>2132</v>
       </c>
       <c r="C427" t="s">
         <v>2133</v>
       </c>
       <c r="D427" t="s">
         <v>2134</v>
       </c>
       <c r="E427" t="s">
         <v>2135</v>
       </c>
       <c r="F427" t="s">
         <v>2136</v>
       </c>
       <c r="G427" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="428">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B428" t="s">
         <v>2137</v>
       </c>
       <c r="C428" t="s">
         <v>2138</v>
       </c>
       <c r="D428" t="s">
         <v>2139</v>
       </c>
       <c r="E428" t="s">
         <v>2140</v>
       </c>
       <c r="F428" t="s">
         <v>2141</v>
       </c>
       <c r="G428" s="1">
-        <v>0.048</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="429">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B429" t="s">
         <v>2142</v>
       </c>
       <c r="C429" t="s">
         <v>2143</v>
       </c>
       <c r="D429" t="s">
         <v>2144</v>
       </c>
       <c r="E429" t="s">
         <v>2145</v>
       </c>
       <c r="F429" t="s">
         <v>2146</v>
       </c>
       <c r="G429" s="1">
-        <v>0.048</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="430">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B430" t="s">
         <v>2147</v>
       </c>
       <c r="C430" t="s">
         <v>2148</v>
       </c>
       <c r="D430" t="s">
         <v>2149</v>
       </c>
       <c r="E430" t="s">
         <v>2150</v>
       </c>
       <c r="F430" t="s">
         <v>2151</v>
       </c>
       <c r="G430" s="1">
-        <v>0.048</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="431">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B431" t="s">
         <v>2152</v>
       </c>
       <c r="C431" t="s">
         <v>2153</v>
       </c>
       <c r="D431" t="s">
         <v>2154</v>
       </c>
       <c r="E431" t="s">
         <v>2155</v>
       </c>
       <c r="F431" t="s">
         <v>2156</v>
       </c>
       <c r="G431" s="1">
-        <v>0.048</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="432">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B432" t="s">
         <v>2157</v>
       </c>
       <c r="C432" t="s">
         <v>2158</v>
       </c>
       <c r="D432" t="s">
         <v>2159</v>
       </c>
       <c r="E432" t="s">
         <v>2160</v>
       </c>
       <c r="F432" t="s">
         <v>2161</v>
       </c>
       <c r="G432" s="1">
-        <v>0.048</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="433">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B433" t="s">
         <v>2162</v>
       </c>
       <c r="C433" t="s">
         <v>2163</v>
       </c>
       <c r="D433" t="s">
         <v>2164</v>
       </c>
       <c r="E433" t="s">
         <v>2165</v>
       </c>
       <c r="F433" t="s">
         <v>2166</v>
       </c>
       <c r="G433" s="1">
-        <v>0.048</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="434">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B434" t="s">
         <v>2167</v>
       </c>
       <c r="C434" t="s">
         <v>2168</v>
       </c>
       <c r="D434" t="s">
         <v>2169</v>
       </c>
       <c r="E434" t="s">
         <v>2170</v>
       </c>
       <c r="F434" t="s">
         <v>2171</v>
       </c>
       <c r="G434" s="1">
-        <v>0.047</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="435">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B435" t="s">
         <v>2172</v>
       </c>
       <c r="C435" t="s">
         <v>2173</v>
       </c>
       <c r="D435" t="s">
         <v>2174</v>
       </c>
       <c r="E435" t="s">
         <v>2175</v>
       </c>
       <c r="F435" t="s">
         <v>2176</v>
       </c>
       <c r="G435" s="1">
-        <v>0.047</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="436">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B436" t="s">
         <v>2177</v>
       </c>
       <c r="C436" t="s">
         <v>2178</v>
       </c>
       <c r="D436" t="s">
         <v>2179</v>
       </c>
       <c r="E436" t="s">
         <v>2180</v>
       </c>
       <c r="F436" t="s">
         <v>2181</v>
       </c>
       <c r="G436" s="1">
-        <v>0.047</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="437">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B437" t="s">
         <v>2182</v>
       </c>
       <c r="C437" t="s">
         <v>2183</v>
       </c>
       <c r="D437" t="s">
         <v>2184</v>
       </c>
       <c r="E437" t="s">
         <v>2185</v>
       </c>
       <c r="F437" t="s">
         <v>2186</v>
       </c>
       <c r="G437" s="1">
-        <v>0.047</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="438">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B438" t="s">
         <v>2187</v>
       </c>
       <c r="C438" t="s">
         <v>2188</v>
       </c>
       <c r="D438" t="s">
         <v>2189</v>
       </c>
       <c r="E438" t="s">
         <v>2190</v>
       </c>
       <c r="F438" t="s">
         <v>2191</v>
       </c>
       <c r="G438" s="1">
-        <v>0.047</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="439">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B439" t="s">
         <v>2192</v>
       </c>
       <c r="C439" t="s">
         <v>2193</v>
       </c>
       <c r="D439" t="s">
         <v>2194</v>
       </c>
       <c r="E439" t="s">
         <v>2195</v>
       </c>
       <c r="F439" t="s">
         <v>2196</v>
       </c>
       <c r="G439" s="1">
-        <v>0.047</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="440">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B440" t="s">
         <v>2197</v>
       </c>
       <c r="C440" t="s">
         <v>2198</v>
       </c>
       <c r="D440" t="s">
         <v>2199</v>
       </c>
       <c r="E440" t="s">
         <v>2200</v>
       </c>
       <c r="F440" t="s">
         <v>2201</v>
       </c>
       <c r="G440" s="1">
-        <v>0.046</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="441">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B441" t="s">
         <v>2202</v>
       </c>
       <c r="C441" t="s">
         <v>2203</v>
       </c>
       <c r="D441" t="s">
         <v>2204</v>
       </c>
       <c r="E441" t="s">
         <v>2205</v>
       </c>
       <c r="F441" t="s">
         <v>2206</v>
       </c>
       <c r="G441" s="1">
-        <v>0.046</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="442">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B442" t="s">
         <v>2207</v>
       </c>
       <c r="C442" t="s">
         <v>2208</v>
       </c>
       <c r="D442" t="s">
         <v>2209</v>
       </c>
       <c r="E442" t="s">
         <v>2210</v>
       </c>
       <c r="F442" t="s">
         <v>2211</v>
       </c>
       <c r="G442" s="1">
-        <v>0.046</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="443">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B443" t="s">
         <v>2212</v>
       </c>
       <c r="C443" t="s">
         <v>2213</v>
       </c>
       <c r="D443" t="s">
         <v>2214</v>
       </c>
       <c r="E443" t="s">
         <v>2215</v>
       </c>
       <c r="F443" t="s">
         <v>2216</v>
       </c>
       <c r="G443" s="1">
-        <v>0.046</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="444">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B444" t="s">
         <v>2217</v>
       </c>
       <c r="C444" t="s">
         <v>2218</v>
       </c>
       <c r="D444" t="s">
         <v>2219</v>
       </c>
       <c r="E444" t="s">
         <v>2220</v>
       </c>
       <c r="F444" t="s">
         <v>2221</v>
       </c>
       <c r="G444" s="1">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="445">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B445" t="s">
         <v>2222</v>
       </c>
       <c r="C445" t="s">
         <v>2223</v>
       </c>
       <c r="D445" t="s">
         <v>2224</v>
       </c>
       <c r="E445" t="s">
         <v>2225</v>
       </c>
       <c r="F445" t="s">
         <v>2226</v>
       </c>
       <c r="G445" s="1">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="446">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B446" t="s">
         <v>2227</v>
       </c>
       <c r="C446" t="s">
         <v>2228</v>
       </c>
       <c r="D446" t="s">
         <v>2229</v>
       </c>
       <c r="E446" t="s">
         <v>2230</v>
       </c>
       <c r="F446" t="s">
         <v>2231</v>
       </c>
       <c r="G446" s="1">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="447">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B447" t="s">
         <v>2232</v>
       </c>
       <c r="C447" t="s">
         <v>2233</v>
       </c>
       <c r="D447" t="s">
         <v>2234</v>
       </c>
       <c r="E447" t="s">
         <v>2235</v>
       </c>
       <c r="F447" t="s">
         <v>2236</v>
       </c>
       <c r="G447" s="1">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="448">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B448" t="s">
         <v>2237</v>
       </c>
       <c r="C448" t="s">
         <v>2238</v>
       </c>
       <c r="D448" t="s">
         <v>2239</v>
       </c>
       <c r="E448" t="s">
         <v>2240</v>
       </c>
       <c r="F448" t="s">
         <v>2241</v>
       </c>
       <c r="G448" s="1">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="449">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B449" t="s">
         <v>2242</v>
       </c>
       <c r="C449" t="s">
         <v>2243</v>
       </c>
       <c r="D449" t="s">
         <v>2244</v>
       </c>
       <c r="E449" t="s">
         <v>2245</v>
       </c>
       <c r="F449" t="s">
         <v>2246</v>
       </c>
       <c r="G449" s="1">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="450">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B450" t="s">
         <v>2247</v>
       </c>
       <c r="C450" t="s">
         <v>2248</v>
       </c>
       <c r="D450" t="s">
         <v>2249</v>
       </c>
       <c r="E450" t="s">
         <v>2250</v>
       </c>
       <c r="F450" t="s">
         <v>2251</v>
       </c>
       <c r="G450" s="1">
-        <v>0.045</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="451">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B451" t="s">
         <v>2252</v>
       </c>
       <c r="C451" t="s">
         <v>2253</v>
       </c>
       <c r="D451" t="s">
         <v>2254</v>
       </c>
       <c r="E451" t="s">
         <v>2255</v>
       </c>
       <c r="F451" t="s">
         <v>2256</v>
       </c>
       <c r="G451" s="1">
-        <v>0.045</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="452">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B452" t="s">
         <v>2257</v>
       </c>
       <c r="C452" t="s">
         <v>2258</v>
       </c>
       <c r="D452" t="s">
         <v>2259</v>
       </c>
       <c r="E452" t="s">
         <v>2260</v>
       </c>
       <c r="F452" t="s">
         <v>2261</v>
       </c>
       <c r="G452" s="1">
-        <v>0.045</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="453">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B453" t="s">
         <v>2262</v>
       </c>
       <c r="C453" t="s">
         <v>2263</v>
       </c>
       <c r="D453" t="s">
         <v>2264</v>
       </c>
       <c r="E453" t="s">
         <v>2265</v>
       </c>
       <c r="F453" t="s">
         <v>2266</v>
       </c>
       <c r="G453" s="1">
-        <v>0.045</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="454">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B454" t="s">
         <v>2267</v>
       </c>
       <c r="C454" t="s">
         <v>2268</v>
       </c>
       <c r="D454" t="s">
         <v>2269</v>
       </c>
       <c r="E454" t="s">
         <v>2270</v>
       </c>
       <c r="F454" t="s">
         <v>2271</v>
       </c>
       <c r="G454" s="1">
-        <v>0.044</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="455">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B455" t="s">
         <v>2272</v>
       </c>
       <c r="C455" t="s">
         <v>2273</v>
       </c>
       <c r="D455" t="s">
         <v>2274</v>
       </c>
       <c r="E455" t="s">
         <v>2275</v>
       </c>
       <c r="F455" t="s">
         <v>2276</v>
       </c>
       <c r="G455" s="1">
-        <v>0.044</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="456">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B456" t="s">
         <v>2277</v>
       </c>
       <c r="C456" t="s">
         <v>2278</v>
       </c>
       <c r="D456" t="s">
         <v>2279</v>
       </c>
       <c r="E456" t="s">
         <v>2280</v>
       </c>
       <c r="F456" t="s">
         <v>2281</v>
       </c>
       <c r="G456" s="1">
-        <v>0.044</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="457">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B457" t="s">
         <v>2282</v>
       </c>
       <c r="C457" t="s">
         <v>2283</v>
       </c>
       <c r="D457" t="s">
         <v>2284</v>
       </c>
       <c r="E457" t="s">
         <v>2285</v>
       </c>
       <c r="F457" t="s">
         <v>2286</v>
       </c>
       <c r="G457" s="1">
-        <v>0.044</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="458">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B458" t="s">
         <v>2287</v>
       </c>
       <c r="C458" t="s">
         <v>2288</v>
       </c>
       <c r="D458" t="s">
         <v>2289</v>
       </c>
       <c r="E458" t="s">
         <v>2290</v>
       </c>
       <c r="F458" t="s">
         <v>2291</v>
       </c>
       <c r="G458" s="1">
-        <v>0.044</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="459">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B459" t="s">
         <v>2292</v>
       </c>
       <c r="C459" t="s">
         <v>2293</v>
       </c>
       <c r="D459" t="s">
         <v>2294</v>
       </c>
       <c r="E459" t="s">
         <v>2295</v>
       </c>
       <c r="F459" t="s">
         <v>2296</v>
       </c>
       <c r="G459" s="1">
-        <v>0.044</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="460">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B460" t="s">
         <v>2297</v>
       </c>
       <c r="C460" t="s">
         <v>2298</v>
       </c>
       <c r="D460" t="s">
         <v>2299</v>
       </c>
       <c r="E460" t="s">
         <v>2300</v>
       </c>
       <c r="F460" t="s">
         <v>2301</v>
       </c>
       <c r="G460" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="461">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B461" t="s">
         <v>2302</v>
       </c>
       <c r="C461" t="s">
         <v>2303</v>
       </c>
       <c r="D461" t="s">
         <v>2304</v>
       </c>
       <c r="E461" t="s">
         <v>2305</v>
       </c>
       <c r="F461" t="s">
         <v>2306</v>
       </c>
       <c r="G461" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="462">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B462" t="s">
         <v>2307</v>
       </c>
       <c r="C462" t="s">
         <v>2308</v>
       </c>
       <c r="D462" t="s">
         <v>2309</v>
       </c>
       <c r="E462" t="s">
         <v>2310</v>
       </c>
       <c r="F462" t="s">
         <v>2311</v>
       </c>
       <c r="G462" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="463">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B463" t="s">
         <v>2312</v>
       </c>
       <c r="C463" t="s">
         <v>2313</v>
       </c>
       <c r="D463" t="s">
         <v>2314</v>
       </c>
       <c r="E463" t="s">
         <v>2315</v>
       </c>
       <c r="F463" t="s">
         <v>2316</v>
       </c>
       <c r="G463" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="464">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B464" t="s">
         <v>2317</v>
       </c>
       <c r="C464" t="s">
         <v>2318</v>
       </c>
       <c r="D464" t="s">
         <v>2319</v>
       </c>
       <c r="E464" t="s">
         <v>2320</v>
       </c>
       <c r="F464" t="s">
         <v>2321</v>
       </c>
       <c r="G464" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="465">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B465" t="s">
         <v>2322</v>
       </c>
       <c r="C465" t="s">
         <v>2323</v>
       </c>
       <c r="D465" t="s">
         <v>2324</v>
       </c>
       <c r="E465" t="s">
         <v>2325</v>
       </c>
       <c r="F465" t="s">
         <v>2326</v>
       </c>
       <c r="G465" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="466">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B466" t="s">
         <v>2327</v>
       </c>
       <c r="C466" t="s">
         <v>2328</v>
       </c>
       <c r="D466" t="s">
         <v>2329</v>
       </c>
       <c r="E466" t="s">
         <v>2330</v>
       </c>
       <c r="F466" t="s">
         <v>2331</v>
       </c>
       <c r="G466" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="467">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B467" t="s">
         <v>2332</v>
       </c>
       <c r="C467" t="s">
         <v>2333</v>
       </c>
       <c r="D467" t="s">
         <v>2334</v>
       </c>
       <c r="E467" t="s">
         <v>2335</v>
       </c>
       <c r="F467" t="s">
         <v>2336</v>
       </c>
       <c r="G467" s="1">
-        <v>0.043</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="468">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B468" t="s">
         <v>2337</v>
       </c>
       <c r="C468" t="s">
         <v>2338</v>
       </c>
       <c r="D468" t="s">
         <v>2339</v>
       </c>
       <c r="E468" t="s">
         <v>2340</v>
       </c>
       <c r="F468" t="s">
         <v>2341</v>
       </c>
       <c r="G468" s="1">
-        <v>0.043</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="469">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B469" t="s">
         <v>2342</v>
       </c>
       <c r="C469" t="s">
         <v>2343</v>
       </c>
       <c r="D469" t="s">
         <v>2344</v>
       </c>
       <c r="E469" t="s">
         <v>2345</v>
       </c>
       <c r="F469" t="s">
         <v>2346</v>
       </c>
       <c r="G469" s="1">
-        <v>0.042</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="470">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B470" t="s">
         <v>2347</v>
       </c>
       <c r="C470" t="s">
         <v>2348</v>
       </c>
       <c r="D470" t="s">
         <v>2349</v>
       </c>
       <c r="E470" t="s">
         <v>2350</v>
       </c>
       <c r="F470" t="s">
         <v>2351</v>
       </c>
       <c r="G470" s="1">
-        <v>0.042</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="471">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B471" t="s">
         <v>2352</v>
       </c>
       <c r="C471" t="s">
         <v>2353</v>
       </c>
       <c r="D471" t="s">
         <v>2354</v>
       </c>
       <c r="E471" t="s">
         <v>2355</v>
       </c>
       <c r="F471" t="s">
         <v>2356</v>
       </c>
       <c r="G471" s="1">
-        <v>0.042</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="472">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B472" t="s">
         <v>2357</v>
       </c>
       <c r="C472" t="s">
         <v>2358</v>
       </c>
       <c r="D472" t="s">
         <v>2359</v>
       </c>
       <c r="E472" t="s">
         <v>2360</v>
       </c>
       <c r="F472" t="s">
         <v>2361</v>
       </c>
       <c r="G472" s="1">
-        <v>0.042</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="473">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B473" t="s">
         <v>2362</v>
       </c>
       <c r="C473" t="s">
         <v>2363</v>
       </c>
       <c r="D473" t="s">
         <v>2364</v>
       </c>
       <c r="E473" t="s">
         <v>2365</v>
       </c>
       <c r="F473" t="s">
         <v>2366</v>
       </c>
       <c r="G473" s="1">
-        <v>0.042</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="474">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B474" t="s">
         <v>2367</v>
       </c>
       <c r="C474" t="s">
         <v>2368</v>
       </c>
       <c r="D474" t="s">
         <v>2369</v>
       </c>
       <c r="E474" t="s">
         <v>2370</v>
       </c>
       <c r="F474" t="s">
         <v>2371</v>
       </c>
       <c r="G474" s="1">
-        <v>0.042</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="475">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B475" t="s">
         <v>2372</v>
       </c>
       <c r="C475" t="s">
         <v>2373</v>
       </c>
       <c r="D475" t="s">
         <v>2374</v>
       </c>
       <c r="E475" t="s">
         <v>2375</v>
       </c>
       <c r="F475" t="s">
         <v>2376</v>
       </c>
       <c r="G475" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="476">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B476" t="s">
         <v>2377</v>
       </c>
       <c r="C476" t="s">
         <v>2378</v>
       </c>
       <c r="D476" t="s">
         <v>2379</v>
       </c>
       <c r="E476" t="s">
         <v>2380</v>
       </c>
       <c r="F476" t="s">
         <v>2381</v>
       </c>
       <c r="G476" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="477">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B477" t="s">
         <v>2382</v>
       </c>
       <c r="C477" t="s">
         <v>2383</v>
       </c>
       <c r="D477" t="s">
         <v>2384</v>
       </c>
       <c r="E477" t="s">
         <v>2385</v>
       </c>
       <c r="F477" t="s">
         <v>2386</v>
       </c>
       <c r="G477" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="478">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B478" t="s">
         <v>2387</v>
       </c>
       <c r="C478" t="s">
         <v>2388</v>
       </c>
       <c r="D478" t="s">
         <v>2389</v>
       </c>
       <c r="E478" t="s">
         <v>2390</v>
       </c>
       <c r="F478" t="s">
         <v>2391</v>
       </c>
       <c r="G478" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="479">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B479" t="s">
         <v>2392</v>
       </c>
       <c r="C479" t="s">
         <v>2393</v>
       </c>
       <c r="D479" t="s">
         <v>2394</v>
       </c>
       <c r="E479" t="s">
         <v>2395</v>
       </c>
       <c r="F479" t="s">
         <v>2396</v>
       </c>
       <c r="G479" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="480">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B480" t="s">
         <v>2397</v>
       </c>
       <c r="C480" t="s">
         <v>2398</v>
       </c>
       <c r="D480" t="s">
         <v>2399</v>
       </c>
       <c r="E480" t="s">
         <v>2400</v>
       </c>
       <c r="F480" t="s">
         <v>2401</v>
       </c>
       <c r="G480" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="481">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B481" t="s">
         <v>2402</v>
       </c>
       <c r="C481" t="s">
         <v>2403</v>
       </c>
       <c r="D481" t="s">
         <v>2404</v>
       </c>
       <c r="E481" t="s">
         <v>2405</v>
       </c>
       <c r="F481" t="s">
         <v>2406</v>
       </c>
       <c r="G481" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="482">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B482" t="s">
         <v>2407</v>
       </c>
       <c r="C482" t="s">
         <v>2408</v>
       </c>
       <c r="D482" t="s">
         <v>2409</v>
       </c>
       <c r="E482" t="s">
         <v>2410</v>
       </c>
       <c r="F482" t="s">
         <v>2411</v>
       </c>
       <c r="G482" s="1">
-        <v>0.041</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="483">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B483" t="s">
         <v>2412</v>
       </c>
       <c r="C483" t="s">
         <v>2413</v>
       </c>
       <c r="D483" t="s">
         <v>2414</v>
       </c>
       <c r="E483" t="s">
         <v>2415</v>
       </c>
       <c r="F483" t="s">
         <v>2416</v>
       </c>
       <c r="G483" s="1">
-        <v>0.04</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="484">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B484" t="s">
         <v>2417</v>
       </c>
       <c r="C484" t="s">
         <v>2418</v>
       </c>
       <c r="D484" t="s">
         <v>2419</v>
       </c>
       <c r="E484" t="s">
         <v>2420</v>
       </c>
       <c r="F484" t="s">
         <v>2421</v>
       </c>
       <c r="G484" s="1">
-        <v>0.04</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="485">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B485" t="s">
         <v>2422</v>
       </c>
       <c r="C485" t="s">
         <v>2423</v>
       </c>
       <c r="D485" t="s">
         <v>2424</v>
       </c>
       <c r="E485" t="s">
         <v>2425</v>
       </c>
       <c r="F485" t="s">
         <v>2426</v>
       </c>
       <c r="G485" s="1">
-        <v>0.04</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="486">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B486" t="s">
         <v>2427</v>
       </c>
       <c r="C486" t="s">
         <v>2428</v>
       </c>
       <c r="D486" t="s">
         <v>2429</v>
       </c>
       <c r="E486" t="s">
         <v>2430</v>
       </c>
       <c r="F486" t="s">
         <v>2431</v>
       </c>
       <c r="G486" s="1">
-        <v>0.04</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="487">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B487" t="s">
         <v>2432</v>
       </c>
       <c r="C487" t="s">
         <v>2433</v>
       </c>
       <c r="D487" t="s">
         <v>2434</v>
       </c>
       <c r="E487" t="s">
         <v>2435</v>
       </c>
       <c r="F487" t="s">
         <v>2436</v>
       </c>
       <c r="G487" s="1">
-        <v>0.04</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="488">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B488" t="s">
         <v>2437</v>
       </c>
       <c r="C488" t="s">
         <v>2438</v>
       </c>
       <c r="D488" t="s">
         <v>2439</v>
       </c>
       <c r="E488" t="s">
         <v>2440</v>
       </c>
       <c r="F488" t="s">
         <v>2441</v>
       </c>
       <c r="G488" s="1">
-        <v>0.04</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="489">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B489" t="s">
         <v>2442</v>
       </c>
       <c r="C489" t="s">
         <v>2443</v>
       </c>
       <c r="D489" t="s">
         <v>2444</v>
       </c>
       <c r="E489" t="s">
         <v>2445</v>
       </c>
       <c r="F489" t="s">
         <v>2446</v>
       </c>
       <c r="G489" s="1">
-        <v>0.04</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="490">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B490" t="s">
         <v>2447</v>
       </c>
       <c r="C490" t="s">
         <v>2448</v>
       </c>
       <c r="D490" t="s">
         <v>2449</v>
       </c>
       <c r="E490" t="s">
         <v>2450</v>
       </c>
       <c r="F490" t="s">
         <v>2451</v>
       </c>
       <c r="G490" s="1">
-        <v>0.04</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="491">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B491" t="s">
         <v>2452</v>
       </c>
       <c r="C491" t="s">
         <v>2453</v>
       </c>
       <c r="D491" t="s">
         <v>2454</v>
       </c>
       <c r="E491" t="s">
         <v>2455</v>
       </c>
       <c r="F491" t="s">
         <v>2456</v>
       </c>
       <c r="G491" s="1">
-        <v>0.04</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="492">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B492" t="s">
         <v>2457</v>
       </c>
       <c r="C492" t="s">
         <v>2458</v>
       </c>
       <c r="D492" t="s">
         <v>2459</v>
       </c>
       <c r="E492" t="s">
         <v>2460</v>
       </c>
       <c r="F492" t="s">
         <v>2461</v>
       </c>
       <c r="G492" s="1">
-        <v>0.04</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="493">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B493" t="s">
         <v>2462</v>
       </c>
       <c r="C493" t="s">
         <v>2463</v>
       </c>
       <c r="D493" t="s">
         <v>2464</v>
       </c>
       <c r="E493" t="s">
         <v>2465</v>
       </c>
       <c r="F493" t="s">
         <v>2466</v>
       </c>
       <c r="G493" s="1">
-        <v>0.04</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="494">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B494" t="s">
         <v>2467</v>
       </c>
       <c r="C494" t="s">
         <v>2468</v>
       </c>
       <c r="D494" t="s">
         <v>2469</v>
       </c>
       <c r="E494" t="s">
         <v>2470</v>
       </c>
       <c r="F494" t="s">
         <v>2471</v>
       </c>
       <c r="G494" s="1">
-        <v>0.04</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="495">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B495" t="s">
         <v>2472</v>
       </c>
       <c r="C495" t="s">
         <v>2473</v>
       </c>
       <c r="D495" t="s">
         <v>2474</v>
       </c>
       <c r="E495" t="s">
         <v>2475</v>
       </c>
       <c r="F495" t="s">
         <v>2476</v>
       </c>
       <c r="G495" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="496">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B496" t="s">
         <v>2477</v>
       </c>
       <c r="C496" t="s">
         <v>2478</v>
       </c>
       <c r="D496" t="s">
         <v>2479</v>
       </c>
       <c r="E496" t="s">
         <v>2480</v>
       </c>
       <c r="F496" t="s">
         <v>2481</v>
       </c>
       <c r="G496" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="497">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B497" t="s">
         <v>2482</v>
       </c>
       <c r="C497" t="s">
         <v>2483</v>
       </c>
       <c r="D497" t="s">
         <v>2484</v>
       </c>
       <c r="E497" t="s">
         <v>2485</v>
       </c>
       <c r="F497" t="s">
         <v>2486</v>
       </c>
       <c r="G497" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="498">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B498" t="s">
         <v>2487</v>
       </c>
       <c r="C498" t="s">
         <v>2488</v>
       </c>
       <c r="D498" t="s">
         <v>2489</v>
       </c>
       <c r="E498" t="s">
         <v>2490</v>
       </c>
       <c r="F498" t="s">
         <v>2491</v>
       </c>
       <c r="G498" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="499">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B499" t="s">
         <v>2492</v>
       </c>
       <c r="C499" t="s">
         <v>2493</v>
       </c>
       <c r="D499" t="s">
         <v>2494</v>
       </c>
       <c r="E499" t="s">
         <v>2495</v>
       </c>
       <c r="F499" t="s">
         <v>2496</v>
       </c>
       <c r="G499" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="500">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B500" t="s">
         <v>2497</v>
       </c>
       <c r="C500" t="s">
         <v>2498</v>
       </c>
       <c r="D500" t="s">
         <v>2499</v>
       </c>
       <c r="E500" t="s">
         <v>2500</v>
       </c>
       <c r="F500" t="s">
         <v>2501</v>
       </c>
       <c r="G500" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="501">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B501" t="s">
         <v>2502</v>
       </c>
       <c r="C501" t="s">
         <v>2503</v>
       </c>
       <c r="D501" t="s">
         <v>2504</v>
       </c>
       <c r="E501" t="s">
         <v>2505</v>
       </c>
       <c r="F501" t="s">
         <v>2506</v>
       </c>
       <c r="G501" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="502">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B502" t="s">
         <v>2507</v>
       </c>
       <c r="C502" t="s">
         <v>2508</v>
       </c>
       <c r="D502" t="s">
         <v>2509</v>
       </c>
       <c r="E502" t="s">
         <v>2510</v>
       </c>
       <c r="F502" t="s">
         <v>2511</v>
       </c>
       <c r="G502" s="1">
-        <v>0.039</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="503">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B503" t="s">
         <v>2512</v>
       </c>
       <c r="C503" t="s">
         <v>2513</v>
       </c>
       <c r="D503" t="s">
         <v>2514</v>
       </c>
       <c r="E503" t="s">
         <v>2515</v>
       </c>
       <c r="F503" t="s">
         <v>2516</v>
       </c>
       <c r="G503" s="1">
-        <v>0.039</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="504">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B504" t="s">
         <v>2517</v>
       </c>
       <c r="C504" t="s">
         <v>2518</v>
       </c>
       <c r="D504" t="s">
         <v>2519</v>
       </c>
       <c r="E504" t="s">
         <v>2520</v>
       </c>
       <c r="F504" t="s">
         <v>2521</v>
       </c>
       <c r="G504" s="1">
-        <v>0.039</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="505">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B505" t="s">
         <v>2522</v>
       </c>
       <c r="C505" t="s">
         <v>2523</v>
       </c>
       <c r="D505" t="s">
         <v>2524</v>
       </c>
       <c r="E505" t="s">
         <v>2525</v>
       </c>
       <c r="F505" t="s">
         <v>2526</v>
       </c>
       <c r="G505" s="1">
-        <v>0.039</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="506">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B506" t="s">
         <v>2527</v>
       </c>
       <c r="C506" t="s">
         <v>2528</v>
       </c>
       <c r="D506" t="s">
         <v>2529</v>
       </c>
       <c r="E506" t="s">
         <v>2530</v>
       </c>
       <c r="F506" t="s">
         <v>2531</v>
       </c>
       <c r="G506" s="1">
-        <v>0.039</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="507">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B507" t="s">
         <v>2532</v>
       </c>
       <c r="C507" t="s">
         <v>2533</v>
       </c>
       <c r="D507" t="s">
         <v>2534</v>
       </c>
       <c r="E507" t="s">
         <v>2535</v>
       </c>
       <c r="F507" t="s">
         <v>2536</v>
       </c>
       <c r="G507" s="1">
-        <v>0.038</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="508">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B508" t="s">
         <v>2537</v>
       </c>
       <c r="C508" t="s">
         <v>2538</v>
       </c>
       <c r="D508" t="s">
         <v>2539</v>
       </c>
       <c r="E508" t="s">
         <v>2540</v>
       </c>
       <c r="F508" t="s">
         <v>2541</v>
       </c>
       <c r="G508" s="1">
-        <v>0.038</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="509">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B509" t="s">
         <v>2542</v>
       </c>
       <c r="C509" t="s">
         <v>2543</v>
       </c>
       <c r="D509" t="s">
         <v>2544</v>
       </c>
       <c r="E509" t="s">
         <v>2545</v>
       </c>
       <c r="F509" t="s">
         <v>2546</v>
       </c>
       <c r="G509" s="1">
-        <v>0.038</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="510">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B510" t="s">
         <v>2547</v>
       </c>
       <c r="C510" t="s">
         <v>2548</v>
       </c>
       <c r="D510" t="s">
         <v>2549</v>
       </c>
       <c r="E510" t="s">
         <v>2550</v>
       </c>
       <c r="F510" t="s">
         <v>2551</v>
       </c>
       <c r="G510" s="1">
-        <v>0.038</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="511">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B511" t="s">
         <v>2552</v>
       </c>
       <c r="C511" t="s">
         <v>2553</v>
       </c>
       <c r="D511" t="s">
         <v>2554</v>
       </c>
       <c r="E511" t="s">
         <v>2555</v>
       </c>
       <c r="F511" t="s">
         <v>2556</v>
       </c>
       <c r="G511" s="1">
-        <v>0.038</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="512">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B512" t="s">
         <v>2557</v>
       </c>
       <c r="C512" t="s">
         <v>2558</v>
       </c>
       <c r="D512" t="s">
         <v>2559</v>
       </c>
       <c r="E512" t="s">
         <v>2560</v>
       </c>
       <c r="F512" t="s">
         <v>2561</v>
       </c>
       <c r="G512" s="1">
-        <v>0.038</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="513">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B513" t="s">
         <v>2562</v>
       </c>
       <c r="C513" t="s">
         <v>2563</v>
       </c>
       <c r="D513" t="s">
         <v>2564</v>
       </c>
       <c r="E513" t="s">
         <v>2565</v>
       </c>
       <c r="F513" t="s">
         <v>2566</v>
       </c>
       <c r="G513" s="1">
-        <v>0.037</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="514">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B514" t="s">
         <v>2567</v>
       </c>
       <c r="C514" t="s">
         <v>2568</v>
       </c>
       <c r="D514" t="s">
         <v>2569</v>
       </c>
       <c r="E514" t="s">
         <v>2570</v>
       </c>
       <c r="F514" t="s">
         <v>2571</v>
       </c>
       <c r="G514" s="1">
-        <v>0.037</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="515">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B515" t="s">
         <v>2572</v>
       </c>
       <c r="C515" t="s">
         <v>2573</v>
       </c>
       <c r="D515" t="s">
         <v>2574</v>
       </c>
       <c r="E515" t="s">
         <v>2575</v>
       </c>
       <c r="F515" t="s">
         <v>2576</v>
       </c>
       <c r="G515" s="1">
-        <v>0.037</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="516">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B516" t="s">
         <v>2577</v>
       </c>
       <c r="C516" t="s">
         <v>2578</v>
       </c>
       <c r="D516" t="s">
         <v>2579</v>
       </c>
       <c r="E516" t="s">
         <v>2580</v>
       </c>
       <c r="F516" t="s">
         <v>2581</v>
       </c>
       <c r="G516" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="517">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B517" t="s">
         <v>2582</v>
       </c>
       <c r="C517" t="s">
         <v>2583</v>
       </c>
       <c r="D517" t="s">
         <v>2584</v>
       </c>
       <c r="E517" t="s">
         <v>2585</v>
       </c>
       <c r="F517" t="s">
         <v>2586</v>
       </c>
       <c r="G517" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="518">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B518" t="s">
         <v>2587</v>
       </c>
       <c r="C518" t="s">
         <v>2588</v>
       </c>
       <c r="D518" t="s">
         <v>2589</v>
       </c>
       <c r="E518" t="s">
         <v>2590</v>
       </c>
       <c r="F518" t="s">
         <v>2591</v>
       </c>
       <c r="G518" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="519">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B519" t="s">
         <v>2592</v>
       </c>
       <c r="C519" t="s">
         <v>2593</v>
       </c>
       <c r="D519" t="s">
         <v>2594</v>
       </c>
       <c r="E519" t="s">
         <v>2595</v>
       </c>
       <c r="F519" t="s">
         <v>2596</v>
       </c>
       <c r="G519" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="520">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B520" t="s">
         <v>2597</v>
       </c>
       <c r="C520" t="s">
         <v>2598</v>
       </c>
       <c r="D520" t="s">
         <v>2599</v>
       </c>
       <c r="E520" t="s">
         <v>2600</v>
       </c>
       <c r="F520" t="s">
         <v>2601</v>
       </c>
       <c r="G520" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="521">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B521" t="s">
         <v>2602</v>
       </c>
       <c r="C521" t="s">
         <v>2603</v>
       </c>
       <c r="D521" t="s">
         <v>2604</v>
       </c>
       <c r="E521" t="s">
         <v>2605</v>
       </c>
       <c r="F521" t="s">
         <v>2606</v>
       </c>
       <c r="G521" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="522">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B522" t="s">
         <v>2607</v>
       </c>
       <c r="C522" t="s">
         <v>2608</v>
       </c>
       <c r="D522" t="s">
         <v>2609</v>
       </c>
       <c r="E522" t="s">
         <v>2610</v>
       </c>
       <c r="F522" t="s">
         <v>2611</v>
       </c>
       <c r="G522" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="523">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B523" t="s">
         <v>2612</v>
       </c>
       <c r="C523" t="s">
         <v>2613</v>
       </c>
       <c r="D523" t="s">
         <v>2614</v>
       </c>
       <c r="E523" t="s">
         <v>2615</v>
       </c>
       <c r="F523" t="s">
         <v>2616</v>
       </c>
       <c r="G523" s="1">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="524">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B524" t="s">
         <v>2617</v>
       </c>
       <c r="C524" t="s">
         <v>2618</v>
       </c>
       <c r="D524" t="s">
         <v>2619</v>
       </c>
       <c r="E524" t="s">
         <v>2620</v>
       </c>
       <c r="F524" t="s">
         <v>2621</v>
       </c>
       <c r="G524" s="1">
-        <v>0.036</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="525">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B525" t="s">
         <v>2622</v>
       </c>
       <c r="C525" t="s">
         <v>2623</v>
       </c>
       <c r="D525" t="s">
         <v>2624</v>
       </c>
       <c r="E525" t="s">
         <v>2625</v>
       </c>
       <c r="F525" t="s">
         <v>2626</v>
       </c>
       <c r="G525" s="1">
-        <v>0.036</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="526">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B526" t="s">
         <v>2627</v>
       </c>
       <c r="C526" t="s">
         <v>2628</v>
       </c>
       <c r="D526" t="s">
         <v>2629</v>
       </c>
       <c r="E526" t="s">
         <v>2630</v>
       </c>
       <c r="F526" t="s">
         <v>2631</v>
       </c>
       <c r="G526" s="1">
-        <v>0.036</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="527">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B527" t="s">
         <v>2632</v>
       </c>
       <c r="C527" t="s">
         <v>2633</v>
       </c>
       <c r="D527" t="s">
         <v>2634</v>
       </c>
       <c r="E527" t="s">
         <v>2635</v>
       </c>
       <c r="F527" t="s">
         <v>2636</v>
       </c>
       <c r="G527" s="1">
-        <v>0.036</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="528">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B528" t="s">
         <v>2637</v>
       </c>
       <c r="C528" t="s">
         <v>2638</v>
       </c>
       <c r="D528" t="s">
         <v>2639</v>
       </c>
       <c r="E528" t="s">
         <v>2640</v>
       </c>
       <c r="F528" t="s">
         <v>2641</v>
       </c>
       <c r="G528" s="1">
-        <v>0.036</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="529">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B529" t="s">
         <v>2642</v>
       </c>
       <c r="C529" t="s">
         <v>2643</v>
       </c>
       <c r="D529" t="s">
         <v>2644</v>
       </c>
       <c r="E529" t="s">
         <v>2645</v>
       </c>
       <c r="F529" t="s">
         <v>2646</v>
       </c>
       <c r="G529" s="1">
-        <v>0.036</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="530">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B530" t="s">
         <v>2647</v>
       </c>
       <c r="C530" t="s">
         <v>2648</v>
       </c>
       <c r="D530" t="s">
         <v>2649</v>
       </c>
       <c r="E530" t="s">
         <v>2650</v>
       </c>
       <c r="F530" t="s">
         <v>2651</v>
       </c>
       <c r="G530" s="1">
-        <v>0.036</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="531">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B531" t="s">
         <v>2652</v>
       </c>
       <c r="C531" t="s">
         <v>2653</v>
       </c>
       <c r="D531" t="s">
         <v>2654</v>
       </c>
       <c r="E531" t="s">
         <v>2655</v>
       </c>
       <c r="F531" t="s">
         <v>2656</v>
       </c>
       <c r="G531" s="1">
-        <v>0.036</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="532">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B532" t="s">
         <v>2657</v>
       </c>
       <c r="C532" t="s">
         <v>2658</v>
       </c>
       <c r="D532" t="s">
         <v>2659</v>
       </c>
       <c r="E532" t="s">
         <v>2660</v>
       </c>
       <c r="F532" t="s">
         <v>2661</v>
       </c>
       <c r="G532" s="1">
-        <v>0.036</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="533">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B533" t="s">
         <v>2662</v>
       </c>
       <c r="C533" t="s">
         <v>2663</v>
       </c>
       <c r="D533" t="s">
         <v>2664</v>
       </c>
       <c r="E533" t="s">
         <v>2665</v>
       </c>
       <c r="F533" t="s">
         <v>2666</v>
       </c>
       <c r="G533" s="1">
-        <v>0.036</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="534">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B534" t="s">
         <v>2667</v>
       </c>
       <c r="C534" t="s">
         <v>2668</v>
       </c>
       <c r="D534" t="s">
         <v>2669</v>
       </c>
       <c r="E534" t="s">
         <v>2670</v>
       </c>
       <c r="F534" t="s">
         <v>2671</v>
       </c>
       <c r="G534" s="1">
-        <v>0.036</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="535">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B535" t="s">
         <v>2672</v>
       </c>
       <c r="C535" t="s">
         <v>2673</v>
       </c>
       <c r="D535" t="s">
         <v>2674</v>
       </c>
       <c r="E535" t="s">
         <v>2675</v>
       </c>
       <c r="F535" t="s">
         <v>2676</v>
       </c>
       <c r="G535" s="1">
-        <v>0.036</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="536">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B536" t="s">
         <v>2677</v>
       </c>
       <c r="C536" t="s">
         <v>2678</v>
       </c>
       <c r="D536" t="s">
         <v>2679</v>
       </c>
       <c r="E536" t="s">
         <v>2680</v>
       </c>
       <c r="F536" t="s">
         <v>2681</v>
       </c>
       <c r="G536" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="537">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B537" t="s">
         <v>2682</v>
       </c>
       <c r="C537" t="s">
         <v>2683</v>
       </c>
       <c r="D537" t="s">
         <v>2684</v>
       </c>
       <c r="E537" t="s">
         <v>2685</v>
       </c>
       <c r="F537" t="s">
         <v>2686</v>
       </c>
       <c r="G537" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="538">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B538" t="s">
         <v>2687</v>
       </c>
       <c r="C538" t="s">
         <v>2688</v>
       </c>
       <c r="D538" t="s">
         <v>2689</v>
       </c>
       <c r="E538" t="s">
         <v>2690</v>
       </c>
       <c r="F538" t="s">
         <v>2691</v>
       </c>
       <c r="G538" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="539">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B539" t="s">
         <v>2692</v>
       </c>
       <c r="C539" t="s">
         <v>2693</v>
       </c>
       <c r="D539" t="s">
         <v>2694</v>
       </c>
       <c r="E539" t="s">
         <v>2695</v>
       </c>
       <c r="F539" t="s">
         <v>2696</v>
       </c>
       <c r="G539" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="540">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B540" t="s">
         <v>2697</v>
       </c>
       <c r="C540" t="s">
         <v>2698</v>
       </c>
       <c r="D540" t="s">
         <v>2699</v>
       </c>
       <c r="E540" t="s">
         <v>2700</v>
       </c>
       <c r="F540" t="s">
         <v>2701</v>
       </c>
       <c r="G540" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="541">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B541" t="s">
         <v>2702</v>
       </c>
       <c r="C541" t="s">
         <v>2703</v>
       </c>
       <c r="D541" t="s">
         <v>2704</v>
       </c>
       <c r="E541" t="s">
         <v>2705</v>
       </c>
       <c r="F541" t="s">
         <v>2706</v>
       </c>
       <c r="G541" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="542">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B542" t="s">
         <v>2707</v>
       </c>
       <c r="C542" t="s">
         <v>2708</v>
       </c>
       <c r="D542" t="s">
         <v>2709</v>
       </c>
       <c r="E542" t="s">
         <v>2710</v>
       </c>
       <c r="F542" t="s">
         <v>2711</v>
       </c>
       <c r="G542" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="543">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B543" t="s">
         <v>2712</v>
       </c>
       <c r="C543" t="s">
         <v>2713</v>
       </c>
       <c r="D543" t="s">
         <v>2714</v>
       </c>
       <c r="E543" t="s">
         <v>2715</v>
       </c>
       <c r="F543" t="s">
         <v>2716</v>
       </c>
       <c r="G543" s="1">
-        <v>0.035</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="544">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B544" t="s">
         <v>2717</v>
       </c>
       <c r="C544" t="s">
         <v>2718</v>
       </c>
       <c r="D544" t="s">
         <v>2719</v>
       </c>
       <c r="E544" t="s">
         <v>2720</v>
       </c>
       <c r="F544" t="s">
         <v>2721</v>
       </c>
       <c r="G544" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="545">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B545" t="s">
         <v>2722</v>
       </c>
       <c r="C545" t="s">
         <v>2723</v>
       </c>
       <c r="D545" t="s">
         <v>2724</v>
       </c>
       <c r="E545" t="s">
         <v>2725</v>
       </c>
       <c r="F545" t="s">
         <v>2726</v>
       </c>
       <c r="G545" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="546">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B546" t="s">
         <v>2727</v>
       </c>
       <c r="C546" t="s">
         <v>2728</v>
       </c>
       <c r="D546" t="s">
         <v>2729</v>
       </c>
       <c r="E546" t="s">
         <v>2730</v>
       </c>
       <c r="F546" t="s">
         <v>2731</v>
       </c>
       <c r="G546" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="547">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B547" t="s">
         <v>2732</v>
       </c>
       <c r="C547" t="s">
         <v>2733</v>
       </c>
       <c r="D547" t="s">
         <v>2734</v>
       </c>
       <c r="E547" t="s">
         <v>2735</v>
       </c>
       <c r="F547" t="s">
         <v>2736</v>
       </c>
       <c r="G547" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="548">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B548" t="s">
         <v>2737</v>
       </c>
       <c r="C548" t="s">
         <v>2738</v>
       </c>
       <c r="D548" t="s">
         <v>2739</v>
       </c>
       <c r="E548" t="s">
         <v>2740</v>
       </c>
       <c r="F548" t="s">
         <v>2741</v>
       </c>
       <c r="G548" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="549">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B549" t="s">
         <v>2742</v>
       </c>
       <c r="C549" t="s">
         <v>2743</v>
       </c>
       <c r="D549" t="s">
         <v>2744</v>
       </c>
       <c r="E549" t="s">
         <v>2745</v>
       </c>
       <c r="F549" t="s">
         <v>2746</v>
       </c>
       <c r="G549" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="550">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B550" t="s">
         <v>2747</v>
       </c>
       <c r="C550" t="s">
         <v>2748</v>
       </c>
       <c r="D550" t="s">
         <v>2749</v>
       </c>
       <c r="E550" t="s">
         <v>2750</v>
       </c>
       <c r="F550" t="s">
         <v>2751</v>
       </c>
       <c r="G550" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="551">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B551" t="s">
         <v>2752</v>
       </c>
       <c r="C551" t="s">
         <v>2753</v>
       </c>
       <c r="D551" t="s">
         <v>2754</v>
       </c>
       <c r="E551" t="s">
         <v>2755</v>
       </c>
       <c r="F551" t="s">
         <v>2756</v>
       </c>
       <c r="G551" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="552">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B552" t="s">
         <v>2757</v>
       </c>
       <c r="C552" t="s">
         <v>2758</v>
       </c>
       <c r="D552" t="s">
         <v>2759</v>
       </c>
       <c r="E552" t="s">
         <v>2760</v>
       </c>
       <c r="F552" t="s">
         <v>2761</v>
       </c>
       <c r="G552" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="553">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B553" t="s">
         <v>2762</v>
       </c>
       <c r="C553" t="s">
         <v>2763</v>
       </c>
       <c r="D553" t="s">
         <v>2764</v>
       </c>
       <c r="E553" t="s">
         <v>2765</v>
       </c>
       <c r="F553" t="s">
         <v>2766</v>
       </c>
       <c r="G553" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="554">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B554" t="s">
         <v>2767</v>
       </c>
       <c r="C554" t="s">
         <v>2768</v>
       </c>
       <c r="D554" t="s">
         <v>2769</v>
       </c>
       <c r="E554" t="s">
         <v>2770</v>
       </c>
       <c r="F554" t="s">
         <v>2771</v>
       </c>
       <c r="G554" s="1">
-        <v>0.034</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="555">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B555" t="s">
         <v>2772</v>
       </c>
       <c r="C555" t="s">
         <v>2773</v>
       </c>
       <c r="D555" t="s">
         <v>2774</v>
       </c>
       <c r="E555" t="s">
         <v>2775</v>
       </c>
       <c r="F555" t="s">
         <v>2776</v>
       </c>
       <c r="G555" s="1">
         <v>0.033</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="556">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B556" t="s">
         <v>2777</v>
       </c>
       <c r="C556" t="s">
         <v>2778</v>
       </c>
       <c r="D556" t="s">
         <v>2779</v>
       </c>
       <c r="E556" t="s">
         <v>2780</v>
       </c>
       <c r="F556" t="s">
         <v>2781</v>
       </c>
       <c r="G556" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="557">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B557" t="s">
         <v>2782</v>
       </c>
       <c r="C557" t="s">
         <v>2783</v>
       </c>
       <c r="D557" t="s">
         <v>2784</v>
       </c>
       <c r="E557" t="s">
         <v>2785</v>
       </c>
       <c r="F557" t="s">
         <v>2786</v>
       </c>
       <c r="G557" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="558">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B558" t="s">
         <v>2787</v>
       </c>
       <c r="C558" t="s">
         <v>2788</v>
       </c>
       <c r="D558" t="s">
         <v>2789</v>
       </c>
       <c r="E558" t="s">
         <v>2790</v>
       </c>
       <c r="F558" t="s">
         <v>2791</v>
       </c>
       <c r="G558" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="559">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B559" t="s">
         <v>2792</v>
       </c>
       <c r="C559" t="s">
         <v>2793</v>
       </c>
       <c r="D559" t="s">
         <v>2794</v>
       </c>
       <c r="E559" t="s">
         <v>2795</v>
       </c>
       <c r="F559" t="s">
         <v>2796</v>
       </c>
       <c r="G559" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="560">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B560" t="s">
         <v>2797</v>
       </c>
       <c r="C560" t="s">
         <v>2798</v>
       </c>
       <c r="D560" t="s">
         <v>2799</v>
       </c>
       <c r="E560" t="s">
         <v>2800</v>
       </c>
       <c r="F560" t="s">
         <v>2801</v>
       </c>
       <c r="G560" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="561">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B561" t="s">
         <v>2802</v>
       </c>
       <c r="C561" t="s">
         <v>2803</v>
       </c>
       <c r="D561" t="s">
         <v>2804</v>
       </c>
       <c r="E561" t="s">
         <v>2805</v>
       </c>
       <c r="F561" t="s">
         <v>2806</v>
       </c>
       <c r="G561" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="562">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B562" t="s">
         <v>2807</v>
       </c>
       <c r="C562" t="s">
         <v>2808</v>
       </c>
       <c r="D562" t="s">
         <v>2809</v>
       </c>
       <c r="E562" t="s">
         <v>2810</v>
       </c>
       <c r="F562" t="s">
         <v>2811</v>
       </c>
       <c r="G562" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="563">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B563" t="s">
         <v>2812</v>
       </c>
       <c r="C563" t="s">
         <v>2813</v>
       </c>
       <c r="D563" t="s">
         <v>2814</v>
       </c>
       <c r="E563" t="s">
         <v>2815</v>
       </c>
       <c r="F563" t="s">
         <v>2816</v>
       </c>
       <c r="G563" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="564">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B564" t="s">
         <v>2817</v>
       </c>
       <c r="C564" t="s">
         <v>2818</v>
       </c>
       <c r="D564" t="s">
         <v>2819</v>
       </c>
       <c r="E564" t="s">
         <v>2820</v>
       </c>
       <c r="F564" t="s">
         <v>2821</v>
       </c>
       <c r="G564" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="565">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B565" t="s">
         <v>2822</v>
       </c>
       <c r="C565" t="s">
         <v>2823</v>
       </c>
       <c r="D565" t="s">
         <v>2824</v>
       </c>
       <c r="E565" t="s">
         <v>2825</v>
       </c>
       <c r="F565" t="s">
         <v>2826</v>
       </c>
       <c r="G565" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="566">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B566" t="s">
         <v>2827</v>
       </c>
       <c r="C566" t="s">
         <v>2828</v>
       </c>
       <c r="D566" t="s">
         <v>2829</v>
       </c>
       <c r="E566" t="s">
         <v>2830</v>
       </c>
       <c r="F566" t="s">
         <v>2831</v>
       </c>
       <c r="G566" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="567">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B567" t="s">
         <v>2832</v>
       </c>
       <c r="C567" t="s">
         <v>2833</v>
       </c>
       <c r="D567" t="s">
         <v>2834</v>
       </c>
       <c r="E567" t="s">
         <v>2835</v>
       </c>
       <c r="F567" t="s">
         <v>2836</v>
       </c>
       <c r="G567" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="568">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B568" t="s">
         <v>2837</v>
       </c>
       <c r="C568" t="s">
         <v>2838</v>
       </c>
       <c r="D568" t="s">
         <v>2839</v>
       </c>
       <c r="E568" t="s">
         <v>2840</v>
       </c>
       <c r="F568" t="s">
         <v>2841</v>
       </c>
       <c r="G568" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="569">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B569" t="s">
         <v>2842</v>
       </c>
       <c r="C569" t="s">
         <v>2843</v>
       </c>
       <c r="D569" t="s">
         <v>2844</v>
       </c>
       <c r="E569" t="s">
         <v>2845</v>
       </c>
       <c r="F569" t="s">
         <v>2846</v>
       </c>
       <c r="G569" s="1">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="570">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B570" t="s">
         <v>2847</v>
       </c>
       <c r="C570" t="s">
         <v>2848</v>
       </c>
       <c r="D570" t="s">
         <v>2849</v>
       </c>
       <c r="E570" t="s">
         <v>2850</v>
       </c>
       <c r="F570" t="s">
         <v>2851</v>
       </c>
       <c r="G570" s="1">
-        <v>0.033</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="571">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B571" t="s">
         <v>2852</v>
       </c>
       <c r="C571" t="s">
         <v>2853</v>
       </c>
       <c r="D571" t="s">
         <v>2854</v>
       </c>
       <c r="E571" t="s">
         <v>2855</v>
       </c>
       <c r="F571" t="s">
         <v>2856</v>
       </c>
       <c r="G571" s="1">
-        <v>0.033</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="572">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B572" t="s">
         <v>2857</v>
       </c>
       <c r="C572" t="s">
         <v>2858</v>
       </c>
       <c r="D572" t="s">
         <v>2859</v>
       </c>
       <c r="E572" t="s">
         <v>2860</v>
       </c>
       <c r="F572" t="s">
         <v>2861</v>
       </c>
       <c r="G572" s="1">
-        <v>0.033</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="573">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B573" t="s">
         <v>2862</v>
       </c>
       <c r="C573" t="s">
         <v>2863</v>
       </c>
       <c r="D573" t="s">
         <v>2864</v>
       </c>
       <c r="E573" t="s">
         <v>2865</v>
       </c>
       <c r="F573" t="s">
         <v>2866</v>
       </c>
       <c r="G573" s="1">
-        <v>0.033</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="574">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B574" t="s">
         <v>2867</v>
       </c>
       <c r="C574" t="s">
         <v>2868</v>
       </c>
       <c r="D574" t="s">
         <v>2869</v>
       </c>
       <c r="E574" t="s">
         <v>2870</v>
       </c>
       <c r="F574" t="s">
         <v>2871</v>
       </c>
       <c r="G574" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="575">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B575" t="s">
         <v>2872</v>
       </c>
       <c r="C575" t="s">
         <v>2873</v>
       </c>
       <c r="D575" t="s">
         <v>2874</v>
       </c>
       <c r="E575" t="s">
         <v>2875</v>
       </c>
       <c r="F575" t="s">
         <v>2876</v>
       </c>
       <c r="G575" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="576">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B576" t="s">
         <v>2877</v>
       </c>
       <c r="C576" t="s">
         <v>2878</v>
       </c>
       <c r="D576" t="s">
         <v>2879</v>
       </c>
       <c r="E576" t="s">
         <v>2880</v>
       </c>
       <c r="F576" t="s">
         <v>2881</v>
       </c>
       <c r="G576" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="577">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B577" t="s">
         <v>2882</v>
       </c>
       <c r="C577" t="s">
         <v>2883</v>
       </c>
       <c r="D577" t="s">
         <v>2884</v>
       </c>
       <c r="E577" t="s">
         <v>2885</v>
       </c>
       <c r="F577" t="s">
         <v>2886</v>
       </c>
       <c r="G577" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="578">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B578" t="s">
         <v>2887</v>
       </c>
       <c r="C578" t="s">
         <v>2888</v>
       </c>
       <c r="D578" t="s">
         <v>2889</v>
       </c>
       <c r="E578" t="s">
         <v>2890</v>
       </c>
       <c r="F578" t="s">
         <v>2891</v>
       </c>
       <c r="G578" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="579">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B579" t="s">
         <v>2892</v>
       </c>
       <c r="C579" t="s">
         <v>2893</v>
       </c>
       <c r="D579" t="s">
         <v>2894</v>
       </c>
       <c r="E579" t="s">
         <v>2895</v>
       </c>
       <c r="F579" t="s">
         <v>2896</v>
       </c>
       <c r="G579" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="580">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B580" t="s">
         <v>2897</v>
       </c>
       <c r="C580" t="s">
         <v>2898</v>
       </c>
       <c r="D580" t="s">
         <v>2899</v>
       </c>
       <c r="E580" t="s">
         <v>2900</v>
       </c>
       <c r="F580" t="s">
         <v>2901</v>
       </c>
       <c r="G580" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="581">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B581" t="s">
         <v>2902</v>
       </c>
       <c r="C581" t="s">
         <v>2903</v>
       </c>
       <c r="D581" t="s">
         <v>2904</v>
       </c>
       <c r="E581" t="s">
         <v>2905</v>
       </c>
       <c r="F581" t="s">
         <v>2906</v>
       </c>
       <c r="G581" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="582">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B582" t="s">
         <v>2907</v>
       </c>
       <c r="C582" t="s">
         <v>2908</v>
       </c>
       <c r="D582" t="s">
         <v>2909</v>
       </c>
       <c r="E582" t="s">
         <v>2910</v>
       </c>
       <c r="F582" t="s">
         <v>2911</v>
       </c>
       <c r="G582" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="583">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B583" t="s">
         <v>2912</v>
       </c>
       <c r="C583" t="s">
         <v>2913</v>
       </c>
       <c r="D583" t="s">
         <v>2914</v>
       </c>
       <c r="E583" t="s">
         <v>2915</v>
       </c>
       <c r="F583" t="s">
         <v>2916</v>
       </c>
       <c r="G583" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="584">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B584" t="s">
         <v>2917</v>
       </c>
       <c r="C584" t="s">
         <v>2918</v>
       </c>
       <c r="D584" t="s">
         <v>2919</v>
       </c>
       <c r="E584" t="s">
         <v>2920</v>
       </c>
       <c r="F584" t="s">
         <v>2921</v>
       </c>
       <c r="G584" s="1">
-        <v>0.032</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="585">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B585" t="s">
         <v>2922</v>
       </c>
       <c r="C585" t="s">
         <v>2923</v>
       </c>
       <c r="D585" t="s">
         <v>2924</v>
       </c>
       <c r="E585" t="s">
         <v>2925</v>
       </c>
       <c r="F585" t="s">
         <v>2926</v>
       </c>
       <c r="G585" s="1">
-        <v>0.032</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="586">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B586" t="s">
         <v>2927</v>
       </c>
       <c r="C586" t="s">
         <v>2928</v>
       </c>
       <c r="D586" t="s">
         <v>2929</v>
       </c>
       <c r="E586" t="s">
         <v>2930</v>
       </c>
       <c r="F586" t="s">
         <v>2931</v>
       </c>
       <c r="G586" s="1">
-        <v>0.032</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="587">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B587" t="s">
         <v>2932</v>
       </c>
       <c r="C587" t="s">
         <v>2933</v>
       </c>
       <c r="D587" t="s">
         <v>2934</v>
       </c>
       <c r="E587" t="s">
         <v>2935</v>
       </c>
       <c r="F587" t="s">
         <v>2936</v>
       </c>
       <c r="G587" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="588">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B588" t="s">
         <v>2937</v>
       </c>
       <c r="C588" t="s">
         <v>2938</v>
       </c>
       <c r="D588" t="s">
         <v>2939</v>
       </c>
       <c r="E588" t="s">
         <v>2940</v>
       </c>
       <c r="F588" t="s">
         <v>2941</v>
       </c>
       <c r="G588" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="589">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B589" t="s">
         <v>2942</v>
       </c>
       <c r="C589" t="s">
         <v>2943</v>
       </c>
       <c r="D589" t="s">
         <v>2944</v>
       </c>
       <c r="E589" t="s">
         <v>2945</v>
       </c>
       <c r="F589" t="s">
         <v>2946</v>
       </c>
       <c r="G589" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="590">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B590" t="s">
         <v>2947</v>
       </c>
       <c r="C590" t="s">
         <v>2948</v>
       </c>
       <c r="D590" t="s">
         <v>2949</v>
       </c>
       <c r="E590" t="s">
         <v>2950</v>
       </c>
       <c r="F590" t="s">
         <v>2951</v>
       </c>
       <c r="G590" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="591">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B591" t="s">
         <v>2952</v>
       </c>
       <c r="C591" t="s">
         <v>2953</v>
       </c>
       <c r="D591" t="s">
         <v>2954</v>
       </c>
       <c r="E591" t="s">
         <v>2955</v>
       </c>
       <c r="F591" t="s">
         <v>2956</v>
       </c>
       <c r="G591" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="592">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B592" t="s">
         <v>2957</v>
       </c>
       <c r="C592" t="s">
         <v>2958</v>
       </c>
       <c r="D592" t="s">
         <v>2959</v>
       </c>
       <c r="E592" t="s">
         <v>2960</v>
       </c>
       <c r="F592" t="s">
         <v>2961</v>
       </c>
       <c r="G592" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="593">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B593" t="s">
         <v>2962</v>
       </c>
       <c r="C593" t="s">
         <v>2963</v>
       </c>
       <c r="D593" t="s">
         <v>2964</v>
       </c>
       <c r="E593" t="s">
         <v>2965</v>
       </c>
       <c r="F593" t="s">
         <v>2966</v>
       </c>
       <c r="G593" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="594">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B594" t="s">
         <v>2967</v>
       </c>
       <c r="C594" t="s">
         <v>2968</v>
       </c>
       <c r="D594" t="s">
         <v>2969</v>
       </c>
       <c r="E594" t="s">
         <v>2970</v>
       </c>
       <c r="F594" t="s">
         <v>2971</v>
       </c>
       <c r="G594" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="595">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B595" t="s">
         <v>2972</v>
       </c>
       <c r="C595" t="s">
         <v>2973</v>
       </c>
       <c r="D595" t="s">
         <v>2974</v>
       </c>
       <c r="E595" t="s">
         <v>2975</v>
       </c>
       <c r="F595" t="s">
         <v>2976</v>
       </c>
       <c r="G595" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="596">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B596" t="s">
         <v>2977</v>
       </c>
       <c r="C596" t="s">
         <v>2978</v>
       </c>
       <c r="D596" t="s">
         <v>2979</v>
       </c>
       <c r="E596" t="s">
         <v>2980</v>
       </c>
       <c r="F596" t="s">
         <v>2981</v>
       </c>
       <c r="G596" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="597">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B597" t="s">
         <v>2982</v>
       </c>
       <c r="C597" t="s">
         <v>2983</v>
       </c>
       <c r="D597" t="s">
         <v>2984</v>
       </c>
       <c r="E597" t="s">
         <v>2985</v>
       </c>
       <c r="F597" t="s">
         <v>2986</v>
       </c>
       <c r="G597" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="598">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B598" t="s">
         <v>2987</v>
       </c>
       <c r="C598" t="s">
         <v>2988</v>
       </c>
       <c r="D598" t="s">
         <v>2989</v>
       </c>
       <c r="E598" t="s">
         <v>2990</v>
       </c>
       <c r="F598" t="s">
         <v>2991</v>
       </c>
       <c r="G598" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="599">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B599" t="s">
         <v>2992</v>
       </c>
       <c r="C599" t="s">
         <v>2993</v>
       </c>
       <c r="D599" t="s">
         <v>2994</v>
       </c>
       <c r="E599" t="s">
         <v>2995</v>
       </c>
       <c r="F599" t="s">
         <v>2996</v>
       </c>
       <c r="G599" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="600">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B600" t="s">
         <v>2997</v>
       </c>
       <c r="C600" t="s">
         <v>2998</v>
       </c>
       <c r="D600" t="s">
         <v>2999</v>
       </c>
       <c r="E600" t="s">
         <v>3000</v>
       </c>
       <c r="F600" t="s">
         <v>3001</v>
       </c>
       <c r="G600" s="1">
-        <v>0.031</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="601">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B601" t="s">
         <v>3002</v>
       </c>
       <c r="C601" t="s">
         <v>3003</v>
       </c>
       <c r="D601" t="s">
         <v>3004</v>
       </c>
       <c r="E601" t="s">
         <v>3005</v>
       </c>
       <c r="F601" t="s">
         <v>3006</v>
       </c>
       <c r="G601" s="1">
-        <v>0.031</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="602">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B602" t="s">
         <v>3007</v>
       </c>
       <c r="C602" t="s">
         <v>3008</v>
       </c>
       <c r="D602" t="s">
         <v>3009</v>
       </c>
       <c r="E602" t="s">
         <v>3010</v>
       </c>
       <c r="F602" t="s">
         <v>3011</v>
       </c>
       <c r="G602" s="1">
-        <v>0.031</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="603">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B603" t="s">
         <v>3012</v>
       </c>
       <c r="C603" t="s">
         <v>3013</v>
       </c>
       <c r="D603" t="s">
         <v>3014</v>
       </c>
       <c r="E603" t="s">
         <v>3015</v>
       </c>
       <c r="F603" t="s">
         <v>3016</v>
       </c>
       <c r="G603" s="1">
-        <v>0.031</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="604">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B604" t="s">
         <v>3017</v>
       </c>
       <c r="C604" t="s">
         <v>3018</v>
       </c>
       <c r="D604" t="s">
         <v>3019</v>
       </c>
       <c r="E604" t="s">
         <v>3020</v>
       </c>
       <c r="F604" t="s">
         <v>3021</v>
       </c>
       <c r="G604" s="1">
-        <v>0.031</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="605">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B605" t="s">
         <v>3022</v>
       </c>
       <c r="C605" t="s">
         <v>3023</v>
       </c>
       <c r="D605" t="s">
         <v>3024</v>
       </c>
       <c r="E605" t="s">
         <v>3025</v>
       </c>
       <c r="F605" t="s">
         <v>3026</v>
       </c>
       <c r="G605" s="1">
-        <v>0.031</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="606">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B606" t="s">
         <v>3027</v>
       </c>
       <c r="C606" t="s">
         <v>3028</v>
       </c>
       <c r="D606" t="s">
         <v>3029</v>
       </c>
       <c r="E606" t="s">
         <v>3030</v>
       </c>
       <c r="F606" t="s">
         <v>3031</v>
       </c>
       <c r="G606" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="607">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B607" t="s">
         <v>3032</v>
       </c>
       <c r="C607" t="s">
         <v>3033</v>
       </c>
       <c r="D607" t="s">
         <v>3034</v>
       </c>
       <c r="E607" t="s">
         <v>3035</v>
       </c>
       <c r="F607" t="s">
         <v>3036</v>
       </c>
       <c r="G607" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="608">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B608" t="s">
         <v>3037</v>
       </c>
       <c r="C608" t="s">
         <v>3038</v>
       </c>
       <c r="D608" t="s">
         <v>3039</v>
       </c>
       <c r="E608" t="s">
         <v>3040</v>
       </c>
       <c r="F608" t="s">
         <v>3041</v>
       </c>
       <c r="G608" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="609">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B609" t="s">
         <v>3042</v>
       </c>
       <c r="C609" t="s">
         <v>3043</v>
       </c>
       <c r="D609" t="s">
         <v>3044</v>
       </c>
       <c r="E609" t="s">
         <v>3045</v>
       </c>
       <c r="F609" t="s">
         <v>3046</v>
       </c>
       <c r="G609" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="610">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B610" t="s">
         <v>3047</v>
       </c>
       <c r="C610" t="s">
         <v>3048</v>
       </c>
       <c r="D610" t="s">
         <v>3049</v>
       </c>
       <c r="E610" t="s">
         <v>3050</v>
       </c>
       <c r="F610" t="s">
         <v>3051</v>
       </c>
       <c r="G610" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="611">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B611" t="s">
         <v>3052</v>
       </c>
       <c r="C611" t="s">
         <v>3053</v>
       </c>
       <c r="D611" t="s">
         <v>3054</v>
       </c>
       <c r="E611" t="s">
         <v>3055</v>
       </c>
       <c r="F611" t="s">
         <v>3056</v>
       </c>
       <c r="G611" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="612">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B612" t="s">
         <v>3057</v>
       </c>
       <c r="C612" t="s">
         <v>3058</v>
       </c>
       <c r="D612" t="s">
         <v>3059</v>
       </c>
       <c r="E612" t="s">
         <v>3060</v>
       </c>
       <c r="F612" t="s">
         <v>3061</v>
       </c>
       <c r="G612" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="613">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B613" t="s">
         <v>3062</v>
       </c>
       <c r="C613" t="s">
         <v>3063</v>
       </c>
       <c r="D613" t="s">
         <v>3064</v>
       </c>
       <c r="E613" t="s">
         <v>3065</v>
       </c>
       <c r="F613" t="s">
         <v>3066</v>
       </c>
       <c r="G613" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="614">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B614" t="s">
         <v>3067</v>
       </c>
       <c r="C614" t="s">
         <v>3068</v>
       </c>
       <c r="D614" t="s">
         <v>3069</v>
       </c>
       <c r="E614" t="s">
         <v>3070</v>
       </c>
       <c r="F614" t="s">
         <v>3071</v>
       </c>
       <c r="G614" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="615">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B615" t="s">
         <v>3072</v>
       </c>
       <c r="C615" t="s">
         <v>3073</v>
       </c>
       <c r="D615" t="s">
         <v>3074</v>
       </c>
       <c r="E615" t="s">
         <v>3075</v>
       </c>
       <c r="F615" t="s">
         <v>3076</v>
       </c>
       <c r="G615" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="616">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B616" t="s">
         <v>3077</v>
       </c>
       <c r="C616" t="s">
         <v>3078</v>
       </c>
       <c r="D616" t="s">
         <v>3079</v>
       </c>
       <c r="E616" t="s">
         <v>3080</v>
       </c>
       <c r="F616" t="s">
         <v>3081</v>
       </c>
       <c r="G616" s="1">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="617">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B617" t="s">
         <v>3082</v>
       </c>
       <c r="C617" t="s">
         <v>3083</v>
       </c>
       <c r="D617" t="s">
         <v>3084</v>
       </c>
       <c r="E617" t="s">
         <v>3085</v>
       </c>
       <c r="F617" t="s">
         <v>3086</v>
       </c>
       <c r="G617" s="1">
-        <v>0.03</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="618">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B618" t="s">
         <v>3087</v>
       </c>
       <c r="C618" t="s">
         <v>3088</v>
       </c>
       <c r="D618" t="s">
         <v>3089</v>
       </c>
       <c r="E618" t="s">
         <v>3090</v>
       </c>
       <c r="F618" t="s">
         <v>3091</v>
       </c>
       <c r="G618" s="1">
-        <v>0.03</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="619">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B619" t="s">
         <v>3092</v>
       </c>
       <c r="C619" t="s">
         <v>3093</v>
       </c>
       <c r="D619" t="s">
         <v>3094</v>
       </c>
       <c r="E619" t="s">
         <v>3095</v>
       </c>
       <c r="F619" t="s">
         <v>3096</v>
       </c>
       <c r="G619" s="1">
-        <v>0.03</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="620">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B620" t="s">
         <v>3097</v>
       </c>
       <c r="C620" t="s">
         <v>3098</v>
       </c>
       <c r="D620" t="s">
         <v>3099</v>
       </c>
       <c r="E620" t="s">
         <v>3100</v>
       </c>
       <c r="F620" t="s">
         <v>3101</v>
       </c>
       <c r="G620" s="1">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="621">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B621" t="s">
         <v>3102</v>
       </c>
       <c r="C621" t="s">
         <v>3103</v>
       </c>
       <c r="D621" t="s">
         <v>3104</v>
       </c>
       <c r="E621" t="s">
         <v>3105</v>
       </c>
       <c r="F621" t="s">
         <v>3106</v>
       </c>
       <c r="G621" s="1">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="622">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B622" t="s">
         <v>3107</v>
       </c>
       <c r="C622" t="s">
         <v>3108</v>
       </c>
       <c r="D622" t="s">
         <v>3109</v>
       </c>
       <c r="E622" t="s">
         <v>3110</v>
       </c>
       <c r="F622" t="s">
         <v>3111</v>
       </c>
       <c r="G622" s="1">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="623">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B623" t="s">
         <v>3112</v>
       </c>
       <c r="C623" t="s">
         <v>3113</v>
       </c>
       <c r="D623" t="s">
         <v>3114</v>
       </c>
       <c r="E623" t="s">
         <v>3115</v>
       </c>
       <c r="F623" t="s">
         <v>3116</v>
       </c>
       <c r="G623" s="1">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="624">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B624" t="s">
         <v>3117</v>
       </c>
       <c r="C624" t="s">
         <v>3118</v>
       </c>
       <c r="D624" t="s">
         <v>3119</v>
       </c>
       <c r="E624" t="s">
         <v>3120</v>
       </c>
       <c r="F624" t="s">
         <v>3121</v>
       </c>
       <c r="G624" s="1">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="625">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B625" t="s">
         <v>3122</v>
       </c>
       <c r="C625" t="s">
         <v>3123</v>
       </c>
       <c r="D625" t="s">
         <v>3124</v>
       </c>
       <c r="E625" t="s">
         <v>3125</v>
       </c>
       <c r="F625" t="s">
         <v>3126</v>
       </c>
       <c r="G625" s="1">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="626">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B626" t="s">
         <v>3127</v>
       </c>
       <c r="C626" t="s">
         <v>3128</v>
       </c>
       <c r="D626" t="s">
         <v>3129</v>
       </c>
       <c r="E626" t="s">
         <v>3130</v>
       </c>
       <c r="F626" t="s">
         <v>3131</v>
       </c>
       <c r="G626" s="1">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="627">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B627" t="s">
         <v>3132</v>
       </c>
       <c r="C627" t="s">
         <v>3133</v>
       </c>
       <c r="D627" t="s">
         <v>3134</v>
       </c>
       <c r="E627" t="s">
         <v>3135</v>
       </c>
       <c r="F627" t="s">
         <v>3136</v>
       </c>
       <c r="G627" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="628">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B628" t="s">
         <v>3137</v>
       </c>
       <c r="C628" t="s">
         <v>3138</v>
       </c>
       <c r="D628" t="s">
         <v>3139</v>
       </c>
       <c r="E628" t="s">
         <v>3140</v>
       </c>
       <c r="F628" t="s">
         <v>3141</v>
       </c>
       <c r="G628" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="629">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B629" t="s">
         <v>3142</v>
       </c>
       <c r="C629" t="s">
         <v>3143</v>
       </c>
       <c r="D629" t="s">
         <v>3144</v>
       </c>
       <c r="E629" t="s">
         <v>3145</v>
       </c>
       <c r="F629" t="s">
         <v>3146</v>
       </c>
       <c r="G629" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="630">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B630" t="s">
         <v>3147</v>
       </c>
       <c r="C630" t="s">
         <v>3148</v>
       </c>
       <c r="D630" t="s">
         <v>3149</v>
       </c>
       <c r="E630" t="s">
         <v>3150</v>
       </c>
       <c r="F630" t="s">
         <v>3151</v>
       </c>
       <c r="G630" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="631">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B631" t="s">
         <v>3152</v>
       </c>
       <c r="C631" t="s">
         <v>3153</v>
       </c>
       <c r="D631" t="s">
         <v>3154</v>
       </c>
       <c r="E631" t="s">
         <v>3155</v>
       </c>
       <c r="F631" t="s">
         <v>3156</v>
       </c>
       <c r="G631" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="632">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B632" t="s">
         <v>3157</v>
       </c>
       <c r="C632" t="s">
         <v>3158</v>
       </c>
       <c r="D632" t="s">
         <v>3159</v>
       </c>
       <c r="E632" t="s">
         <v>3160</v>
       </c>
       <c r="F632" t="s">
         <v>3161</v>
       </c>
       <c r="G632" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="633">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B633" t="s">
         <v>3162</v>
       </c>
       <c r="C633" t="s">
         <v>3163</v>
       </c>
       <c r="D633" t="s">
         <v>3164</v>
       </c>
       <c r="E633" t="s">
         <v>3165</v>
       </c>
       <c r="F633" t="s">
         <v>3166</v>
       </c>
       <c r="G633" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="634">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B634" t="s">
         <v>3167</v>
       </c>
       <c r="C634" t="s">
         <v>3168</v>
       </c>
       <c r="D634" t="s">
         <v>3169</v>
       </c>
       <c r="E634" t="s">
         <v>3170</v>
       </c>
       <c r="F634" t="s">
         <v>3171</v>
       </c>
       <c r="G634" s="1">
-        <v>0.029</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="635">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B635" t="s">
         <v>3172</v>
       </c>
       <c r="C635" t="s">
         <v>3173</v>
       </c>
       <c r="D635" t="s">
         <v>3174</v>
       </c>
       <c r="E635" t="s">
         <v>3175</v>
       </c>
       <c r="F635" t="s">
         <v>3176</v>
       </c>
       <c r="G635" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="636">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B636" t="s">
         <v>3177</v>
       </c>
       <c r="C636" t="s">
         <v>3178</v>
       </c>
       <c r="D636" t="s">
         <v>3179</v>
       </c>
       <c r="E636" t="s">
         <v>3180</v>
       </c>
       <c r="F636" t="s">
         <v>3181</v>
       </c>
       <c r="G636" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="637">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B637" t="s">
         <v>3182</v>
       </c>
       <c r="C637" t="s">
         <v>3183</v>
       </c>
       <c r="D637" t="s">
         <v>3184</v>
       </c>
       <c r="E637" t="s">
         <v>3185</v>
       </c>
       <c r="F637" t="s">
         <v>3186</v>
       </c>
       <c r="G637" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="638">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B638" t="s">
         <v>3187</v>
       </c>
       <c r="C638" t="s">
         <v>3188</v>
       </c>
       <c r="D638" t="s">
         <v>3189</v>
       </c>
       <c r="E638" t="s">
         <v>3190</v>
       </c>
       <c r="F638" t="s">
         <v>3191</v>
       </c>
       <c r="G638" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="639">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B639" t="s">
         <v>3192</v>
       </c>
       <c r="C639" t="s">
         <v>3193</v>
       </c>
       <c r="D639" t="s">
         <v>3194</v>
       </c>
       <c r="E639" t="s">
         <v>3195</v>
       </c>
       <c r="F639" t="s">
         <v>3196</v>
       </c>
       <c r="G639" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="640">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B640" t="s">
         <v>3197</v>
       </c>
       <c r="C640" t="s">
         <v>3198</v>
       </c>
       <c r="D640" t="s">
         <v>3199</v>
       </c>
       <c r="E640" t="s">
         <v>3200</v>
       </c>
       <c r="F640" t="s">
         <v>3201</v>
       </c>
       <c r="G640" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="641">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B641" t="s">
         <v>3202</v>
       </c>
       <c r="C641" t="s">
         <v>3203</v>
       </c>
       <c r="D641" t="s">
         <v>3204</v>
       </c>
       <c r="E641" t="s">
         <v>3205</v>
       </c>
       <c r="F641" t="s">
         <v>3206</v>
       </c>
       <c r="G641" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="642">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B642" t="s">
         <v>3207</v>
       </c>
       <c r="C642" t="s">
         <v>3208</v>
       </c>
       <c r="D642" t="s">
         <v>3209</v>
       </c>
       <c r="E642" t="s">
         <v>3210</v>
       </c>
       <c r="F642" t="s">
         <v>3211</v>
       </c>
       <c r="G642" s="1">
-        <v>0.028</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="643">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B643" t="s">
         <v>3212</v>
       </c>
       <c r="C643" t="s">
         <v>3213</v>
       </c>
       <c r="D643" t="s">
         <v>3214</v>
       </c>
       <c r="E643" t="s">
         <v>3215</v>
       </c>
       <c r="F643" t="s">
         <v>3216</v>
       </c>
       <c r="G643" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="644">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B644" t="s">
         <v>3217</v>
       </c>
       <c r="C644" t="s">
         <v>3218</v>
       </c>
       <c r="D644" t="s">
         <v>3219</v>
       </c>
       <c r="E644" t="s">
         <v>3220</v>
       </c>
       <c r="F644" t="s">
         <v>3221</v>
       </c>
       <c r="G644" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="645">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B645" t="s">
         <v>3222</v>
       </c>
       <c r="C645" t="s">
         <v>3223</v>
       </c>
       <c r="D645" t="s">
         <v>3224</v>
       </c>
       <c r="E645" t="s">
         <v>3225</v>
       </c>
       <c r="F645" t="s">
         <v>3226</v>
       </c>
       <c r="G645" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="646">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B646" t="s">
         <v>3227</v>
       </c>
       <c r="C646" t="s">
         <v>3228</v>
       </c>
       <c r="D646" t="s">
         <v>3229</v>
       </c>
       <c r="E646" t="s">
         <v>3230</v>
       </c>
       <c r="F646" t="s">
         <v>3231</v>
       </c>
       <c r="G646" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="647">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B647" t="s">
         <v>3232</v>
       </c>
       <c r="C647" t="s">
         <v>3233</v>
       </c>
       <c r="D647" t="s">
         <v>3234</v>
       </c>
       <c r="E647" t="s">
         <v>3235</v>
       </c>
       <c r="F647" t="s">
         <v>3236</v>
       </c>
       <c r="G647" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="648">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B648" t="s">
         <v>3237</v>
       </c>
       <c r="C648" t="s">
         <v>3238</v>
       </c>
       <c r="D648" t="s">
         <v>3239</v>
       </c>
       <c r="E648" t="s">
         <v>3240</v>
       </c>
       <c r="F648" t="s">
         <v>3241</v>
       </c>
       <c r="G648" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="649">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B649" t="s">
         <v>3242</v>
       </c>
       <c r="C649" t="s">
         <v>3243</v>
       </c>
       <c r="D649" t="s">
         <v>3244</v>
       </c>
       <c r="E649" t="s">
         <v>3245</v>
       </c>
       <c r="F649" t="s">
         <v>3246</v>
       </c>
       <c r="G649" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="650">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B650" t="s">
         <v>3247</v>
       </c>
       <c r="C650" t="s">
         <v>3248</v>
       </c>
       <c r="D650" t="s">
         <v>3249</v>
       </c>
       <c r="E650" t="s">
         <v>3250</v>
       </c>
       <c r="F650" t="s">
         <v>3251</v>
       </c>
       <c r="G650" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="651">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B651" t="s">
         <v>3252</v>
       </c>
       <c r="C651" t="s">
         <v>3253</v>
       </c>
       <c r="D651" t="s">
         <v>3254</v>
       </c>
       <c r="E651" t="s">
         <v>3255</v>
       </c>
       <c r="F651" t="s">
         <v>3256</v>
       </c>
       <c r="G651" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="652">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B652" t="s">
         <v>3257</v>
       </c>
       <c r="C652" t="s">
         <v>3258</v>
       </c>
       <c r="D652" t="s">
         <v>3259</v>
       </c>
       <c r="E652" t="s">
         <v>3260</v>
       </c>
       <c r="F652" t="s">
         <v>3261</v>
       </c>
       <c r="G652" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="653">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B653" t="s">
         <v>3262</v>
       </c>
       <c r="C653" t="s">
         <v>3263</v>
       </c>
       <c r="D653" t="s">
         <v>3264</v>
       </c>
       <c r="E653" t="s">
         <v>3265</v>
       </c>
       <c r="F653" t="s">
         <v>3266</v>
       </c>
       <c r="G653" s="1">
-        <v>0.028</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="654">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B654" t="s">
         <v>3267</v>
       </c>
       <c r="C654" t="s">
         <v>3268</v>
       </c>
       <c r="D654" t="s">
         <v>3269</v>
       </c>
       <c r="E654" t="s">
         <v>3270</v>
       </c>
       <c r="F654" t="s">
         <v>3271</v>
       </c>
       <c r="G654" s="1">
-        <v>0.027</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="655">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B655" t="s">
         <v>3272</v>
       </c>
       <c r="C655" t="s">
         <v>3273</v>
       </c>
       <c r="D655" t="s">
         <v>3274</v>
       </c>
       <c r="E655" t="s">
         <v>3275</v>
       </c>
       <c r="F655" t="s">
         <v>3276</v>
       </c>
       <c r="G655" s="1">
-        <v>0.027</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="656">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B656" t="s">
         <v>3277</v>
       </c>
       <c r="C656" t="s">
         <v>3278</v>
       </c>
       <c r="D656" t="s">
         <v>3279</v>
       </c>
       <c r="E656" t="s">
         <v>3280</v>
       </c>
       <c r="F656" t="s">
         <v>3281</v>
       </c>
       <c r="G656" s="1">
-        <v>0.027</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="657">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B657" t="s">
         <v>3282</v>
       </c>
       <c r="C657" t="s">
         <v>3283</v>
       </c>
       <c r="D657" t="s">
         <v>3284</v>
       </c>
       <c r="E657" t="s">
         <v>3285</v>
       </c>
       <c r="F657" t="s">
         <v>3286</v>
       </c>
       <c r="G657" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="658">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B658" t="s">
         <v>3287</v>
       </c>
       <c r="C658" t="s">
         <v>3288</v>
       </c>
       <c r="D658" t="s">
         <v>3289</v>
       </c>
       <c r="E658" t="s">
         <v>3290</v>
       </c>
       <c r="F658" t="s">
         <v>3291</v>
       </c>
       <c r="G658" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="659">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B659" t="s">
         <v>3292</v>
       </c>
       <c r="C659" t="s">
         <v>3293</v>
       </c>
       <c r="D659" t="s">
         <v>3294</v>
       </c>
       <c r="E659" t="s">
         <v>3295</v>
       </c>
       <c r="F659" t="s">
         <v>3296</v>
       </c>
       <c r="G659" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="660">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B660" t="s">
         <v>3297</v>
       </c>
       <c r="C660" t="s">
         <v>3298</v>
       </c>
       <c r="D660" t="s">
         <v>3299</v>
       </c>
       <c r="E660" t="s">
         <v>3300</v>
       </c>
       <c r="F660" t="s">
         <v>3301</v>
       </c>
       <c r="G660" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="661">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B661" t="s">
         <v>3302</v>
       </c>
       <c r="C661" t="s">
         <v>3303</v>
       </c>
       <c r="D661" t="s">
         <v>3304</v>
       </c>
       <c r="E661" t="s">
         <v>3305</v>
       </c>
       <c r="F661" t="s">
         <v>3306</v>
       </c>
       <c r="G661" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="662">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B662" t="s">
         <v>3307</v>
       </c>
       <c r="C662" t="s">
         <v>3308</v>
       </c>
       <c r="D662" t="s">
         <v>3309</v>
       </c>
       <c r="E662" t="s">
         <v>3310</v>
       </c>
       <c r="F662" t="s">
         <v>3311</v>
       </c>
       <c r="G662" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="663">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B663" t="s">
         <v>3312</v>
       </c>
       <c r="C663" t="s">
         <v>3313</v>
       </c>
       <c r="D663" t="s">
         <v>3314</v>
       </c>
       <c r="E663" t="s">
         <v>3315</v>
       </c>
       <c r="F663" t="s">
         <v>3316</v>
       </c>
       <c r="G663" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="664">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B664" t="s">
         <v>3317</v>
       </c>
       <c r="C664" t="s">
         <v>3318</v>
       </c>
       <c r="D664" t="s">
         <v>3319</v>
       </c>
       <c r="E664" t="s">
         <v>3320</v>
       </c>
       <c r="F664" t="s">
         <v>3321</v>
       </c>
       <c r="G664" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="665">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B665" t="s">
         <v>3322</v>
       </c>
       <c r="C665" t="s">
         <v>3323</v>
       </c>
       <c r="D665" t="s">
         <v>3324</v>
       </c>
       <c r="E665" t="s">
         <v>3325</v>
       </c>
       <c r="F665" t="s">
         <v>3326</v>
       </c>
       <c r="G665" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="666">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B666" t="s">
         <v>3327</v>
       </c>
       <c r="C666" t="s">
         <v>3328</v>
       </c>
       <c r="D666" t="s">
         <v>3329</v>
       </c>
       <c r="E666" t="s">
         <v>3330</v>
       </c>
       <c r="F666" t="s">
         <v>3331</v>
       </c>
       <c r="G666" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="667">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B667" t="s">
         <v>3332</v>
       </c>
       <c r="C667" t="s">
         <v>3333</v>
       </c>
       <c r="D667" t="s">
         <v>3334</v>
       </c>
       <c r="E667" t="s">
         <v>3335</v>
       </c>
       <c r="F667" t="s">
         <v>3336</v>
       </c>
       <c r="G667" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="668">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B668" t="s">
         <v>3337</v>
       </c>
       <c r="C668" t="s">
         <v>3338</v>
       </c>
       <c r="D668" t="s">
         <v>3339</v>
       </c>
       <c r="E668" t="s">
         <v>3340</v>
       </c>
       <c r="F668" t="s">
         <v>3341</v>
       </c>
       <c r="G668" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="669">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B669" t="s">
         <v>3342</v>
       </c>
       <c r="C669" t="s">
         <v>3343</v>
       </c>
       <c r="D669" t="s">
         <v>3344</v>
       </c>
       <c r="E669" t="s">
         <v>3345</v>
       </c>
       <c r="F669" t="s">
         <v>3346</v>
       </c>
       <c r="G669" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="670">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B670" t="s">
         <v>3347</v>
       </c>
       <c r="C670" t="s">
         <v>3348</v>
       </c>
       <c r="D670" t="s">
         <v>3349</v>
       </c>
       <c r="E670" t="s">
         <v>3350</v>
       </c>
       <c r="F670" t="s">
         <v>3351</v>
       </c>
       <c r="G670" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="671">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B671" t="s">
         <v>3352</v>
       </c>
       <c r="C671" t="s">
         <v>3353</v>
       </c>
       <c r="D671" t="s">
         <v>3354</v>
       </c>
       <c r="E671" t="s">
         <v>3355</v>
       </c>
       <c r="F671" t="s">
         <v>3356</v>
       </c>
       <c r="G671" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="672">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B672" t="s">
         <v>3357</v>
       </c>
       <c r="C672" t="s">
         <v>3358</v>
       </c>
       <c r="D672" t="s">
         <v>3359</v>
       </c>
       <c r="E672" t="s">
         <v>3360</v>
       </c>
       <c r="F672" t="s">
         <v>3361</v>
       </c>
       <c r="G672" s="1">
-        <v>0.027</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="673">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B673" t="s">
         <v>3362</v>
       </c>
       <c r="C673" t="s">
         <v>3363</v>
       </c>
       <c r="D673" t="s">
         <v>3364</v>
       </c>
       <c r="E673" t="s">
         <v>3365</v>
       </c>
       <c r="F673" t="s">
         <v>3366</v>
       </c>
       <c r="G673" s="1">
-        <v>0.026</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="674">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B674" t="s">
         <v>3367</v>
       </c>
       <c r="C674" t="s">
         <v>3368</v>
       </c>
       <c r="D674" t="s">
         <v>3369</v>
       </c>
       <c r="E674" t="s">
         <v>3370</v>
       </c>
       <c r="F674" t="s">
         <v>3371</v>
       </c>
       <c r="G674" s="1">
-        <v>0.026</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="675">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B675" t="s">
         <v>3372</v>
       </c>
       <c r="C675" t="s">
         <v>3373</v>
       </c>
       <c r="D675" t="s">
         <v>3374</v>
       </c>
       <c r="E675" t="s">
         <v>3375</v>
       </c>
       <c r="F675" t="s">
         <v>3376</v>
       </c>
       <c r="G675" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="676">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B676" t="s">
         <v>3377</v>
       </c>
       <c r="C676" t="s">
         <v>3378</v>
       </c>
       <c r="D676" t="s">
         <v>3379</v>
       </c>
       <c r="E676" t="s">
         <v>3380</v>
       </c>
       <c r="F676" t="s">
         <v>3381</v>
       </c>
       <c r="G676" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="677">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B677" t="s">
         <v>3382</v>
       </c>
       <c r="C677" t="s">
         <v>3383</v>
       </c>
       <c r="D677" t="s">
         <v>3384</v>
       </c>
       <c r="E677" t="s">
         <v>3385</v>
       </c>
       <c r="F677" t="s">
         <v>3386</v>
       </c>
       <c r="G677" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="678">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B678" t="s">
         <v>3387</v>
       </c>
       <c r="C678" t="s">
         <v>3388</v>
       </c>
       <c r="D678" t="s">
         <v>3389</v>
       </c>
       <c r="E678" t="s">
         <v>3390</v>
       </c>
       <c r="F678" t="s">
         <v>3391</v>
       </c>
       <c r="G678" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="679">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B679" t="s">
         <v>3392</v>
       </c>
       <c r="C679" t="s">
         <v>3393</v>
       </c>
       <c r="D679" t="s">
         <v>3394</v>
       </c>
       <c r="E679" t="s">
         <v>3395</v>
       </c>
       <c r="F679" t="s">
         <v>3396</v>
       </c>
       <c r="G679" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="680">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B680" t="s">
         <v>3397</v>
       </c>
       <c r="C680" t="s">
         <v>3398</v>
       </c>
       <c r="D680" t="s">
         <v>3399</v>
       </c>
       <c r="E680" t="s">
         <v>3400</v>
       </c>
       <c r="F680" t="s">
         <v>3401</v>
       </c>
       <c r="G680" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="681">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B681" t="s">
         <v>3402</v>
       </c>
       <c r="C681" t="s">
         <v>3403</v>
       </c>
       <c r="D681" t="s">
         <v>3404</v>
       </c>
       <c r="E681" t="s">
         <v>3405</v>
       </c>
       <c r="F681" t="s">
         <v>3406</v>
       </c>
       <c r="G681" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="682">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B682" t="s">
         <v>3407</v>
       </c>
       <c r="C682" t="s">
         <v>3408</v>
       </c>
       <c r="D682" t="s">
         <v>3409</v>
       </c>
       <c r="E682" t="s">
         <v>3410</v>
       </c>
       <c r="F682" t="s">
         <v>3411</v>
       </c>
       <c r="G682" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="683">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B683" t="s">
         <v>3412</v>
       </c>
       <c r="C683" t="s">
         <v>3413</v>
       </c>
       <c r="D683" t="s">
         <v>3414</v>
       </c>
       <c r="E683" t="s">
         <v>3415</v>
       </c>
       <c r="F683" t="s">
         <v>3416</v>
       </c>
       <c r="G683" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="684">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B684" t="s">
         <v>3417</v>
       </c>
       <c r="C684" t="s">
         <v>3418</v>
       </c>
       <c r="D684" t="s">
         <v>3419</v>
       </c>
       <c r="E684" t="s">
         <v>3420</v>
       </c>
       <c r="F684" t="s">
         <v>3421</v>
       </c>
       <c r="G684" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="685">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B685" t="s">
         <v>3422</v>
       </c>
       <c r="C685" t="s">
         <v>3423</v>
       </c>
       <c r="D685" t="s">
         <v>3424</v>
       </c>
       <c r="E685" t="s">
         <v>3425</v>
       </c>
       <c r="F685" t="s">
         <v>3426</v>
       </c>
       <c r="G685" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="686">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B686" t="s">
         <v>3427</v>
       </c>
       <c r="C686" t="s">
         <v>3428</v>
       </c>
       <c r="D686" t="s">
         <v>3429</v>
       </c>
       <c r="E686" t="s">
         <v>3430</v>
       </c>
       <c r="F686" t="s">
         <v>3431</v>
       </c>
       <c r="G686" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="687">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B687" t="s">
         <v>3432</v>
       </c>
       <c r="C687" t="s">
         <v>3433</v>
       </c>
       <c r="D687" t="s">
         <v>3434</v>
       </c>
       <c r="E687" t="s">
         <v>3435</v>
       </c>
       <c r="F687" t="s">
         <v>3436</v>
       </c>
       <c r="G687" s="1">
-        <v>0.026</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="688">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B688" t="s">
         <v>3437</v>
       </c>
       <c r="C688" t="s">
         <v>3438</v>
       </c>
       <c r="D688" t="s">
         <v>3439</v>
       </c>
       <c r="E688" t="s">
         <v>3440</v>
       </c>
       <c r="F688" t="s">
         <v>3441</v>
       </c>
       <c r="G688" s="1">
-        <v>0.025</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="689">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B689" t="s">
         <v>3442</v>
       </c>
       <c r="C689" t="s">
         <v>3443</v>
       </c>
       <c r="D689" t="s">
         <v>3444</v>
       </c>
       <c r="E689" t="s">
         <v>3445</v>
       </c>
       <c r="F689" t="s">
         <v>3446</v>
       </c>
       <c r="G689" s="1">
-        <v>0.025</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="690">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B690" t="s">
         <v>3447</v>
       </c>
       <c r="C690" t="s">
         <v>3448</v>
       </c>
       <c r="D690" t="s">
         <v>3449</v>
       </c>
       <c r="E690" t="s">
         <v>3450</v>
       </c>
       <c r="F690" t="s">
         <v>3451</v>
       </c>
       <c r="G690" s="1">
-        <v>0.025</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="691">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B691" t="s">
         <v>3452</v>
       </c>
       <c r="C691" t="s">
         <v>3453</v>
       </c>
       <c r="D691" t="s">
         <v>3454</v>
       </c>
       <c r="E691" t="s">
         <v>3455</v>
       </c>
       <c r="F691" t="s">
         <v>3456</v>
       </c>
       <c r="G691" s="1">
-        <v>0.025</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="692">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B692" t="s">
         <v>3457</v>
       </c>
       <c r="C692" t="s">
         <v>3458</v>
       </c>
       <c r="D692" t="s">
         <v>3459</v>
       </c>
       <c r="E692" t="s">
         <v>3460</v>
       </c>
       <c r="F692" t="s">
         <v>3461</v>
       </c>
       <c r="G692" s="1">
-        <v>0.025</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="693">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B693" t="s">
         <v>3462</v>
       </c>
       <c r="C693" t="s">
         <v>3463</v>
       </c>
       <c r="D693" t="s">
         <v>3464</v>
       </c>
       <c r="E693" t="s">
         <v>3465</v>
       </c>
       <c r="F693" t="s">
         <v>3466</v>
       </c>
       <c r="G693" s="1">
-        <v>0.025</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="694">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B694" t="s">
         <v>3467</v>
       </c>
       <c r="C694" t="s">
         <v>3468</v>
       </c>
       <c r="D694" t="s">
         <v>3469</v>
       </c>
       <c r="E694" t="s">
         <v>3470</v>
       </c>
       <c r="F694" t="s">
         <v>3471</v>
       </c>
       <c r="G694" s="1">
-        <v>0.025</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="695">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B695" t="s">
         <v>3472</v>
       </c>
       <c r="C695" t="s">
         <v>3473</v>
       </c>
       <c r="D695" t="s">
         <v>3474</v>
       </c>
       <c r="E695" t="s">
         <v>3475</v>
       </c>
       <c r="F695" t="s">
         <v>3476</v>
       </c>
       <c r="G695" s="1">
-        <v>0.025</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="696">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B696" t="s">
         <v>3477</v>
       </c>
       <c r="C696" t="s">
         <v>3478</v>
       </c>
       <c r="D696" t="s">
         <v>3479</v>
       </c>
       <c r="E696" t="s">
         <v>3480</v>
       </c>
       <c r="F696" t="s">
         <v>3481</v>
       </c>
       <c r="G696" s="1">
-        <v>0.025</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="697">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B697" t="s">
         <v>3482</v>
       </c>
       <c r="C697" t="s">
         <v>3483</v>
       </c>
       <c r="D697" t="s">
         <v>3484</v>
       </c>
       <c r="E697" t="s">
         <v>3485</v>
       </c>
       <c r="F697" t="s">
         <v>3486</v>
       </c>
       <c r="G697" s="1">
-        <v>0.025</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="698">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B698" t="s">
         <v>3487</v>
       </c>
       <c r="C698" t="s">
         <v>3488</v>
       </c>
       <c r="D698" t="s">
         <v>3489</v>
       </c>
       <c r="E698" t="s">
         <v>3490</v>
       </c>
       <c r="F698" t="s">
         <v>3491</v>
       </c>
       <c r="G698" s="1">
-        <v>0.025</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="699">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B699" t="s">
         <v>3492</v>
       </c>
       <c r="C699" t="s">
         <v>3493</v>
       </c>
       <c r="D699" t="s">
         <v>3494</v>
       </c>
       <c r="E699" t="s">
         <v>3495</v>
       </c>
       <c r="F699" t="s">
         <v>3496</v>
       </c>
       <c r="G699" s="1">
-        <v>0.025</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="700">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B700" t="s">
         <v>3497</v>
       </c>
       <c r="C700" t="s">
         <v>3498</v>
       </c>
       <c r="D700" t="s">
         <v>3499</v>
       </c>
       <c r="E700" t="s">
         <v>3500</v>
       </c>
       <c r="F700" t="s">
         <v>3501</v>
       </c>
       <c r="G700" s="1">
-        <v>0.025</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="701">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B701" t="s">
         <v>3502</v>
       </c>
       <c r="C701" t="s">
         <v>3503</v>
       </c>
       <c r="D701" t="s">
         <v>3504</v>
       </c>
       <c r="E701" t="s">
         <v>3505</v>
       </c>
       <c r="F701" t="s">
         <v>3506</v>
       </c>
       <c r="G701" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="702">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B702" t="s">
         <v>3507</v>
       </c>
       <c r="C702" t="s">
         <v>3508</v>
       </c>
       <c r="D702" t="s">
         <v>3509</v>
       </c>
       <c r="E702" t="s">
         <v>3510</v>
       </c>
       <c r="F702" t="s">
         <v>3511</v>
       </c>
       <c r="G702" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="703">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B703" t="s">
         <v>3512</v>
       </c>
       <c r="C703" t="s">
         <v>3513</v>
       </c>
       <c r="D703" t="s">
         <v>3514</v>
       </c>
       <c r="E703" t="s">
         <v>3515</v>
       </c>
       <c r="F703" t="s">
         <v>3516</v>
       </c>
       <c r="G703" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="704">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B704" t="s">
         <v>3517</v>
       </c>
       <c r="C704" t="s">
         <v>3518</v>
       </c>
       <c r="D704" t="s">
         <v>3519</v>
       </c>
       <c r="E704" t="s">
         <v>3520</v>
       </c>
       <c r="F704" t="s">
         <v>3521</v>
       </c>
       <c r="G704" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="705">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B705" t="s">
         <v>3522</v>
       </c>
       <c r="C705" t="s">
         <v>3523</v>
       </c>
       <c r="D705" t="s">
         <v>3524</v>
       </c>
       <c r="E705" t="s">
         <v>3525</v>
       </c>
       <c r="F705" t="s">
         <v>3526</v>
       </c>
       <c r="G705" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="706">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B706" t="s">
         <v>3527</v>
       </c>
       <c r="C706" t="s">
         <v>3528</v>
       </c>
       <c r="D706" t="s">
         <v>3529</v>
       </c>
       <c r="E706" t="s">
         <v>3530</v>
       </c>
       <c r="F706" t="s">
         <v>3531</v>
       </c>
       <c r="G706" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="707">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B707" t="s">
         <v>3532</v>
       </c>
       <c r="C707" t="s">
         <v>3533</v>
       </c>
       <c r="D707" t="s">
         <v>3534</v>
       </c>
       <c r="E707" t="s">
         <v>3535</v>
       </c>
       <c r="F707" t="s">
         <v>3536</v>
       </c>
       <c r="G707" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="708">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B708" t="s">
         <v>3537</v>
       </c>
       <c r="C708" t="s">
         <v>3538</v>
       </c>
       <c r="D708" t="s">
         <v>3539</v>
       </c>
       <c r="E708" t="s">
         <v>3540</v>
       </c>
       <c r="F708" t="s">
         <v>3541</v>
       </c>
       <c r="G708" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="709">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B709" t="s">
         <v>3542</v>
       </c>
       <c r="C709" t="s">
         <v>3543</v>
       </c>
       <c r="D709" t="s">
         <v>3544</v>
       </c>
       <c r="E709" t="s">
         <v>3545</v>
       </c>
       <c r="F709" t="s">
         <v>3546</v>
       </c>
       <c r="G709" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="710">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B710" t="s">
         <v>3547</v>
       </c>
       <c r="C710" t="s">
         <v>3548</v>
       </c>
       <c r="D710" t="s">
         <v>3549</v>
       </c>
       <c r="E710" t="s">
         <v>3550</v>
       </c>
       <c r="F710" t="s">
         <v>3551</v>
       </c>
       <c r="G710" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="711">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B711" t="s">
         <v>3552</v>
       </c>
       <c r="C711" t="s">
         <v>3553</v>
       </c>
       <c r="D711" t="s">
         <v>3554</v>
       </c>
       <c r="E711" t="s">
         <v>3555</v>
       </c>
       <c r="F711" t="s">
         <v>3556</v>
       </c>
       <c r="G711" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="712">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B712" t="s">
         <v>3557</v>
       </c>
       <c r="C712" t="s">
         <v>3558</v>
       </c>
       <c r="D712" t="s">
         <v>3559</v>
       </c>
       <c r="E712" t="s">
         <v>3560</v>
       </c>
       <c r="F712" t="s">
         <v>3561</v>
       </c>
       <c r="G712" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="713">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B713" t="s">
         <v>3562</v>
       </c>
       <c r="C713" t="s">
         <v>3563</v>
       </c>
       <c r="D713" t="s">
         <v>3564</v>
       </c>
       <c r="E713" t="s">
         <v>3565</v>
       </c>
       <c r="F713" t="s">
         <v>3566</v>
       </c>
       <c r="G713" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="714">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B714" t="s">
         <v>3567</v>
       </c>
       <c r="C714" t="s">
         <v>3568</v>
       </c>
       <c r="D714" t="s">
         <v>3569</v>
       </c>
       <c r="E714" t="s">
         <v>3570</v>
       </c>
       <c r="F714" t="s">
         <v>3571</v>
       </c>
       <c r="G714" s="1">
-        <v>0.024</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="715">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B715" t="s">
         <v>3572</v>
       </c>
       <c r="C715" t="s">
         <v>3573</v>
       </c>
       <c r="D715" t="s">
         <v>3574</v>
       </c>
       <c r="E715" t="s">
         <v>3575</v>
       </c>
       <c r="F715" t="s">
         <v>3576</v>
       </c>
       <c r="G715" s="1">
-        <v>0.024</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="716">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B716" t="s">
         <v>3577</v>
       </c>
       <c r="C716" t="s">
         <v>3578</v>
       </c>
       <c r="D716" t="s">
         <v>3579</v>
       </c>
       <c r="E716" t="s">
         <v>3580</v>
       </c>
       <c r="F716" t="s">
         <v>3581</v>
       </c>
       <c r="G716" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="717">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B717" t="s">
         <v>3582</v>
       </c>
       <c r="C717" t="s">
         <v>3583</v>
       </c>
       <c r="D717" t="s">
         <v>3584</v>
       </c>
       <c r="E717" t="s">
         <v>3585</v>
       </c>
       <c r="F717" t="s">
         <v>3586</v>
       </c>
       <c r="G717" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="718">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B718" t="s">
         <v>3587</v>
       </c>
       <c r="C718" t="s">
         <v>3588</v>
       </c>
       <c r="D718" t="s">
         <v>3589</v>
       </c>
       <c r="E718" t="s">
         <v>3590</v>
       </c>
       <c r="F718" t="s">
         <v>3591</v>
       </c>
       <c r="G718" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="719">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B719" t="s">
         <v>3592</v>
       </c>
       <c r="C719" t="s">
         <v>3593</v>
       </c>
       <c r="D719" t="s">
         <v>3594</v>
       </c>
       <c r="E719" t="s">
         <v>3595</v>
       </c>
       <c r="F719" t="s">
         <v>3596</v>
       </c>
       <c r="G719" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="720">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B720" t="s">
         <v>3597</v>
       </c>
       <c r="C720" t="s">
         <v>3598</v>
       </c>
       <c r="D720" t="s">
         <v>3599</v>
       </c>
       <c r="E720" t="s">
         <v>3600</v>
       </c>
       <c r="F720" t="s">
         <v>3601</v>
       </c>
       <c r="G720" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="721">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B721" t="s">
         <v>3602</v>
       </c>
       <c r="C721" t="s">
         <v>3603</v>
       </c>
       <c r="D721" t="s">
         <v>3604</v>
       </c>
       <c r="E721" t="s">
         <v>3605</v>
       </c>
       <c r="F721" t="s">
         <v>3606</v>
       </c>
       <c r="G721" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="722">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B722" t="s">
         <v>3607</v>
       </c>
       <c r="C722" t="s">
         <v>3608</v>
       </c>
       <c r="D722" t="s">
         <v>3609</v>
       </c>
       <c r="E722" t="s">
         <v>3610</v>
       </c>
       <c r="F722" t="s">
         <v>3611</v>
       </c>
       <c r="G722" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="723">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B723" t="s">
         <v>3612</v>
       </c>
       <c r="C723" t="s">
         <v>3613</v>
       </c>
       <c r="D723" t="s">
         <v>3614</v>
       </c>
       <c r="E723" t="s">
         <v>3615</v>
       </c>
       <c r="F723" t="s">
         <v>3616</v>
       </c>
       <c r="G723" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="724">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B724" t="s">
         <v>3617</v>
       </c>
       <c r="C724" t="s">
         <v>3618</v>
       </c>
       <c r="D724" t="s">
         <v>3619</v>
       </c>
       <c r="E724" t="s">
         <v>3620</v>
       </c>
       <c r="F724" t="s">
         <v>3621</v>
       </c>
       <c r="G724" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="725">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B725" t="s">
         <v>3622</v>
       </c>
       <c r="C725" t="s">
         <v>3623</v>
       </c>
       <c r="D725" t="s">
         <v>3624</v>
       </c>
       <c r="E725" t="s">
         <v>3625</v>
       </c>
       <c r="F725" t="s">
         <v>3626</v>
       </c>
       <c r="G725" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="726">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B726" t="s">
         <v>3627</v>
       </c>
       <c r="C726" t="s">
         <v>3628</v>
       </c>
       <c r="D726" t="s">
         <v>3629</v>
       </c>
       <c r="E726" t="s">
         <v>3630</v>
       </c>
       <c r="F726" t="s">
         <v>3631</v>
       </c>
       <c r="G726" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="727">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B727" t="s">
         <v>3632</v>
       </c>
       <c r="C727" t="s">
         <v>3633</v>
       </c>
       <c r="D727" t="s">
         <v>3634</v>
       </c>
       <c r="E727" t="s">
         <v>3635</v>
       </c>
       <c r="F727" t="s">
         <v>3636</v>
       </c>
       <c r="G727" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="728">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B728" t="s">
         <v>3637</v>
       </c>
       <c r="C728" t="s">
         <v>3638</v>
       </c>
       <c r="D728" t="s">
         <v>3639</v>
       </c>
       <c r="E728" t="s">
         <v>3640</v>
       </c>
       <c r="F728" t="s">
         <v>3641</v>
       </c>
       <c r="G728" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="729">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B729" t="s">
         <v>3642</v>
       </c>
       <c r="C729" t="s">
         <v>3643</v>
       </c>
       <c r="D729" t="s">
         <v>3644</v>
       </c>
       <c r="E729" t="s">
         <v>3645</v>
       </c>
       <c r="F729" t="s">
         <v>3646</v>
       </c>
       <c r="G729" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="730">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B730" t="s">
         <v>3647</v>
       </c>
       <c r="C730" t="s">
         <v>3648</v>
       </c>
       <c r="D730" t="s">
         <v>3649</v>
       </c>
       <c r="E730" t="s">
         <v>3650</v>
       </c>
       <c r="F730" t="s">
         <v>3651</v>
       </c>
       <c r="G730" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="731">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B731" t="s">
         <v>3652</v>
       </c>
       <c r="C731" t="s">
         <v>3653</v>
       </c>
       <c r="D731" t="s">
         <v>3654</v>
       </c>
       <c r="E731" t="s">
         <v>3655</v>
       </c>
       <c r="F731" t="s">
         <v>3656</v>
       </c>
       <c r="G731" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="732">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B732" t="s">
         <v>3657</v>
       </c>
       <c r="C732" t="s">
         <v>3658</v>
       </c>
       <c r="D732" t="s">
         <v>3659</v>
       </c>
       <c r="E732" t="s">
         <v>3660</v>
       </c>
       <c r="F732" t="s">
         <v>3661</v>
       </c>
       <c r="G732" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="733">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B733" t="s">
         <v>3662</v>
       </c>
       <c r="C733" t="s">
         <v>3663</v>
       </c>
       <c r="D733" t="s">
         <v>3664</v>
       </c>
       <c r="E733" t="s">
         <v>3665</v>
       </c>
       <c r="F733" t="s">
         <v>3666</v>
       </c>
       <c r="G733" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="734">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B734" t="s">
         <v>3667</v>
       </c>
       <c r="C734" t="s">
         <v>3668</v>
       </c>
       <c r="D734" t="s">
         <v>3669</v>
       </c>
       <c r="E734" t="s">
         <v>3670</v>
       </c>
       <c r="F734" t="s">
         <v>3671</v>
       </c>
       <c r="G734" s="1">
-        <v>0.023</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="735">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B735" t="s">
         <v>3672</v>
       </c>
       <c r="C735" t="s">
         <v>3673</v>
       </c>
       <c r="D735" t="s">
         <v>3674</v>
       </c>
       <c r="E735" t="s">
         <v>3675</v>
       </c>
       <c r="F735" t="s">
         <v>3676</v>
       </c>
       <c r="G735" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="736">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B736" t="s">
         <v>3677</v>
       </c>
       <c r="C736" t="s">
         <v>3678</v>
       </c>
       <c r="D736" t="s">
         <v>3679</v>
       </c>
       <c r="E736" t="s">
         <v>3680</v>
       </c>
       <c r="F736" t="s">
         <v>3681</v>
       </c>
       <c r="G736" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="737">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B737" t="s">
         <v>3682</v>
       </c>
       <c r="C737" t="s">
         <v>3683</v>
       </c>
       <c r="D737" t="s">
         <v>3684</v>
       </c>
       <c r="E737" t="s">
         <v>3685</v>
       </c>
       <c r="F737" t="s">
         <v>3686</v>
       </c>
       <c r="G737" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="738">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B738" t="s">
         <v>3687</v>
       </c>
       <c r="C738" t="s">
         <v>3688</v>
       </c>
       <c r="D738" t="s">
         <v>3689</v>
       </c>
       <c r="E738" t="s">
         <v>3690</v>
       </c>
       <c r="F738" t="s">
         <v>3691</v>
       </c>
       <c r="G738" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="739">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B739" t="s">
         <v>3692</v>
       </c>
       <c r="C739" t="s">
         <v>3693</v>
       </c>
       <c r="D739" t="s">
         <v>3694</v>
       </c>
       <c r="E739" t="s">
         <v>3695</v>
       </c>
       <c r="F739" t="s">
         <v>3696</v>
       </c>
       <c r="G739" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="740">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B740" t="s">
         <v>3697</v>
       </c>
       <c r="C740" t="s">
         <v>3698</v>
       </c>
       <c r="D740" t="s">
         <v>3699</v>
       </c>
       <c r="E740" t="s">
         <v>3700</v>
       </c>
       <c r="F740" t="s">
         <v>3701</v>
       </c>
       <c r="G740" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="741">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B741" t="s">
         <v>3702</v>
       </c>
       <c r="C741" t="s">
         <v>3703</v>
       </c>
       <c r="D741" t="s">
         <v>3704</v>
       </c>
       <c r="E741" t="s">
         <v>3705</v>
       </c>
       <c r="F741" t="s">
         <v>3706</v>
       </c>
       <c r="G741" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="742">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B742" t="s">
         <v>3707</v>
       </c>
       <c r="C742" t="s">
         <v>3708</v>
       </c>
       <c r="D742" t="s">
         <v>3709</v>
       </c>
       <c r="E742" t="s">
         <v>3710</v>
       </c>
       <c r="F742" t="s">
         <v>3711</v>
       </c>
       <c r="G742" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="743">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B743" t="s">
         <v>3712</v>
       </c>
       <c r="C743" t="s">
         <v>3713</v>
       </c>
       <c r="D743" t="s">
         <v>3714</v>
       </c>
       <c r="E743" t="s">
         <v>3715</v>
       </c>
       <c r="F743" t="s">
         <v>3716</v>
       </c>
       <c r="G743" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="744">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B744" t="s">
         <v>3717</v>
       </c>
       <c r="C744" t="s">
         <v>3718</v>
       </c>
       <c r="D744" t="s">
         <v>3719</v>
       </c>
       <c r="E744" t="s">
         <v>3720</v>
       </c>
       <c r="F744" t="s">
         <v>3721</v>
       </c>
       <c r="G744" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="745">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B745" t="s">
         <v>3722</v>
       </c>
       <c r="C745" t="s">
         <v>3723</v>
       </c>
       <c r="D745" t="s">
         <v>3724</v>
       </c>
       <c r="E745" t="s">
         <v>3725</v>
       </c>
       <c r="F745" t="s">
         <v>3726</v>
       </c>
       <c r="G745" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="746">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B746" t="s">
         <v>3727</v>
       </c>
       <c r="C746" t="s">
         <v>3728</v>
       </c>
       <c r="D746" t="s">
         <v>3729</v>
       </c>
       <c r="E746" t="s">
         <v>3730</v>
       </c>
       <c r="F746" t="s">
         <v>3731</v>
       </c>
       <c r="G746" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="747">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B747" t="s">
         <v>3732</v>
       </c>
       <c r="C747" t="s">
         <v>3733</v>
       </c>
       <c r="D747" t="s">
         <v>3734</v>
       </c>
       <c r="E747" t="s">
         <v>3735</v>
       </c>
       <c r="F747" t="s">
         <v>3736</v>
       </c>
       <c r="G747" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="748">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B748" t="s">
         <v>3737</v>
       </c>
       <c r="C748" t="s">
         <v>3738</v>
       </c>
       <c r="D748" t="s">
         <v>3739</v>
       </c>
       <c r="E748" t="s">
         <v>3740</v>
       </c>
       <c r="F748" t="s">
         <v>3741</v>
       </c>
       <c r="G748" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="749">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B749" t="s">
         <v>3742</v>
       </c>
       <c r="C749" t="s">
         <v>3743</v>
       </c>
       <c r="D749" t="s">
         <v>3744</v>
       </c>
       <c r="E749" t="s">
         <v>3745</v>
       </c>
       <c r="F749" t="s">
         <v>3746</v>
       </c>
       <c r="G749" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="750">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B750" t="s">
         <v>3747</v>
       </c>
       <c r="C750" t="s">
         <v>3748</v>
       </c>
       <c r="D750" t="s">
         <v>3749</v>
       </c>
       <c r="E750" t="s">
         <v>3750</v>
       </c>
       <c r="F750" t="s">
         <v>3751</v>
       </c>
       <c r="G750" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="751">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B751" t="s">
         <v>3752</v>
       </c>
       <c r="C751" t="s">
         <v>3753</v>
       </c>
       <c r="D751" t="s">
         <v>3754</v>
       </c>
       <c r="E751" t="s">
         <v>3755</v>
       </c>
       <c r="F751" t="s">
         <v>3756</v>
       </c>
       <c r="G751" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="752">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B752" t="s">
         <v>3757</v>
       </c>
       <c r="C752" t="s">
         <v>3758</v>
       </c>
       <c r="D752" t="s">
         <v>3759</v>
       </c>
       <c r="E752" t="s">
         <v>3760</v>
       </c>
       <c r="F752" t="s">
         <v>3761</v>
       </c>
       <c r="G752" s="1">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="753">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B753" t="s">
         <v>3762</v>
       </c>
       <c r="C753" t="s">
         <v>3763</v>
       </c>
       <c r="D753" t="s">
         <v>3764</v>
       </c>
       <c r="E753" t="s">
         <v>3765</v>
       </c>
       <c r="F753" t="s">
         <v>3766</v>
       </c>
       <c r="G753" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="754">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B754" t="s">
         <v>3767</v>
       </c>
       <c r="C754" t="s">
         <v>3768</v>
       </c>
       <c r="D754" t="s">
         <v>3769</v>
       </c>
       <c r="E754" t="s">
         <v>3770</v>
       </c>
       <c r="F754" t="s">
         <v>3771</v>
       </c>
       <c r="G754" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="755">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B755" t="s">
         <v>3772</v>
       </c>
       <c r="C755" t="s">
         <v>3773</v>
       </c>
       <c r="D755" t="s">
         <v>3774</v>
       </c>
       <c r="E755" t="s">
         <v>3775</v>
       </c>
       <c r="F755" t="s">
         <v>3776</v>
       </c>
       <c r="G755" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="756">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B756" t="s">
         <v>3777</v>
       </c>
       <c r="C756" t="s">
         <v>3778</v>
       </c>
       <c r="D756" t="s">
         <v>3779</v>
       </c>
       <c r="E756" t="s">
         <v>3780</v>
       </c>
       <c r="F756" t="s">
         <v>3781</v>
       </c>
       <c r="G756" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="757">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B757" t="s">
         <v>3782</v>
       </c>
       <c r="C757" t="s">
         <v>3783</v>
       </c>
       <c r="D757" t="s">
         <v>3784</v>
       </c>
       <c r="E757" t="s">
         <v>3785</v>
       </c>
       <c r="F757" t="s">
         <v>3786</v>
       </c>
       <c r="G757" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="758">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B758" t="s">
         <v>3787</v>
       </c>
       <c r="C758" t="s">
         <v>3788</v>
       </c>
       <c r="D758" t="s">
         <v>3789</v>
       </c>
       <c r="E758" t="s">
         <v>3790</v>
       </c>
       <c r="F758" t="s">
         <v>3791</v>
       </c>
       <c r="G758" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="759">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B759" t="s">
         <v>3792</v>
       </c>
       <c r="C759" t="s">
         <v>3793</v>
       </c>
       <c r="D759" t="s">
         <v>3794</v>
       </c>
       <c r="E759" t="s">
         <v>3795</v>
       </c>
       <c r="F759" t="s">
         <v>3796</v>
       </c>
       <c r="G759" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="760">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B760" t="s">
         <v>3797</v>
       </c>
       <c r="C760" t="s">
         <v>3798</v>
       </c>
       <c r="D760" t="s">
         <v>3799</v>
       </c>
       <c r="E760" t="s">
         <v>3800</v>
       </c>
       <c r="F760" t="s">
         <v>3801</v>
       </c>
       <c r="G760" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="761">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B761" t="s">
         <v>3802</v>
       </c>
       <c r="C761" t="s">
         <v>3803</v>
       </c>
       <c r="D761" t="s">
         <v>3804</v>
       </c>
       <c r="E761" t="s">
         <v>3805</v>
       </c>
       <c r="F761" t="s">
         <v>3806</v>
       </c>
       <c r="G761" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="762">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B762" t="s">
         <v>3807</v>
       </c>
       <c r="C762" t="s">
         <v>3808</v>
       </c>
       <c r="D762" t="s">
         <v>3809</v>
       </c>
       <c r="E762" t="s">
         <v>3810</v>
       </c>
       <c r="F762" t="s">
         <v>3811</v>
       </c>
       <c r="G762" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="763">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B763" t="s">
         <v>3812</v>
       </c>
       <c r="C763" t="s">
         <v>3813</v>
       </c>
       <c r="D763" t="s">
         <v>3814</v>
       </c>
       <c r="E763" t="s">
         <v>3815</v>
       </c>
       <c r="F763" t="s">
         <v>3816</v>
       </c>
       <c r="G763" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="764">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B764" t="s">
         <v>3817</v>
       </c>
       <c r="C764" t="s">
         <v>3818</v>
       </c>
       <c r="D764" t="s">
         <v>3819</v>
       </c>
       <c r="E764" t="s">
         <v>3820</v>
       </c>
       <c r="F764" t="s">
         <v>3821</v>
       </c>
       <c r="G764" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="765">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B765" t="s">
         <v>3822</v>
       </c>
       <c r="C765" t="s">
         <v>3823</v>
       </c>
       <c r="D765" t="s">
         <v>3824</v>
       </c>
       <c r="E765" t="s">
         <v>3825</v>
       </c>
       <c r="F765" t="s">
         <v>3826</v>
       </c>
       <c r="G765" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="766">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B766" t="s">
         <v>3827</v>
       </c>
       <c r="C766" t="s">
         <v>3828</v>
       </c>
       <c r="D766" t="s">
         <v>3829</v>
       </c>
       <c r="E766" t="s">
         <v>3830</v>
       </c>
       <c r="F766" t="s">
         <v>3831</v>
       </c>
       <c r="G766" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="767">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B767" t="s">
         <v>3832</v>
       </c>
       <c r="C767" t="s">
         <v>3833</v>
       </c>
       <c r="D767" t="s">
         <v>3834</v>
       </c>
       <c r="E767" t="s">
         <v>3835</v>
       </c>
       <c r="F767" t="s">
         <v>3836</v>
       </c>
       <c r="G767" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="768">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B768" t="s">
         <v>3837</v>
       </c>
       <c r="C768" t="s">
         <v>3838</v>
       </c>
       <c r="D768" t="s">
         <v>3839</v>
       </c>
       <c r="E768" t="s">
         <v>3840</v>
       </c>
       <c r="F768" t="s">
         <v>3841</v>
       </c>
       <c r="G768" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="769">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B769" t="s">
         <v>3842</v>
       </c>
       <c r="C769" t="s">
         <v>3843</v>
       </c>
       <c r="D769" t="s">
         <v>3844</v>
       </c>
       <c r="E769" t="s">
         <v>3845</v>
       </c>
       <c r="F769" t="s">
         <v>3846</v>
       </c>
       <c r="G769" s="1">
-        <v>0.021</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="770">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B770" t="s">
         <v>3847</v>
       </c>
       <c r="C770" t="s">
         <v>3848</v>
       </c>
       <c r="D770" t="s">
         <v>3849</v>
       </c>
       <c r="E770" t="s">
         <v>3850</v>
       </c>
       <c r="F770" t="s">
         <v>3851</v>
       </c>
       <c r="G770" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="771">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B771" t="s">
         <v>3852</v>
       </c>
       <c r="C771" t="s">
         <v>3853</v>
       </c>
       <c r="D771" t="s">
         <v>3854</v>
       </c>
       <c r="E771" t="s">
         <v>3855</v>
       </c>
       <c r="F771" t="s">
         <v>3856</v>
       </c>
       <c r="G771" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="772">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B772" t="s">
         <v>3857</v>
       </c>
       <c r="C772" t="s">
         <v>3858</v>
       </c>
       <c r="D772" t="s">
         <v>3859</v>
       </c>
       <c r="E772" t="s">
         <v>3860</v>
       </c>
       <c r="F772" t="s">
         <v>3861</v>
       </c>
       <c r="G772" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="773">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B773" t="s">
         <v>3862</v>
       </c>
       <c r="C773" t="s">
         <v>3863</v>
       </c>
       <c r="D773" t="s">
         <v>3864</v>
       </c>
       <c r="E773" t="s">
         <v>3865</v>
       </c>
       <c r="F773" t="s">
         <v>3866</v>
       </c>
       <c r="G773" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="774">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B774" t="s">
         <v>3867</v>
       </c>
       <c r="C774" t="s">
         <v>3868</v>
       </c>
       <c r="D774" t="s">
         <v>3869</v>
       </c>
       <c r="E774" t="s">
         <v>3870</v>
       </c>
       <c r="F774" t="s">
         <v>3871</v>
       </c>
       <c r="G774" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="775">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B775" t="s">
         <v>3872</v>
       </c>
       <c r="C775" t="s">
         <v>3873</v>
       </c>
       <c r="D775" t="s">
         <v>3874</v>
       </c>
       <c r="E775" t="s">
         <v>3875</v>
       </c>
       <c r="F775" t="s">
         <v>3876</v>
       </c>
       <c r="G775" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="776">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B776" t="s">
         <v>3877</v>
       </c>
       <c r="C776" t="s">
         <v>3878</v>
       </c>
       <c r="D776" t="s">
         <v>3879</v>
       </c>
       <c r="E776" t="s">
         <v>3880</v>
       </c>
       <c r="F776" t="s">
         <v>3881</v>
       </c>
       <c r="G776" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="777">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B777" t="s">
         <v>3882</v>
       </c>
       <c r="C777" t="s">
         <v>3883</v>
       </c>
       <c r="D777" t="s">
         <v>3884</v>
       </c>
       <c r="E777" t="s">
         <v>3885</v>
       </c>
       <c r="F777" t="s">
         <v>3886</v>
       </c>
       <c r="G777" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="778">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B778" t="s">
         <v>3887</v>
       </c>
       <c r="C778" t="s">
         <v>3888</v>
       </c>
       <c r="D778" t="s">
         <v>3889</v>
       </c>
       <c r="E778" t="s">
         <v>3890</v>
       </c>
       <c r="F778" t="s">
         <v>3891</v>
       </c>
       <c r="G778" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="779">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B779" t="s">
         <v>3892</v>
       </c>
       <c r="C779" t="s">
         <v>3893</v>
       </c>
       <c r="D779" t="s">
         <v>3894</v>
       </c>
       <c r="E779" t="s">
         <v>3895</v>
       </c>
       <c r="F779" t="s">
         <v>3896</v>
       </c>
       <c r="G779" s="1">
-        <v>0.02</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="780">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B780" t="s">
         <v>3897</v>
       </c>
       <c r="C780" t="s">
         <v>3898</v>
       </c>
       <c r="D780" t="s">
         <v>3899</v>
       </c>
       <c r="E780" t="s">
         <v>3900</v>
       </c>
       <c r="F780" t="s">
         <v>3901</v>
       </c>
       <c r="G780" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="781">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B781" t="s">
         <v>3902</v>
       </c>
       <c r="C781" t="s">
         <v>3903</v>
       </c>
       <c r="D781" t="s">
         <v>3904</v>
       </c>
       <c r="E781" t="s">
         <v>3905</v>
       </c>
       <c r="F781" t="s">
         <v>3906</v>
       </c>
       <c r="G781" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="782">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B782" t="s">
         <v>3907</v>
       </c>
       <c r="C782" t="s">
         <v>3908</v>
       </c>
       <c r="D782" t="s">
         <v>3909</v>
       </c>
       <c r="E782" t="s">
         <v>3910</v>
       </c>
       <c r="F782" t="s">
         <v>3911</v>
       </c>
       <c r="G782" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="783">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B783" t="s">
         <v>3912</v>
       </c>
       <c r="C783" t="s">
         <v>3913</v>
       </c>
       <c r="D783" t="s">
         <v>3914</v>
       </c>
       <c r="E783" t="s">
         <v>3915</v>
       </c>
       <c r="F783" t="s">
         <v>3916</v>
       </c>
       <c r="G783" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="784">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B784" t="s">
         <v>3917</v>
       </c>
       <c r="C784" t="s">
         <v>3918</v>
       </c>
       <c r="D784" t="s">
         <v>3919</v>
       </c>
       <c r="E784" t="s">
         <v>3920</v>
       </c>
       <c r="F784" t="s">
         <v>3921</v>
       </c>
       <c r="G784" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="785">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B785" t="s">
         <v>3922</v>
       </c>
       <c r="C785" t="s">
         <v>3923</v>
       </c>
       <c r="D785" t="s">
         <v>3924</v>
       </c>
       <c r="E785" t="s">
         <v>3925</v>
       </c>
       <c r="F785" t="s">
         <v>3926</v>
       </c>
       <c r="G785" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="786">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B786" t="s">
         <v>3927</v>
       </c>
       <c r="C786" t="s">
         <v>3928</v>
       </c>
       <c r="D786" t="s">
         <v>3929</v>
       </c>
       <c r="E786" t="s">
         <v>3930</v>
       </c>
       <c r="F786" t="s">
         <v>3931</v>
       </c>
       <c r="G786" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="787">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B787" t="s">
         <v>3932</v>
       </c>
       <c r="C787" t="s">
         <v>3933</v>
       </c>
       <c r="D787" t="s">
         <v>3934</v>
       </c>
       <c r="E787" t="s">
         <v>3935</v>
       </c>
       <c r="F787" t="s">
         <v>3936</v>
       </c>
       <c r="G787" s="1">
-        <v>0.02</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="788">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B788" t="s">
         <v>3937</v>
       </c>
       <c r="C788" t="s">
         <v>3938</v>
       </c>
       <c r="D788" t="s">
         <v>3939</v>
       </c>
       <c r="E788" t="s">
         <v>3940</v>
       </c>
       <c r="F788" t="s">
         <v>3941</v>
       </c>
       <c r="G788" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="789">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B789" t="s">
         <v>3942</v>
       </c>
       <c r="C789" t="s">
         <v>3943</v>
       </c>
       <c r="D789" t="s">
         <v>3944</v>
       </c>
       <c r="E789" t="s">
         <v>3945</v>
       </c>
       <c r="F789" t="s">
         <v>3946</v>
       </c>
       <c r="G789" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="790">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B790" t="s">
         <v>3947</v>
       </c>
       <c r="C790" t="s">
         <v>3948</v>
       </c>
       <c r="D790" t="s">
         <v>3949</v>
       </c>
       <c r="E790" t="s">
         <v>3950</v>
       </c>
       <c r="F790" t="s">
         <v>3951</v>
       </c>
       <c r="G790" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="791">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B791" t="s">
         <v>3952</v>
       </c>
       <c r="C791" t="s">
         <v>3953</v>
       </c>
       <c r="D791" t="s">
         <v>3954</v>
       </c>
       <c r="E791" t="s">
         <v>3955</v>
       </c>
       <c r="F791" t="s">
         <v>3956</v>
       </c>
       <c r="G791" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="792">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B792" t="s">
         <v>3957</v>
       </c>
       <c r="C792" t="s">
         <v>3958</v>
       </c>
       <c r="D792" t="s">
         <v>3959</v>
       </c>
       <c r="E792" t="s">
         <v>3960</v>
       </c>
       <c r="F792" t="s">
         <v>3961</v>
       </c>
       <c r="G792" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="793">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B793" t="s">
         <v>3962</v>
       </c>
       <c r="C793" t="s">
         <v>3963</v>
       </c>
       <c r="D793" t="s">
         <v>3964</v>
       </c>
       <c r="E793" t="s">
         <v>3965</v>
       </c>
       <c r="F793" t="s">
         <v>3966</v>
       </c>
       <c r="G793" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="794">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B794" t="s">
         <v>3967</v>
       </c>
       <c r="C794" t="s">
         <v>3968</v>
       </c>
       <c r="D794" t="s">
         <v>3969</v>
       </c>
       <c r="E794" t="s">
         <v>3970</v>
       </c>
       <c r="F794" t="s">
         <v>3971</v>
       </c>
       <c r="G794" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="795">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B795" t="s">
         <v>3972</v>
       </c>
       <c r="C795" t="s">
         <v>3973</v>
       </c>
       <c r="D795" t="s">
         <v>3974</v>
       </c>
       <c r="E795" t="s">
         <v>3975</v>
       </c>
       <c r="F795" t="s">
         <v>3976</v>
       </c>
       <c r="G795" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="796">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B796" t="s">
         <v>3977</v>
       </c>
       <c r="C796" t="s">
         <v>3978</v>
       </c>
       <c r="D796" t="s">
         <v>3979</v>
       </c>
       <c r="E796" t="s">
         <v>3980</v>
       </c>
       <c r="F796" t="s">
         <v>3981</v>
       </c>
       <c r="G796" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="797">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B797" t="s">
         <v>3982</v>
       </c>
       <c r="C797" t="s">
         <v>3983</v>
       </c>
       <c r="D797" t="s">
         <v>3984</v>
       </c>
       <c r="E797" t="s">
         <v>3985</v>
       </c>
       <c r="F797" t="s">
         <v>3986</v>
       </c>
       <c r="G797" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="798">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B798" t="s">
         <v>3987</v>
       </c>
       <c r="C798" t="s">
         <v>3988</v>
       </c>
       <c r="D798" t="s">
         <v>3989</v>
       </c>
       <c r="E798" t="s">
         <v>3990</v>
       </c>
       <c r="F798" t="s">
         <v>3991</v>
       </c>
       <c r="G798" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="799">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B799" t="s">
         <v>3992</v>
       </c>
       <c r="C799" t="s">
         <v>3993</v>
       </c>
       <c r="D799" t="s">
         <v>3994</v>
       </c>
       <c r="E799" t="s">
         <v>3995</v>
       </c>
       <c r="F799" t="s">
         <v>3996</v>
       </c>
       <c r="G799" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="800">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B800" t="s">
         <v>3997</v>
       </c>
       <c r="C800" t="s">
         <v>3998</v>
       </c>
       <c r="D800" t="s">
         <v>3999</v>
       </c>
       <c r="E800" t="s">
         <v>4000</v>
       </c>
       <c r="F800" t="s">
         <v>4001</v>
       </c>
       <c r="G800" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="801">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B801" t="s">
         <v>4002</v>
       </c>
       <c r="C801" t="s">
         <v>4003</v>
       </c>
       <c r="D801" t="s">
         <v>4004</v>
       </c>
       <c r="E801" t="s">
         <v>4005</v>
       </c>
       <c r="F801" t="s">
         <v>4006</v>
       </c>
       <c r="G801" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="802">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B802" t="s">
         <v>4007</v>
       </c>
       <c r="C802" t="s">
         <v>4008</v>
       </c>
       <c r="D802" t="s">
         <v>4009</v>
       </c>
       <c r="E802" t="s">
         <v>4010</v>
       </c>
       <c r="F802" t="s">
         <v>4011</v>
       </c>
       <c r="G802" s="1">
-        <v>0.019</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="803">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B803" t="s">
         <v>4012</v>
       </c>
       <c r="C803" t="s">
         <v>4013</v>
       </c>
       <c r="D803" t="s">
         <v>4014</v>
       </c>
       <c r="E803" t="s">
         <v>4015</v>
       </c>
       <c r="F803" t="s">
         <v>4016</v>
       </c>
       <c r="G803" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="804">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B804" t="s">
         <v>4017</v>
       </c>
       <c r="C804" t="s">
         <v>4018</v>
       </c>
       <c r="D804" t="s">
         <v>4019</v>
       </c>
       <c r="E804" t="s">
         <v>4020</v>
       </c>
       <c r="F804" t="s">
         <v>4021</v>
       </c>
       <c r="G804" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="805">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B805" t="s">
         <v>4022</v>
       </c>
       <c r="C805" t="s">
         <v>4023</v>
       </c>
       <c r="D805" t="s">
         <v>4024</v>
       </c>
       <c r="E805" t="s">
         <v>4025</v>
       </c>
       <c r="F805" t="s">
         <v>4026</v>
       </c>
       <c r="G805" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="806">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B806" t="s">
         <v>4027</v>
       </c>
       <c r="C806" t="s">
         <v>4028</v>
       </c>
       <c r="D806" t="s">
         <v>4029</v>
       </c>
       <c r="E806" t="s">
         <v>4030</v>
       </c>
       <c r="F806" t="s">
         <v>4031</v>
       </c>
       <c r="G806" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="807">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B807" t="s">
         <v>4032</v>
       </c>
       <c r="C807" t="s">
         <v>4033</v>
       </c>
       <c r="D807" t="s">
         <v>4034</v>
       </c>
       <c r="E807" t="s">
         <v>4035</v>
       </c>
       <c r="F807" t="s">
         <v>4036</v>
       </c>
       <c r="G807" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="808">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B808" t="s">
         <v>4037</v>
       </c>
       <c r="C808" t="s">
         <v>4038</v>
       </c>
       <c r="D808" t="s">
         <v>4039</v>
       </c>
       <c r="E808" t="s">
         <v>4040</v>
       </c>
       <c r="F808" t="s">
         <v>4041</v>
       </c>
       <c r="G808" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="809">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B809" t="s">
         <v>4042</v>
       </c>
       <c r="C809" t="s">
         <v>4043</v>
       </c>
       <c r="D809" t="s">
         <v>4044</v>
       </c>
       <c r="E809" t="s">
         <v>4045</v>
       </c>
       <c r="F809" t="s">
         <v>4046</v>
       </c>
       <c r="G809" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="810">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B810" t="s">
         <v>4047</v>
       </c>
       <c r="C810" t="s">
         <v>4048</v>
       </c>
       <c r="D810" t="s">
         <v>4049</v>
       </c>
       <c r="E810" t="s">
         <v>4050</v>
       </c>
       <c r="F810" t="s">
         <v>4051</v>
       </c>
       <c r="G810" s="1">
-        <v>0.019</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="811">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B811" t="s">
         <v>4052</v>
       </c>
       <c r="C811" t="s">
         <v>4053</v>
       </c>
       <c r="D811" t="s">
         <v>4054</v>
       </c>
       <c r="E811" t="s">
         <v>4055</v>
       </c>
       <c r="F811" t="s">
         <v>4056</v>
       </c>
       <c r="G811" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="812">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B812" t="s">
         <v>4057</v>
       </c>
       <c r="C812" t="s">
         <v>4058</v>
       </c>
       <c r="D812" t="s">
         <v>4059</v>
       </c>
       <c r="E812" t="s">
         <v>4060</v>
       </c>
       <c r="F812" t="s">
         <v>4061</v>
       </c>
       <c r="G812" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="813">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B813" t="s">
         <v>4062</v>
       </c>
       <c r="C813" t="s">
         <v>4063</v>
       </c>
       <c r="D813" t="s">
         <v>4064</v>
       </c>
       <c r="E813" t="s">
         <v>4065</v>
       </c>
       <c r="F813" t="s">
         <v>4066</v>
       </c>
       <c r="G813" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="814">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B814" t="s">
         <v>4067</v>
       </c>
       <c r="C814" t="s">
         <v>4068</v>
       </c>
       <c r="D814" t="s">
         <v>4069</v>
       </c>
       <c r="E814" t="s">
         <v>4070</v>
       </c>
       <c r="F814" t="s">
         <v>4071</v>
       </c>
       <c r="G814" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="815">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B815" t="s">
         <v>4072</v>
       </c>
       <c r="C815" t="s">
         <v>4073</v>
       </c>
       <c r="D815" t="s">
         <v>4074</v>
       </c>
       <c r="E815" t="s">
         <v>4075</v>
       </c>
       <c r="F815" t="s">
         <v>4076</v>
       </c>
       <c r="G815" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="816">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B816" t="s">
         <v>4077</v>
       </c>
       <c r="C816" t="s">
         <v>4078</v>
       </c>
       <c r="D816" t="s">
         <v>4079</v>
       </c>
       <c r="E816" t="s">
         <v>4080</v>
       </c>
       <c r="F816" t="s">
         <v>4081</v>
       </c>
       <c r="G816" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="817">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B817" t="s">
         <v>4082</v>
       </c>
       <c r="C817" t="s">
         <v>4083</v>
       </c>
       <c r="D817" t="s">
         <v>4084</v>
       </c>
       <c r="E817" t="s">
         <v>4085</v>
       </c>
       <c r="F817" t="s">
         <v>4086</v>
       </c>
       <c r="G817" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="818">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B818" t="s">
         <v>4087</v>
       </c>
       <c r="C818" t="s">
         <v>4088</v>
       </c>
       <c r="D818" t="s">
         <v>4089</v>
       </c>
       <c r="E818" t="s">
         <v>4090</v>
       </c>
       <c r="F818" t="s">
         <v>4091</v>
       </c>
       <c r="G818" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="819">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B819" t="s">
         <v>4092</v>
       </c>
       <c r="C819" t="s">
         <v>4093</v>
       </c>
       <c r="D819" t="s">
         <v>4094</v>
       </c>
       <c r="E819" t="s">
         <v>4095</v>
       </c>
       <c r="F819" t="s">
         <v>4096</v>
       </c>
       <c r="G819" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="820">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B820" t="s">
         <v>4097</v>
       </c>
       <c r="C820" t="s">
         <v>4098</v>
       </c>
       <c r="D820" t="s">
         <v>4099</v>
       </c>
       <c r="E820" t="s">
         <v>4100</v>
       </c>
       <c r="F820" t="s">
         <v>4101</v>
       </c>
       <c r="G820" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="821">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B821" t="s">
         <v>4102</v>
       </c>
       <c r="C821" t="s">
         <v>4103</v>
       </c>
       <c r="D821" t="s">
         <v>4104</v>
       </c>
       <c r="E821" t="s">
         <v>4105</v>
       </c>
       <c r="F821" t="s">
         <v>4106</v>
       </c>
       <c r="G821" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="822">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B822" t="s">
         <v>4107</v>
       </c>
       <c r="C822" t="s">
         <v>4108</v>
       </c>
       <c r="D822" t="s">
         <v>4109</v>
       </c>
       <c r="E822" t="s">
         <v>4110</v>
       </c>
       <c r="F822" t="s">
         <v>4111</v>
       </c>
       <c r="G822" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="823">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B823" t="s">
         <v>4112</v>
       </c>
       <c r="C823" t="s">
         <v>4113</v>
       </c>
       <c r="D823" t="s">
         <v>4114</v>
       </c>
       <c r="E823" t="s">
         <v>4115</v>
       </c>
       <c r="F823" t="s">
         <v>4116</v>
       </c>
       <c r="G823" s="1">
-        <v>0.018</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="824">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B824" t="s">
         <v>4117</v>
       </c>
       <c r="C824" t="s">
         <v>4118</v>
       </c>
       <c r="D824" t="s">
         <v>4119</v>
       </c>
       <c r="E824" t="s">
         <v>4120</v>
       </c>
       <c r="F824" t="s">
         <v>4121</v>
       </c>
       <c r="G824" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="825">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B825" t="s">
         <v>4122</v>
       </c>
       <c r="C825" t="s">
         <v>4123</v>
       </c>
       <c r="D825" t="s">
         <v>4124</v>
       </c>
       <c r="E825" t="s">
         <v>4125</v>
       </c>
       <c r="F825" t="s">
         <v>4126</v>
       </c>
       <c r="G825" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="826">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B826" t="s">
         <v>4127</v>
       </c>
       <c r="C826" t="s">
         <v>4128</v>
       </c>
       <c r="D826" t="s">
         <v>4129</v>
       </c>
       <c r="E826" t="s">
         <v>4130</v>
       </c>
       <c r="F826" t="s">
         <v>4131</v>
       </c>
       <c r="G826" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="827">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B827" t="s">
         <v>4132</v>
       </c>
       <c r="C827" t="s">
         <v>4133</v>
       </c>
       <c r="D827" t="s">
         <v>4134</v>
       </c>
       <c r="E827" t="s">
         <v>4135</v>
       </c>
       <c r="F827" t="s">
         <v>4136</v>
       </c>
       <c r="G827" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="828">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B828" t="s">
         <v>4137</v>
       </c>
       <c r="C828" t="s">
         <v>4138</v>
       </c>
       <c r="D828" t="s">
         <v>4139</v>
       </c>
       <c r="E828" t="s">
         <v>4140</v>
       </c>
       <c r="F828" t="s">
         <v>4141</v>
       </c>
       <c r="G828" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="829">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B829" t="s">
         <v>4142</v>
       </c>
       <c r="C829" t="s">
         <v>4143</v>
       </c>
       <c r="D829" t="s">
         <v>4144</v>
       </c>
       <c r="E829" t="s">
         <v>4145</v>
       </c>
       <c r="F829" t="s">
         <v>4146</v>
       </c>
       <c r="G829" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="830">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B830" t="s">
         <v>4147</v>
       </c>
       <c r="C830" t="s">
         <v>4148</v>
       </c>
       <c r="D830" t="s">
         <v>4149</v>
       </c>
       <c r="E830" t="s">
         <v>4150</v>
       </c>
       <c r="F830" t="s">
         <v>4151</v>
       </c>
       <c r="G830" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="831">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B831" t="s">
         <v>4152</v>
       </c>
       <c r="C831" t="s">
         <v>4153</v>
       </c>
       <c r="D831" t="s">
         <v>4154</v>
       </c>
       <c r="E831" t="s">
         <v>4155</v>
       </c>
       <c r="F831" t="s">
         <v>4156</v>
       </c>
       <c r="G831" s="1">
-        <v>0.018</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="832">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B832" t="s">
         <v>4157</v>
       </c>
       <c r="C832" t="s">
         <v>4158</v>
       </c>
       <c r="D832" t="s">
         <v>4159</v>
       </c>
       <c r="E832" t="s">
         <v>4160</v>
       </c>
       <c r="F832" t="s">
         <v>4161</v>
       </c>
       <c r="G832" s="1">
-        <v>0.017</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="833">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B833" t="s">
         <v>4162</v>
       </c>
       <c r="C833" t="s">
         <v>4163</v>
       </c>
       <c r="D833" t="s">
         <v>4164</v>
       </c>
       <c r="E833" t="s">
         <v>4165</v>
       </c>
       <c r="F833" t="s">
         <v>4166</v>
       </c>
       <c r="G833" s="1">
-        <v>0.017</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="834">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B834" t="s">
         <v>4167</v>
       </c>
       <c r="C834" t="s">
         <v>4168</v>
       </c>
       <c r="D834" t="s">
         <v>4169</v>
       </c>
       <c r="E834" t="s">
         <v>4170</v>
       </c>
       <c r="F834" t="s">
         <v>4171</v>
       </c>
       <c r="G834" s="1">
-        <v>0.017</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="835">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B835" t="s">
         <v>4172</v>
       </c>
       <c r="C835" t="s">
         <v>4173</v>
       </c>
       <c r="D835" t="s">
         <v>4174</v>
       </c>
       <c r="E835" t="s">
         <v>4175</v>
       </c>
       <c r="F835" t="s">
         <v>4176</v>
       </c>
       <c r="G835" s="1">
-        <v>0.017</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="836">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B836" t="s">
         <v>4177</v>
       </c>
       <c r="C836" t="s">
         <v>4178</v>
       </c>
       <c r="D836" t="s">
         <v>4179</v>
       </c>
       <c r="E836" t="s">
         <v>4180</v>
       </c>
       <c r="F836" t="s">
         <v>4181</v>
       </c>
       <c r="G836" s="1">
-        <v>0.017</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="837">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B837" t="s">
         <v>4182</v>
       </c>
       <c r="C837" t="s">
         <v>4183</v>
       </c>
       <c r="D837" t="s">
         <v>4184</v>
       </c>
       <c r="E837" t="s">
         <v>4185</v>
       </c>
       <c r="F837" t="s">
         <v>4186</v>
       </c>
       <c r="G837" s="1">
-        <v>0.017</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="838">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B838" t="s">
         <v>4187</v>
       </c>
       <c r="C838" t="s">
         <v>4188</v>
       </c>
       <c r="D838" t="s">
         <v>4189</v>
       </c>
       <c r="E838" t="s">
         <v>4190</v>
       </c>
       <c r="F838" t="s">
         <v>4191</v>
       </c>
       <c r="G838" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="839">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B839" t="s">
         <v>4192</v>
       </c>
       <c r="C839" t="s">
         <v>4193</v>
       </c>
       <c r="D839" t="s">
         <v>4194</v>
       </c>
       <c r="E839" t="s">
         <v>4195</v>
       </c>
       <c r="F839" t="s">
         <v>4196</v>
       </c>
       <c r="G839" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="840">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B840" t="s">
         <v>4197</v>
       </c>
       <c r="C840" t="s">
         <v>4198</v>
       </c>
       <c r="D840" t="s">
         <v>4199</v>
       </c>
       <c r="E840" t="s">
         <v>4200</v>
       </c>
       <c r="F840" t="s">
         <v>4201</v>
       </c>
       <c r="G840" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="841">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B841" t="s">
         <v>4202</v>
       </c>
       <c r="C841" t="s">
         <v>4203</v>
       </c>
       <c r="D841" t="s">
         <v>4204</v>
       </c>
       <c r="E841" t="s">
         <v>4205</v>
       </c>
       <c r="F841" t="s">
         <v>4206</v>
       </c>
       <c r="G841" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="842">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B842" t="s">
         <v>4207</v>
       </c>
       <c r="C842" t="s">
         <v>4208</v>
       </c>
       <c r="D842" t="s">
         <v>4209</v>
       </c>
       <c r="E842" t="s">
         <v>4210</v>
       </c>
       <c r="F842" t="s">
         <v>4211</v>
       </c>
       <c r="G842" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="843">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B843" t="s">
         <v>4212</v>
       </c>
       <c r="C843" t="s">
         <v>4213</v>
       </c>
       <c r="D843" t="s">
         <v>4214</v>
       </c>
       <c r="E843" t="s">
         <v>4215</v>
       </c>
       <c r="F843" t="s">
         <v>4216</v>
       </c>
       <c r="G843" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="844">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B844" t="s">
         <v>4217</v>
       </c>
       <c r="C844" t="s">
         <v>4218</v>
       </c>
       <c r="D844" t="s">
         <v>4219</v>
       </c>
       <c r="E844" t="s">
         <v>4220</v>
       </c>
       <c r="F844" t="s">
         <v>4221</v>
       </c>
       <c r="G844" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="845">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B845" t="s">
         <v>4222</v>
       </c>
       <c r="C845" t="s">
         <v>4223</v>
       </c>
       <c r="D845" t="s">
         <v>4224</v>
       </c>
       <c r="E845" t="s">
         <v>4225</v>
       </c>
       <c r="F845" t="s">
         <v>4226</v>
       </c>
       <c r="G845" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="846">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B846" t="s">
         <v>4227</v>
       </c>
       <c r="C846" t="s">
         <v>4228</v>
       </c>
       <c r="D846" t="s">
         <v>4229</v>
       </c>
       <c r="E846" t="s">
         <v>4230</v>
       </c>
       <c r="F846" t="s">
         <v>4231</v>
       </c>
       <c r="G846" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="847">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B847" t="s">
         <v>4232</v>
       </c>
       <c r="C847" t="s">
         <v>4233</v>
       </c>
       <c r="D847" t="s">
         <v>4234</v>
       </c>
       <c r="E847" t="s">
         <v>4235</v>
       </c>
       <c r="F847" t="s">
         <v>4236</v>
       </c>
       <c r="G847" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="848">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B848" t="s">
         <v>4237</v>
       </c>
       <c r="C848" t="s">
         <v>4238</v>
       </c>
       <c r="D848" t="s">
         <v>4239</v>
       </c>
       <c r="E848" t="s">
         <v>4240</v>
       </c>
       <c r="F848" t="s">
         <v>4241</v>
       </c>
       <c r="G848" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="849">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B849" t="s">
         <v>4242</v>
       </c>
       <c r="C849" t="s">
         <v>4243</v>
       </c>
       <c r="D849" t="s">
         <v>4244</v>
       </c>
       <c r="E849" t="s">
         <v>4245</v>
       </c>
       <c r="F849" t="s">
         <v>4246</v>
       </c>
       <c r="G849" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="850">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B850" t="s">
         <v>4247</v>
       </c>
       <c r="C850" t="s">
         <v>4248</v>
       </c>
       <c r="D850" t="s">
         <v>4249</v>
       </c>
       <c r="E850" t="s">
         <v>4250</v>
       </c>
       <c r="F850" t="s">
         <v>4251</v>
       </c>
       <c r="G850" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="851">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B851" t="s">
         <v>4252</v>
       </c>
       <c r="C851" t="s">
         <v>4253</v>
       </c>
       <c r="D851" t="s">
         <v>4254</v>
       </c>
       <c r="E851" t="s">
         <v>4255</v>
       </c>
       <c r="F851" t="s">
         <v>4256</v>
       </c>
       <c r="G851" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="852">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B852" t="s">
         <v>4257</v>
       </c>
       <c r="C852" t="s">
         <v>4258</v>
       </c>
       <c r="D852" t="s">
         <v>4259</v>
       </c>
       <c r="E852" t="s">
         <v>4260</v>
       </c>
       <c r="F852" t="s">
         <v>4261</v>
       </c>
       <c r="G852" s="1">
-        <v>0.017</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="853">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B853" t="s">
         <v>4262</v>
       </c>
       <c r="C853" t="s">
         <v>4263</v>
       </c>
       <c r="D853" t="s">
         <v>4264</v>
       </c>
       <c r="E853" t="s">
         <v>4265</v>
       </c>
       <c r="F853" t="s">
         <v>4266</v>
       </c>
       <c r="G853" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="854">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B854" t="s">
         <v>4267</v>
       </c>
       <c r="C854" t="s">
         <v>4268</v>
       </c>
       <c r="D854" t="s">
         <v>4269</v>
       </c>
       <c r="E854" t="s">
         <v>4270</v>
       </c>
       <c r="F854" t="s">
         <v>4271</v>
       </c>
       <c r="G854" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="855">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B855" t="s">
         <v>4272</v>
       </c>
       <c r="C855" t="s">
         <v>4273</v>
       </c>
       <c r="D855" t="s">
         <v>4274</v>
       </c>
       <c r="E855" t="s">
         <v>4275</v>
       </c>
       <c r="F855" t="s">
         <v>4276</v>
       </c>
       <c r="G855" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="856">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B856" t="s">
         <v>4277</v>
       </c>
       <c r="C856" t="s">
         <v>4278</v>
       </c>
       <c r="D856" t="s">
         <v>4279</v>
       </c>
       <c r="E856" t="s">
         <v>4280</v>
       </c>
       <c r="F856" t="s">
         <v>4281</v>
       </c>
       <c r="G856" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="857">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B857" t="s">
         <v>4282</v>
       </c>
       <c r="C857" t="s">
         <v>4283</v>
       </c>
       <c r="D857" t="s">
         <v>4284</v>
       </c>
       <c r="E857" t="s">
         <v>4285</v>
       </c>
       <c r="F857" t="s">
         <v>4286</v>
       </c>
       <c r="G857" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="858">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B858" t="s">
         <v>4287</v>
       </c>
       <c r="C858" t="s">
         <v>4288</v>
       </c>
       <c r="D858" t="s">
         <v>4289</v>
       </c>
       <c r="E858" t="s">
         <v>4290</v>
       </c>
       <c r="F858" t="s">
         <v>4291</v>
       </c>
       <c r="G858" s="1">
-        <v>0.016</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="859">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B859" t="s">
         <v>4292</v>
       </c>
       <c r="C859" t="s">
         <v>4293</v>
       </c>
       <c r="D859" t="s">
         <v>4294</v>
       </c>
       <c r="E859" t="s">
         <v>4295</v>
       </c>
       <c r="F859" t="s">
         <v>4296</v>
       </c>
       <c r="G859" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="860">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B860" t="s">
         <v>4297</v>
       </c>
       <c r="C860" t="s">
         <v>4298</v>
       </c>
       <c r="D860" t="s">
         <v>4299</v>
       </c>
       <c r="E860" t="s">
         <v>4300</v>
       </c>
       <c r="F860" t="s">
         <v>4301</v>
       </c>
       <c r="G860" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="861">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B861" t="s">
         <v>4302</v>
       </c>
       <c r="C861" t="s">
         <v>4303</v>
       </c>
       <c r="D861" t="s">
         <v>4304</v>
       </c>
       <c r="E861" t="s">
         <v>4305</v>
       </c>
       <c r="F861" t="s">
         <v>4306</v>
       </c>
       <c r="G861" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="862">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B862" t="s">
         <v>4307</v>
       </c>
       <c r="C862" t="s">
         <v>4308</v>
       </c>
       <c r="D862" t="s">
         <v>4309</v>
       </c>
       <c r="E862" t="s">
         <v>4310</v>
       </c>
       <c r="F862" t="s">
         <v>4311</v>
       </c>
       <c r="G862" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="863">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B863" t="s">
         <v>4312</v>
       </c>
       <c r="C863" t="s">
         <v>4313</v>
       </c>
       <c r="D863" t="s">
         <v>4314</v>
       </c>
       <c r="E863" t="s">
         <v>4315</v>
       </c>
       <c r="F863" t="s">
         <v>4316</v>
       </c>
       <c r="G863" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="864">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B864" t="s">
         <v>4317</v>
       </c>
       <c r="C864" t="s">
         <v>4318</v>
       </c>
       <c r="D864" t="s">
         <v>4319</v>
       </c>
       <c r="E864" t="s">
         <v>4320</v>
       </c>
       <c r="F864" t="s">
         <v>4321</v>
       </c>
       <c r="G864" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="865">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B865" t="s">
         <v>4322</v>
       </c>
       <c r="C865" t="s">
         <v>4323</v>
       </c>
       <c r="D865" t="s">
         <v>4324</v>
       </c>
       <c r="E865" t="s">
         <v>4325</v>
       </c>
       <c r="F865" t="s">
         <v>4326</v>
       </c>
       <c r="G865" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="866">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B866" t="s">
         <v>4327</v>
       </c>
       <c r="C866" t="s">
         <v>4328</v>
       </c>
       <c r="D866" t="s">
         <v>4329</v>
       </c>
       <c r="E866" t="s">
         <v>4330</v>
       </c>
       <c r="F866" t="s">
         <v>4331</v>
       </c>
       <c r="G866" s="1">
-        <v>0.016</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="867">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B867" t="s">
         <v>4332</v>
       </c>
       <c r="C867" t="s">
         <v>4333</v>
       </c>
       <c r="D867" t="s">
         <v>4334</v>
       </c>
       <c r="E867" t="s">
         <v>4335</v>
       </c>
       <c r="F867" t="s">
         <v>4336</v>
       </c>
       <c r="G867" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="868">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B868" t="s">
         <v>4337</v>
       </c>
       <c r="C868" t="s">
         <v>4338</v>
       </c>
       <c r="D868" t="s">
         <v>4339</v>
       </c>
       <c r="E868" t="s">
         <v>4340</v>
       </c>
       <c r="F868" t="s">
         <v>4341</v>
       </c>
       <c r="G868" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="869">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B869" t="s">
         <v>4342</v>
       </c>
       <c r="C869" t="s">
         <v>4343</v>
       </c>
       <c r="D869" t="s">
         <v>4344</v>
       </c>
       <c r="E869" t="s">
         <v>4345</v>
       </c>
       <c r="F869" t="s">
         <v>4346</v>
       </c>
       <c r="G869" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="870">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B870" t="s">
         <v>4347</v>
       </c>
       <c r="C870" t="s">
         <v>4348</v>
       </c>
       <c r="D870" t="s">
         <v>4349</v>
       </c>
       <c r="E870" t="s">
         <v>4350</v>
       </c>
       <c r="F870" t="s">
         <v>4351</v>
       </c>
       <c r="G870" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="871">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B871" t="s">
         <v>4352</v>
       </c>
       <c r="C871" t="s">
         <v>4353</v>
       </c>
       <c r="D871" t="s">
         <v>4354</v>
       </c>
       <c r="E871" t="s">
         <v>4355</v>
       </c>
       <c r="F871" t="s">
         <v>4356</v>
       </c>
       <c r="G871" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="872">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B872" t="s">
         <v>4357</v>
       </c>
       <c r="C872" t="s">
         <v>4358</v>
       </c>
       <c r="D872" t="s">
         <v>4359</v>
       </c>
       <c r="E872" t="s">
         <v>4360</v>
       </c>
       <c r="F872" t="s">
         <v>4361</v>
       </c>
       <c r="G872" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="873">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B873" t="s">
         <v>4362</v>
       </c>
       <c r="C873" t="s">
         <v>4363</v>
       </c>
       <c r="D873" t="s">
         <v>4364</v>
       </c>
       <c r="E873" t="s">
         <v>4365</v>
       </c>
       <c r="F873" t="s">
         <v>4366</v>
       </c>
       <c r="G873" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="874">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B874" t="s">
         <v>4367</v>
       </c>
       <c r="C874" t="s">
         <v>4368</v>
       </c>
       <c r="D874" t="s">
         <v>4369</v>
       </c>
       <c r="E874" t="s">
         <v>4370</v>
       </c>
       <c r="F874" t="s">
         <v>4371</v>
       </c>
       <c r="G874" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="875">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B875" t="s">
         <v>4372</v>
       </c>
       <c r="C875" t="s">
         <v>4373</v>
       </c>
       <c r="D875" t="s">
         <v>4374</v>
       </c>
       <c r="E875" t="s">
         <v>4375</v>
       </c>
       <c r="F875" t="s">
         <v>4376</v>
       </c>
       <c r="G875" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="876">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B876" t="s">
         <v>4377</v>
       </c>
       <c r="C876" t="s">
         <v>4378</v>
       </c>
       <c r="D876" t="s">
         <v>4379</v>
       </c>
       <c r="E876" t="s">
         <v>4380</v>
       </c>
       <c r="F876" t="s">
         <v>4381</v>
       </c>
       <c r="G876" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="877">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B877" t="s">
         <v>4382</v>
       </c>
       <c r="C877" t="s">
         <v>4383</v>
       </c>
       <c r="D877" t="s">
         <v>4384</v>
       </c>
       <c r="E877" t="s">
         <v>4385</v>
       </c>
       <c r="F877" t="s">
         <v>4386</v>
       </c>
       <c r="G877" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="878">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B878" t="s">
         <v>4387</v>
       </c>
       <c r="C878" t="s">
         <v>4388</v>
       </c>
       <c r="D878" t="s">
         <v>4389</v>
       </c>
       <c r="E878" t="s">
         <v>4390</v>
       </c>
       <c r="F878" t="s">
         <v>4391</v>
       </c>
       <c r="G878" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="879">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B879" t="s">
         <v>4392</v>
       </c>
       <c r="C879" t="s">
         <v>4393</v>
       </c>
       <c r="D879" t="s">
         <v>4394</v>
       </c>
       <c r="E879" t="s">
         <v>4395</v>
       </c>
       <c r="F879" t="s">
         <v>4396</v>
       </c>
       <c r="G879" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="880">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B880" t="s">
         <v>4397</v>
       </c>
       <c r="C880" t="s">
         <v>4398</v>
       </c>
       <c r="D880" t="s">
         <v>4399</v>
       </c>
       <c r="E880" t="s">
         <v>4400</v>
       </c>
       <c r="F880" t="s">
         <v>4401</v>
       </c>
       <c r="G880" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="881">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B881" t="s">
         <v>4402</v>
       </c>
       <c r="C881" t="s">
         <v>4403</v>
       </c>
       <c r="D881" t="s">
         <v>4404</v>
       </c>
       <c r="E881" t="s">
         <v>4405</v>
       </c>
       <c r="F881" t="s">
         <v>4406</v>
       </c>
       <c r="G881" s="1">
-        <v>0.015</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="882">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B882" t="s">
         <v>4407</v>
       </c>
       <c r="C882" t="s">
         <v>4408</v>
       </c>
       <c r="D882" t="s">
         <v>4409</v>
       </c>
       <c r="E882" t="s">
         <v>4410</v>
       </c>
       <c r="F882" t="s">
         <v>4411</v>
       </c>
       <c r="G882" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="883">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B883" t="s">
         <v>4412</v>
       </c>
       <c r="C883" t="s">
         <v>4413</v>
       </c>
       <c r="D883" t="s">
         <v>4414</v>
       </c>
       <c r="E883" t="s">
         <v>4415</v>
       </c>
       <c r="F883" t="s">
         <v>4416</v>
       </c>
       <c r="G883" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="884">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B884" t="s">
         <v>4417</v>
       </c>
       <c r="C884" t="s">
         <v>4418</v>
       </c>
       <c r="D884" t="s">
         <v>4419</v>
       </c>
       <c r="E884" t="s">
         <v>4420</v>
       </c>
       <c r="F884" t="s">
         <v>4421</v>
       </c>
       <c r="G884" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="885">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B885" t="s">
         <v>4422</v>
       </c>
       <c r="C885" t="s">
         <v>4423</v>
       </c>
       <c r="D885" t="s">
         <v>4424</v>
       </c>
       <c r="E885" t="s">
         <v>4425</v>
       </c>
       <c r="F885" t="s">
         <v>4426</v>
       </c>
       <c r="G885" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="886">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B886" t="s">
         <v>4427</v>
       </c>
       <c r="C886" t="s">
         <v>4428</v>
       </c>
       <c r="D886" t="s">
         <v>4429</v>
       </c>
       <c r="E886" t="s">
         <v>4430</v>
       </c>
       <c r="F886" t="s">
         <v>4431</v>
       </c>
       <c r="G886" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="887">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B887" t="s">
         <v>4432</v>
       </c>
       <c r="C887" t="s">
         <v>4433</v>
       </c>
       <c r="D887" t="s">
         <v>4434</v>
       </c>
       <c r="E887" t="s">
         <v>4435</v>
       </c>
       <c r="F887" t="s">
         <v>4436</v>
       </c>
       <c r="G887" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="888">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B888" t="s">
         <v>4437</v>
       </c>
       <c r="C888" t="s">
         <v>4438</v>
       </c>
       <c r="D888" t="s">
         <v>4439</v>
       </c>
       <c r="E888" t="s">
         <v>4440</v>
       </c>
       <c r="F888" t="s">
         <v>4441</v>
       </c>
       <c r="G888" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="889">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B889" t="s">
         <v>4442</v>
       </c>
       <c r="C889" t="s">
         <v>4443</v>
       </c>
       <c r="D889" t="s">
         <v>4444</v>
       </c>
       <c r="E889" t="s">
         <v>4445</v>
       </c>
       <c r="F889" t="s">
         <v>4446</v>
       </c>
       <c r="G889" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="890">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B890" t="s">
         <v>4447</v>
       </c>
       <c r="C890" t="s">
         <v>4448</v>
       </c>
       <c r="D890" t="s">
         <v>4449</v>
       </c>
       <c r="E890" t="s">
         <v>4450</v>
       </c>
       <c r="F890" t="s">
         <v>4451</v>
       </c>
       <c r="G890" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="891">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B891" t="s">
         <v>4452</v>
       </c>
       <c r="C891" t="s">
         <v>4453</v>
       </c>
       <c r="D891" t="s">
         <v>4454</v>
       </c>
       <c r="E891" t="s">
         <v>4455</v>
       </c>
       <c r="F891" t="s">
         <v>4456</v>
       </c>
       <c r="G891" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="892">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B892" t="s">
         <v>4457</v>
       </c>
       <c r="C892" t="s">
         <v>4458</v>
       </c>
       <c r="D892" t="s">
         <v>4459</v>
       </c>
       <c r="E892" t="s">
         <v>4460</v>
       </c>
       <c r="F892" t="s">
         <v>4461</v>
       </c>
       <c r="G892" s="1">
-        <v>0.015</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="893">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B893" t="s">
         <v>4462</v>
       </c>
       <c r="C893" t="s">
         <v>4463</v>
       </c>
       <c r="D893" t="s">
         <v>4464</v>
       </c>
       <c r="E893" t="s">
         <v>4465</v>
       </c>
       <c r="F893" t="s">
         <v>4466</v>
       </c>
       <c r="G893" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="894">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B894" t="s">
         <v>4467</v>
       </c>
       <c r="C894" t="s">
         <v>4468</v>
       </c>
       <c r="D894" t="s">
         <v>4469</v>
       </c>
       <c r="E894" t="s">
         <v>4470</v>
       </c>
       <c r="F894" t="s">
         <v>4471</v>
       </c>
       <c r="G894" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="895">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B895" t="s">
         <v>4472</v>
       </c>
       <c r="C895" t="s">
         <v>4473</v>
       </c>
       <c r="D895" t="s">
         <v>4474</v>
       </c>
       <c r="E895" t="s">
         <v>4475</v>
       </c>
       <c r="F895" t="s">
         <v>4476</v>
       </c>
       <c r="G895" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="896">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B896" t="s">
         <v>4477</v>
       </c>
       <c r="C896" t="s">
         <v>4478</v>
       </c>
       <c r="D896" t="s">
         <v>4479</v>
       </c>
       <c r="E896" t="s">
         <v>4480</v>
       </c>
       <c r="F896" t="s">
         <v>4481</v>
       </c>
       <c r="G896" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="897">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B897" t="s">
         <v>4482</v>
       </c>
       <c r="C897" t="s">
         <v>4483</v>
       </c>
       <c r="D897" t="s">
         <v>4484</v>
       </c>
       <c r="E897" t="s">
         <v>4485</v>
       </c>
       <c r="F897" t="s">
         <v>4486</v>
       </c>
       <c r="G897" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="898">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B898" t="s">
         <v>4487</v>
       </c>
       <c r="C898" t="s">
         <v>4488</v>
       </c>
       <c r="D898" t="s">
         <v>4489</v>
       </c>
       <c r="E898" t="s">
         <v>4490</v>
       </c>
       <c r="F898" t="s">
         <v>4491</v>
       </c>
       <c r="G898" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="899">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B899" t="s">
         <v>4492</v>
       </c>
       <c r="C899" t="s">
         <v>4493</v>
       </c>
       <c r="D899" t="s">
         <v>4494</v>
       </c>
       <c r="E899" t="s">
         <v>4495</v>
       </c>
       <c r="F899" t="s">
         <v>4496</v>
       </c>
       <c r="G899" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="900">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B900" t="s">
         <v>4497</v>
       </c>
       <c r="C900" t="s">
         <v>4498</v>
       </c>
       <c r="D900" t="s">
         <v>4499</v>
       </c>
       <c r="E900" t="s">
         <v>4500</v>
       </c>
       <c r="F900" t="s">
         <v>4501</v>
       </c>
       <c r="G900" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="901">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B901" t="s">
         <v>4502</v>
       </c>
       <c r="C901" t="s">
         <v>4503</v>
       </c>
       <c r="D901" t="s">
         <v>4504</v>
       </c>
       <c r="E901" t="s">
         <v>4505</v>
       </c>
       <c r="F901" t="s">
         <v>4506</v>
       </c>
       <c r="G901" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="902">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B902" t="s">
         <v>4507</v>
       </c>
       <c r="C902" t="s">
         <v>4508</v>
       </c>
       <c r="D902" t="s">
         <v>4509</v>
       </c>
       <c r="E902" t="s">
         <v>4510</v>
       </c>
       <c r="F902" t="s">
         <v>4511</v>
       </c>
       <c r="G902" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="903">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B903" t="s">
         <v>4512</v>
       </c>
       <c r="C903" t="s">
         <v>4513</v>
       </c>
       <c r="D903" t="s">
         <v>4514</v>
       </c>
       <c r="E903" t="s">
         <v>4515</v>
       </c>
       <c r="F903" t="s">
         <v>4516</v>
       </c>
       <c r="G903" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="904">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B904" t="s">
         <v>4517</v>
       </c>
       <c r="C904" t="s">
         <v>4518</v>
       </c>
       <c r="D904" t="s">
         <v>4519</v>
       </c>
       <c r="E904" t="s">
         <v>4520</v>
       </c>
       <c r="F904" t="s">
         <v>4521</v>
       </c>
       <c r="G904" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="905">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B905" t="s">
         <v>4522</v>
       </c>
       <c r="C905" t="s">
         <v>4523</v>
       </c>
       <c r="D905" t="s">
         <v>4524</v>
       </c>
       <c r="E905" t="s">
         <v>4525</v>
       </c>
       <c r="F905" t="s">
         <v>4526</v>
       </c>
       <c r="G905" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="906">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B906" t="s">
         <v>4527</v>
       </c>
       <c r="C906" t="s">
         <v>4528</v>
       </c>
       <c r="D906" t="s">
         <v>4529</v>
       </c>
       <c r="E906" t="s">
         <v>4530</v>
       </c>
       <c r="F906" t="s">
         <v>4531</v>
       </c>
       <c r="G906" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="907">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B907" t="s">
         <v>4532</v>
       </c>
       <c r="C907" t="s">
         <v>4533</v>
       </c>
       <c r="D907" t="s">
         <v>4534</v>
       </c>
       <c r="E907" t="s">
         <v>4535</v>
       </c>
       <c r="F907" t="s">
         <v>4536</v>
       </c>
       <c r="G907" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="908">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B908" t="s">
         <v>4537</v>
       </c>
       <c r="C908" t="s">
         <v>4538</v>
       </c>
       <c r="D908" t="s">
         <v>4539</v>
       </c>
       <c r="E908" t="s">
         <v>4540</v>
       </c>
       <c r="F908" t="s">
         <v>4541</v>
       </c>
       <c r="G908" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="909">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B909" t="s">
         <v>4542</v>
       </c>
       <c r="C909" t="s">
         <v>4543</v>
       </c>
       <c r="D909" t="s">
         <v>4544</v>
       </c>
       <c r="E909" t="s">
         <v>4545</v>
       </c>
       <c r="F909" t="s">
         <v>4546</v>
       </c>
       <c r="G909" s="1">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="910">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B910" t="s">
         <v>4547</v>
       </c>
       <c r="C910" t="s">
         <v>4548</v>
       </c>
       <c r="D910" t="s">
         <v>4549</v>
       </c>
       <c r="E910" t="s">
         <v>4550</v>
       </c>
       <c r="F910" t="s">
         <v>4551</v>
       </c>
       <c r="G910" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="911">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B911" t="s">
         <v>4552</v>
       </c>
       <c r="C911" t="s">
         <v>4553</v>
       </c>
       <c r="D911" t="s">
         <v>4554</v>
       </c>
       <c r="E911" t="s">
         <v>4555</v>
       </c>
       <c r="F911" t="s">
         <v>4556</v>
       </c>
       <c r="G911" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="912">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B912" t="s">
         <v>4557</v>
       </c>
       <c r="C912" t="s">
         <v>4558</v>
       </c>
       <c r="D912" t="s">
         <v>4559</v>
       </c>
       <c r="E912" t="s">
         <v>4560</v>
       </c>
       <c r="F912" t="s">
         <v>4561</v>
       </c>
       <c r="G912" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="913">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B913" t="s">
         <v>4562</v>
       </c>
       <c r="C913" t="s">
         <v>4563</v>
       </c>
       <c r="D913" t="s">
         <v>4564</v>
       </c>
       <c r="E913" t="s">
         <v>4565</v>
       </c>
       <c r="F913" t="s">
         <v>4566</v>
       </c>
       <c r="G913" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="914">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B914" t="s">
         <v>4567</v>
       </c>
       <c r="C914" t="s">
         <v>4568</v>
       </c>
       <c r="D914" t="s">
         <v>4569</v>
       </c>
       <c r="E914" t="s">
         <v>4570</v>
       </c>
       <c r="F914" t="s">
         <v>4571</v>
       </c>
       <c r="G914" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="915">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B915" t="s">
         <v>4572</v>
       </c>
       <c r="C915" t="s">
         <v>4573</v>
       </c>
       <c r="D915" t="s">
         <v>4574</v>
       </c>
       <c r="E915" t="s">
         <v>4575</v>
       </c>
       <c r="F915" t="s">
         <v>4576</v>
       </c>
       <c r="G915" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="916">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B916" t="s">
         <v>4577</v>
       </c>
       <c r="C916" t="s">
         <v>4578</v>
       </c>
       <c r="D916" t="s">
         <v>4579</v>
       </c>
       <c r="E916" t="s">
         <v>4580</v>
       </c>
       <c r="F916" t="s">
         <v>4581</v>
       </c>
       <c r="G916" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="917">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B917" t="s">
         <v>4582</v>
       </c>
       <c r="C917" t="s">
         <v>4583</v>
       </c>
       <c r="D917" t="s">
         <v>4584</v>
       </c>
       <c r="E917" t="s">
         <v>4585</v>
       </c>
       <c r="F917" t="s">
         <v>4586</v>
       </c>
       <c r="G917" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="918">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B918" t="s">
         <v>4587</v>
       </c>
       <c r="C918" t="s">
         <v>4588</v>
       </c>
       <c r="D918" t="s">
         <v>4589</v>
       </c>
       <c r="E918" t="s">
         <v>4590</v>
       </c>
       <c r="F918" t="s">
         <v>4591</v>
       </c>
       <c r="G918" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="919">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B919" t="s">
         <v>4592</v>
       </c>
       <c r="C919" t="s">
         <v>4593</v>
       </c>
       <c r="D919" t="s">
         <v>4594</v>
       </c>
       <c r="E919" t="s">
         <v>4595</v>
       </c>
       <c r="F919" t="s">
         <v>4596</v>
       </c>
       <c r="G919" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="920">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B920" t="s">
         <v>4597</v>
       </c>
       <c r="C920" t="s">
         <v>4598</v>
       </c>
       <c r="D920" t="s">
         <v>4599</v>
       </c>
       <c r="E920" t="s">
         <v>4600</v>
       </c>
       <c r="F920" t="s">
         <v>4601</v>
       </c>
       <c r="G920" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="921">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B921" t="s">
         <v>4602</v>
       </c>
       <c r="C921" t="s">
         <v>4603</v>
       </c>
       <c r="D921" t="s">
         <v>4604</v>
       </c>
       <c r="E921" t="s">
         <v>4605</v>
       </c>
       <c r="F921" t="s">
         <v>4606</v>
       </c>
       <c r="G921" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="922">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B922" t="s">
         <v>4607</v>
       </c>
       <c r="C922" t="s">
         <v>4608</v>
       </c>
       <c r="D922" t="s">
         <v>4609</v>
       </c>
       <c r="E922" t="s">
         <v>4610</v>
       </c>
       <c r="F922" t="s">
         <v>4611</v>
       </c>
       <c r="G922" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="923">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B923" t="s">
         <v>4612</v>
       </c>
       <c r="C923" t="s">
         <v>4613</v>
       </c>
       <c r="D923" t="s">
         <v>4614</v>
       </c>
       <c r="E923" t="s">
         <v>4615</v>
       </c>
       <c r="F923" t="s">
         <v>4616</v>
       </c>
       <c r="G923" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="924">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B924" t="s">
         <v>4617</v>
       </c>
       <c r="C924" t="s">
         <v>4618</v>
       </c>
       <c r="D924" t="s">
         <v>4619</v>
       </c>
       <c r="E924" t="s">
         <v>4620</v>
       </c>
       <c r="F924" t="s">
         <v>4621</v>
       </c>
       <c r="G924" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="925">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B925" t="s">
         <v>4622</v>
       </c>
       <c r="C925" t="s">
         <v>4623</v>
       </c>
       <c r="D925" t="s">
         <v>4624</v>
       </c>
       <c r="E925" t="s">
         <v>4625</v>
       </c>
       <c r="F925" t="s">
         <v>4626</v>
       </c>
       <c r="G925" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="926">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B926" t="s">
         <v>4627</v>
       </c>
       <c r="C926" t="s">
         <v>4628</v>
       </c>
       <c r="D926" t="s">
         <v>4629</v>
       </c>
       <c r="E926" t="s">
         <v>4630</v>
       </c>
       <c r="F926" t="s">
         <v>4631</v>
       </c>
       <c r="G926" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="927">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B927" t="s">
         <v>4632</v>
       </c>
       <c r="C927" t="s">
         <v>4633</v>
       </c>
       <c r="D927" t="s">
         <v>4634</v>
       </c>
       <c r="E927" t="s">
         <v>4635</v>
       </c>
       <c r="F927" t="s">
         <v>4636</v>
       </c>
       <c r="G927" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="928">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B928" t="s">
         <v>4637</v>
       </c>
       <c r="C928" t="s">
         <v>4638</v>
       </c>
       <c r="D928" t="s">
         <v>4639</v>
       </c>
       <c r="E928" t="s">
         <v>4640</v>
       </c>
       <c r="F928" t="s">
         <v>4641</v>
       </c>
       <c r="G928" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="929">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B929" t="s">
         <v>4642</v>
       </c>
       <c r="C929" t="s">
         <v>4643</v>
       </c>
       <c r="D929" t="s">
         <v>4644</v>
       </c>
       <c r="E929" t="s">
         <v>4645</v>
       </c>
       <c r="F929" t="s">
         <v>4646</v>
       </c>
       <c r="G929" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="930">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B930" t="s">
         <v>4647</v>
       </c>
       <c r="C930" t="s">
         <v>4648</v>
       </c>
       <c r="D930" t="s">
         <v>4649</v>
       </c>
       <c r="E930" t="s">
         <v>4650</v>
       </c>
       <c r="F930" t="s">
         <v>4651</v>
       </c>
       <c r="G930" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="931">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B931" t="s">
         <v>4652</v>
       </c>
       <c r="C931" t="s">
         <v>4653</v>
       </c>
       <c r="D931" t="s">
         <v>4654</v>
       </c>
       <c r="E931" t="s">
         <v>4655</v>
       </c>
       <c r="F931" t="s">
         <v>4656</v>
       </c>
       <c r="G931" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="932">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B932" t="s">
         <v>4657</v>
       </c>
       <c r="C932" t="s">
         <v>4658</v>
       </c>
       <c r="D932" t="s">
         <v>4659</v>
       </c>
       <c r="E932" t="s">
         <v>4660</v>
       </c>
       <c r="F932" t="s">
         <v>4661</v>
       </c>
       <c r="G932" s="1">
-        <v>0.013</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="933">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B933" t="s">
         <v>4662</v>
       </c>
       <c r="C933" t="s">
         <v>4663</v>
       </c>
       <c r="D933" t="s">
         <v>4664</v>
       </c>
       <c r="E933" t="s">
         <v>4665</v>
       </c>
       <c r="F933" t="s">
         <v>4666</v>
       </c>
       <c r="G933" s="1">
-        <v>0.013</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="934">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B934" t="s">
         <v>4667</v>
       </c>
       <c r="C934" t="s">
         <v>4668</v>
       </c>
       <c r="D934" t="s">
         <v>4669</v>
       </c>
       <c r="E934" t="s">
         <v>4670</v>
       </c>
       <c r="F934" t="s">
         <v>4671</v>
       </c>
       <c r="G934" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="935">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B935" t="s">
         <v>4672</v>
       </c>
       <c r="C935" t="s">
         <v>4673</v>
       </c>
       <c r="D935" t="s">
         <v>4674</v>
       </c>
       <c r="E935" t="s">
         <v>4675</v>
       </c>
       <c r="F935" t="s">
         <v>4676</v>
       </c>
       <c r="G935" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="936">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B936" t="s">
         <v>4677</v>
       </c>
       <c r="C936" t="s">
         <v>4678</v>
       </c>
       <c r="D936" t="s">
         <v>4679</v>
       </c>
       <c r="E936" t="s">
         <v>4680</v>
       </c>
       <c r="F936" t="s">
         <v>4681</v>
       </c>
       <c r="G936" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="937">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B937" t="s">
         <v>4682</v>
       </c>
       <c r="C937" t="s">
         <v>4683</v>
       </c>
       <c r="D937" t="s">
         <v>4684</v>
       </c>
       <c r="E937" t="s">
         <v>4685</v>
       </c>
       <c r="F937" t="s">
         <v>4686</v>
       </c>
       <c r="G937" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="938">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B938" t="s">
         <v>4687</v>
       </c>
       <c r="C938" t="s">
         <v>4688</v>
       </c>
       <c r="D938" t="s">
         <v>4689</v>
       </c>
       <c r="E938" t="s">
         <v>4690</v>
       </c>
       <c r="F938" t="s">
         <v>4691</v>
       </c>
       <c r="G938" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="939">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B939" t="s">
         <v>4692</v>
       </c>
       <c r="C939" t="s">
         <v>4693</v>
       </c>
       <c r="D939" t="s">
         <v>4694</v>
       </c>
       <c r="E939" t="s">
         <v>4695</v>
       </c>
       <c r="F939" t="s">
         <v>4696</v>
       </c>
       <c r="G939" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="940">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B940" t="s">
         <v>4697</v>
       </c>
       <c r="C940" t="s">
         <v>4698</v>
       </c>
       <c r="D940" t="s">
         <v>4699</v>
       </c>
       <c r="E940" t="s">
         <v>4700</v>
       </c>
       <c r="F940" t="s">
         <v>4701</v>
       </c>
       <c r="G940" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="941">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B941" t="s">
         <v>4702</v>
       </c>
       <c r="C941" t="s">
         <v>4703</v>
       </c>
       <c r="D941" t="s">
         <v>4704</v>
       </c>
       <c r="E941" t="s">
         <v>4705</v>
       </c>
       <c r="F941" t="s">
         <v>4706</v>
       </c>
       <c r="G941" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="942">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B942" t="s">
         <v>4707</v>
       </c>
       <c r="C942" t="s">
         <v>4708</v>
       </c>
       <c r="D942" t="s">
         <v>4709</v>
       </c>
       <c r="E942" t="s">
         <v>4710</v>
       </c>
       <c r="F942" t="s">
         <v>4711</v>
       </c>
       <c r="G942" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="943">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B943" t="s">
         <v>4712</v>
       </c>
       <c r="C943" t="s">
         <v>4713</v>
       </c>
       <c r="D943" t="s">
         <v>4714</v>
       </c>
       <c r="E943" t="s">
         <v>4715</v>
       </c>
       <c r="F943" t="s">
         <v>4716</v>
       </c>
       <c r="G943" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="944">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B944" t="s">
         <v>4717</v>
       </c>
       <c r="C944" t="s">
         <v>4718</v>
       </c>
       <c r="D944" t="s">
         <v>4719</v>
       </c>
       <c r="E944" t="s">
         <v>4720</v>
       </c>
       <c r="F944" t="s">
         <v>4721</v>
       </c>
       <c r="G944" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="945">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B945" t="s">
         <v>4722</v>
       </c>
       <c r="C945" t="s">
         <v>4723</v>
       </c>
       <c r="D945" t="s">
         <v>4724</v>
       </c>
       <c r="E945" t="s">
         <v>4725</v>
       </c>
       <c r="F945" t="s">
         <v>4726</v>
       </c>
       <c r="G945" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="946">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B946" t="s">
         <v>4727</v>
       </c>
       <c r="C946" t="s">
         <v>4728</v>
       </c>
       <c r="D946" t="s">
         <v>4729</v>
       </c>
       <c r="E946" t="s">
         <v>4730</v>
       </c>
       <c r="F946" t="s">
         <v>4731</v>
       </c>
       <c r="G946" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="947">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B947" t="s">
         <v>4732</v>
       </c>
       <c r="C947" t="s">
         <v>4733</v>
       </c>
       <c r="D947" t="s">
         <v>4734</v>
       </c>
       <c r="E947" t="s">
         <v>4735</v>
       </c>
       <c r="F947" t="s">
         <v>4736</v>
       </c>
       <c r="G947" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="948">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B948" t="s">
         <v>4737</v>
       </c>
       <c r="C948" t="s">
         <v>4738</v>
       </c>
       <c r="D948" t="s">
         <v>4739</v>
       </c>
       <c r="E948" t="s">
         <v>4740</v>
       </c>
       <c r="F948" t="s">
         <v>4741</v>
       </c>
       <c r="G948" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="949">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B949" t="s">
         <v>4742</v>
       </c>
       <c r="C949" t="s">
         <v>4743</v>
       </c>
       <c r="D949" t="s">
         <v>4744</v>
       </c>
       <c r="E949" t="s">
         <v>4745</v>
       </c>
       <c r="F949" t="s">
         <v>4746</v>
       </c>
       <c r="G949" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="950">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B950" t="s">
         <v>4747</v>
       </c>
       <c r="C950" t="s">
         <v>4748</v>
       </c>
       <c r="D950" t="s">
         <v>4749</v>
       </c>
       <c r="E950" t="s">
         <v>4750</v>
       </c>
       <c r="F950" t="s">
         <v>4751</v>
       </c>
       <c r="G950" s="1">
-        <v>0.012</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="951">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B951" t="s">
         <v>4752</v>
       </c>
       <c r="C951" t="s">
         <v>4753</v>
       </c>
       <c r="D951" t="s">
         <v>4754</v>
       </c>
       <c r="E951" t="s">
         <v>4755</v>
       </c>
       <c r="F951" t="s">
         <v>4756</v>
       </c>
       <c r="G951" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="952">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B952" t="s">
         <v>4757</v>
       </c>
       <c r="C952" t="s">
         <v>4758</v>
       </c>
       <c r="D952" t="s">
         <v>4759</v>
       </c>
       <c r="E952" t="s">
         <v>4760</v>
       </c>
       <c r="F952" t="s">
         <v>4761</v>
       </c>
       <c r="G952" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="953">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B953" t="s">
         <v>4762</v>
       </c>
       <c r="C953" t="s">
         <v>4763</v>
       </c>
       <c r="D953" t="s">
         <v>4764</v>
       </c>
       <c r="E953" t="s">
         <v>4765</v>
       </c>
       <c r="F953" t="s">
         <v>4766</v>
       </c>
       <c r="G953" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="954">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B954" t="s">
         <v>4767</v>
       </c>
       <c r="C954" t="s">
         <v>4768</v>
       </c>
       <c r="D954" t="s">
         <v>4769</v>
       </c>
       <c r="E954" t="s">
         <v>4770</v>
       </c>
       <c r="F954" t="s">
         <v>4771</v>
       </c>
       <c r="G954" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="955">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B955" t="s">
         <v>4772</v>
       </c>
       <c r="C955" t="s">
         <v>4773</v>
       </c>
       <c r="D955" t="s">
         <v>4774</v>
       </c>
       <c r="E955" t="s">
         <v>4775</v>
       </c>
       <c r="F955" t="s">
         <v>4776</v>
       </c>
       <c r="G955" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="956">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B956" t="s">
         <v>4777</v>
       </c>
       <c r="C956" t="s">
         <v>4778</v>
       </c>
       <c r="D956" t="s">
         <v>4779</v>
       </c>
       <c r="E956" t="s">
         <v>4780</v>
       </c>
       <c r="F956" t="s">
         <v>4781</v>
       </c>
       <c r="G956" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="957">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B957" t="s">
         <v>4782</v>
       </c>
       <c r="C957" t="s">
         <v>4783</v>
       </c>
       <c r="D957" t="s">
         <v>4784</v>
       </c>
       <c r="E957" t="s">
         <v>4785</v>
       </c>
       <c r="F957" t="s">
         <v>4786</v>
       </c>
       <c r="G957" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="958">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B958" t="s">
         <v>4787</v>
       </c>
       <c r="C958" t="s">
         <v>4788</v>
       </c>
       <c r="D958" t="s">
         <v>4789</v>
       </c>
       <c r="E958" t="s">
         <v>4790</v>
       </c>
       <c r="F958" t="s">
         <v>4791</v>
       </c>
       <c r="G958" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="959">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B959" t="s">
         <v>4792</v>
       </c>
       <c r="C959" t="s">
         <v>4793</v>
       </c>
       <c r="D959" t="s">
         <v>4794</v>
       </c>
       <c r="E959" t="s">
         <v>4795</v>
       </c>
       <c r="F959" t="s">
         <v>4796</v>
       </c>
       <c r="G959" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="960">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B960" t="s">
         <v>4797</v>
       </c>
       <c r="C960" t="s">
         <v>4798</v>
       </c>
       <c r="D960" t="s">
         <v>4799</v>
       </c>
       <c r="E960" t="s">
         <v>4800</v>
       </c>
       <c r="F960" t="s">
         <v>4801</v>
       </c>
       <c r="G960" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="961">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B961" t="s">
         <v>4802</v>
       </c>
       <c r="C961" t="s">
         <v>4803</v>
       </c>
       <c r="D961" t="s">
         <v>4804</v>
       </c>
       <c r="E961" t="s">
         <v>4805</v>
       </c>
       <c r="F961" t="s">
         <v>4806</v>
       </c>
       <c r="G961" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="962">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B962" t="s">
         <v>4807</v>
       </c>
       <c r="C962" t="s">
         <v>4808</v>
       </c>
       <c r="D962" t="s">
         <v>4809</v>
       </c>
       <c r="E962" t="s">
         <v>4810</v>
       </c>
       <c r="F962" t="s">
         <v>4811</v>
       </c>
       <c r="G962" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="963">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B963" t="s">
         <v>4812</v>
       </c>
       <c r="C963" t="s">
         <v>4813</v>
       </c>
       <c r="D963" t="s">
         <v>4814</v>
       </c>
       <c r="E963" t="s">
         <v>4815</v>
       </c>
       <c r="F963" t="s">
         <v>4816</v>
       </c>
       <c r="G963" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="964">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B964" t="s">
         <v>4817</v>
       </c>
       <c r="C964" t="s">
         <v>4818</v>
       </c>
       <c r="D964" t="s">
         <v>4819</v>
       </c>
       <c r="E964" t="s">
         <v>4820</v>
       </c>
       <c r="F964" t="s">
         <v>4821</v>
       </c>
       <c r="G964" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="965">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B965" t="s">
         <v>4822</v>
       </c>
       <c r="C965" t="s">
         <v>4823</v>
       </c>
       <c r="D965" t="s">
         <v>4824</v>
       </c>
       <c r="E965" t="s">
         <v>4825</v>
       </c>
       <c r="F965" t="s">
         <v>4826</v>
       </c>
       <c r="G965" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="966">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B966" t="s">
         <v>4827</v>
       </c>
       <c r="C966" t="s">
         <v>4828</v>
       </c>
       <c r="D966" t="s">
         <v>4829</v>
       </c>
       <c r="E966" t="s">
         <v>4830</v>
       </c>
       <c r="F966" t="s">
         <v>4831</v>
       </c>
       <c r="G966" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="967">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B967" t="s">
         <v>4832</v>
       </c>
       <c r="C967" t="s">
         <v>4833</v>
       </c>
       <c r="D967" t="s">
         <v>4834</v>
       </c>
       <c r="E967" t="s">
         <v>4835</v>
       </c>
       <c r="F967" t="s">
         <v>4836</v>
       </c>
       <c r="G967" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="968">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B968" t="s">
         <v>4837</v>
       </c>
       <c r="C968" t="s">
         <v>4838</v>
       </c>
       <c r="D968" t="s">
         <v>4839</v>
       </c>
       <c r="E968" t="s">
         <v>4840</v>
       </c>
       <c r="F968" t="s">
         <v>4841</v>
       </c>
       <c r="G968" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="969">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B969" t="s">
         <v>4842</v>
       </c>
       <c r="C969" t="s">
         <v>4843</v>
       </c>
       <c r="D969" t="s">
         <v>4844</v>
       </c>
       <c r="E969" t="s">
         <v>4845</v>
       </c>
       <c r="F969" t="s">
         <v>4846</v>
       </c>
       <c r="G969" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="970">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B970" t="s">
         <v>4847</v>
       </c>
       <c r="C970" t="s">
         <v>4848</v>
       </c>
       <c r="D970" t="s">
         <v>4849</v>
       </c>
       <c r="E970" t="s">
         <v>4850</v>
       </c>
       <c r="F970" t="s">
         <v>4851</v>
       </c>
       <c r="G970" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="971">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B971" t="s">
         <v>4852</v>
       </c>
       <c r="C971" t="s">
         <v>4853</v>
       </c>
       <c r="D971" t="s">
         <v>4854</v>
       </c>
       <c r="E971" t="s">
         <v>4855</v>
       </c>
       <c r="F971" t="s">
         <v>4856</v>
       </c>
       <c r="G971" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="972">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B972" t="s">
         <v>4857</v>
       </c>
       <c r="C972" t="s">
         <v>4858</v>
       </c>
       <c r="D972" t="s">
         <v>4859</v>
       </c>
       <c r="E972" t="s">
         <v>4860</v>
       </c>
       <c r="F972" t="s">
         <v>4861</v>
       </c>
       <c r="G972" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="973">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B973" t="s">
         <v>4862</v>
       </c>
       <c r="C973" t="s">
         <v>4863</v>
       </c>
       <c r="D973" t="s">
         <v>4864</v>
       </c>
       <c r="E973" t="s">
         <v>4865</v>
       </c>
       <c r="F973" t="s">
         <v>4866</v>
       </c>
       <c r="G973" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="974">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B974" t="s">
         <v>4867</v>
       </c>
       <c r="C974" t="s">
         <v>4868</v>
       </c>
       <c r="D974" t="s">
         <v>4869</v>
       </c>
       <c r="E974" t="s">
         <v>4870</v>
       </c>
       <c r="F974" t="s">
         <v>4871</v>
       </c>
       <c r="G974" s="1">
-        <v>0.011</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="975">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B975" t="s">
         <v>4872</v>
       </c>
       <c r="C975" t="s">
         <v>4873</v>
       </c>
       <c r="D975" t="s">
         <v>4874</v>
       </c>
       <c r="E975" t="s">
         <v>4875</v>
       </c>
       <c r="F975" t="s">
         <v>4876</v>
       </c>
       <c r="G975" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="976">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B976" t="s">
         <v>4877</v>
       </c>
       <c r="C976" t="s">
         <v>4878</v>
       </c>
       <c r="D976" t="s">
         <v>4879</v>
       </c>
       <c r="E976" t="s">
         <v>4880</v>
       </c>
       <c r="F976" t="s">
         <v>4881</v>
       </c>
       <c r="G976" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="977">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B977" t="s">
         <v>4882</v>
       </c>
       <c r="C977" t="s">
         <v>4883</v>
       </c>
       <c r="D977" t="s">
         <v>4884</v>
       </c>
       <c r="E977" t="s">
         <v>4885</v>
       </c>
       <c r="F977" t="s">
         <v>4886</v>
       </c>
       <c r="G977" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="978">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B978" t="s">
         <v>4887</v>
       </c>
       <c r="C978" t="s">
         <v>4888</v>
       </c>
       <c r="D978" t="s">
         <v>4889</v>
       </c>
       <c r="E978" t="s">
         <v>4890</v>
       </c>
       <c r="F978" t="s">
         <v>4891</v>
       </c>
       <c r="G978" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="979">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B979" t="s">
         <v>4892</v>
       </c>
       <c r="C979" t="s">
         <v>4893</v>
       </c>
       <c r="D979" t="s">
         <v>4894</v>
       </c>
       <c r="E979" t="s">
         <v>4895</v>
       </c>
       <c r="F979" t="s">
         <v>4896</v>
       </c>
       <c r="G979" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="980">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B980" t="s">
         <v>4897</v>
       </c>
       <c r="C980" t="s">
         <v>4898</v>
       </c>
       <c r="D980" t="s">
         <v>4899</v>
       </c>
       <c r="E980" t="s">
         <v>4900</v>
       </c>
       <c r="F980" t="s">
         <v>4901</v>
       </c>
       <c r="G980" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="981">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B981" t="s">
         <v>4902</v>
       </c>
       <c r="C981" t="s">
         <v>4903</v>
       </c>
       <c r="D981" t="s">
         <v>4904</v>
       </c>
       <c r="E981" t="s">
         <v>4905</v>
       </c>
       <c r="F981" t="s">
         <v>4906</v>
       </c>
       <c r="G981" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="982">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B982" t="s">
         <v>4907</v>
       </c>
       <c r="C982" t="s">
         <v>4908</v>
       </c>
       <c r="D982" t="s">
         <v>4909</v>
       </c>
       <c r="E982" t="s">
         <v>4910</v>
       </c>
       <c r="F982" t="s">
         <v>4911</v>
       </c>
       <c r="G982" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="983">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B983" t="s">
         <v>4912</v>
       </c>
       <c r="C983" t="s">
         <v>4913</v>
       </c>
       <c r="D983" t="s">
         <v>4914</v>
       </c>
       <c r="E983" t="s">
         <v>4915</v>
       </c>
       <c r="F983" t="s">
         <v>4916</v>
       </c>
       <c r="G983" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="984">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B984" t="s">
         <v>4917</v>
       </c>
       <c r="C984" t="s">
         <v>4918</v>
       </c>
       <c r="D984" t="s">
         <v>4919</v>
       </c>
       <c r="E984" t="s">
         <v>4920</v>
       </c>
       <c r="F984" t="s">
         <v>4921</v>
       </c>
       <c r="G984" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="985">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B985" t="s">
         <v>4922</v>
       </c>
       <c r="C985" t="s">
         <v>4923</v>
       </c>
       <c r="D985" t="s">
         <v>4924</v>
       </c>
       <c r="E985" t="s">
         <v>4925</v>
       </c>
       <c r="F985" t="s">
         <v>4926</v>
       </c>
       <c r="G985" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="986">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B986" t="s">
         <v>4927</v>
       </c>
       <c r="C986" t="s">
         <v>4928</v>
       </c>
       <c r="D986" t="s">
         <v>4929</v>
       </c>
       <c r="E986" t="s">
         <v>4930</v>
       </c>
       <c r="F986" t="s">
         <v>4931</v>
       </c>
       <c r="G986" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="987">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B987" t="s">
         <v>4932</v>
       </c>
       <c r="C987" t="s">
         <v>4933</v>
       </c>
       <c r="D987" t="s">
         <v>4934</v>
       </c>
       <c r="E987" t="s">
         <v>4935</v>
       </c>
       <c r="F987" t="s">
         <v>4936</v>
       </c>
       <c r="G987" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="988">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B988" t="s">
         <v>4937</v>
       </c>
       <c r="C988" t="s">
         <v>4938</v>
       </c>
       <c r="D988" t="s">
         <v>4939</v>
       </c>
       <c r="E988" t="s">
         <v>4940</v>
       </c>
       <c r="F988" t="s">
         <v>4941</v>
       </c>
       <c r="G988" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="989">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B989" t="s">
         <v>4942</v>
       </c>
       <c r="C989" t="s">
         <v>4943</v>
       </c>
       <c r="D989" t="s">
         <v>4944</v>
       </c>
       <c r="E989" t="s">
         <v>4945</v>
       </c>
       <c r="F989" t="s">
         <v>4946</v>
       </c>
       <c r="G989" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="990">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B990" t="s">
         <v>4947</v>
       </c>
       <c r="C990" t="s">
         <v>4948</v>
       </c>
       <c r="D990" t="s">
         <v>4949</v>
       </c>
       <c r="E990" t="s">
         <v>4950</v>
       </c>
       <c r="F990" t="s">
         <v>4951</v>
       </c>
       <c r="G990" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="991">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B991" t="s">
         <v>4952</v>
       </c>
       <c r="C991" t="s">
         <v>4953</v>
       </c>
       <c r="D991" t="s">
         <v>4954</v>
       </c>
       <c r="E991" t="s">
         <v>4955</v>
       </c>
       <c r="F991" t="s">
         <v>4956</v>
       </c>
       <c r="G991" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="992">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B992" t="s">
         <v>4957</v>
       </c>
       <c r="C992" t="s">
         <v>4958</v>
       </c>
       <c r="D992" t="s">
         <v>4959</v>
       </c>
       <c r="E992" t="s">
         <v>4960</v>
       </c>
       <c r="F992" t="s">
         <v>4961</v>
       </c>
       <c r="G992" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="993">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B993" t="s">
         <v>4962</v>
       </c>
       <c r="C993" t="s">
         <v>4963</v>
       </c>
       <c r="D993" t="s">
         <v>4964</v>
       </c>
       <c r="E993" t="s">
         <v>4965</v>
       </c>
       <c r="F993" t="s">
         <v>4966</v>
       </c>
       <c r="G993" s="1">
-        <v>0.01</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="994">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B994" t="s">
         <v>4967</v>
       </c>
       <c r="C994" t="s">
         <v>4968</v>
       </c>
       <c r="D994" t="s">
         <v>4969</v>
       </c>
       <c r="E994" t="s">
         <v>4970</v>
       </c>
       <c r="F994" t="s">
         <v>4971</v>
       </c>
       <c r="G994" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="995">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B995" t="s">
         <v>4972</v>
       </c>
       <c r="C995" t="s">
         <v>4973</v>
       </c>
       <c r="D995" t="s">
         <v>4974</v>
       </c>
       <c r="E995" t="s">
         <v>4975</v>
       </c>
       <c r="F995" t="s">
         <v>4976</v>
       </c>
       <c r="G995" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="996">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B996" t="s">
         <v>4977</v>
       </c>
       <c r="C996" t="s">
         <v>4978</v>
       </c>
       <c r="D996" t="s">
         <v>4979</v>
       </c>
       <c r="E996" t="s">
         <v>4980</v>
       </c>
       <c r="F996" t="s">
         <v>4981</v>
       </c>
       <c r="G996" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="997">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B997" t="s">
         <v>4982</v>
       </c>
       <c r="C997" t="s">
         <v>4983</v>
       </c>
       <c r="D997" t="s">
         <v>4984</v>
       </c>
       <c r="E997" t="s">
         <v>4985</v>
       </c>
       <c r="F997" t="s">
         <v>4986</v>
       </c>
       <c r="G997" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="998">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B998" t="s">
         <v>4987</v>
       </c>
       <c r="C998" t="s">
         <v>4988</v>
       </c>
       <c r="D998" t="s">
         <v>4989</v>
       </c>
       <c r="E998" t="s">
         <v>4990</v>
       </c>
       <c r="F998" t="s">
         <v>4991</v>
       </c>
       <c r="G998" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="999">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B999" t="s">
         <v>4992</v>
       </c>
       <c r="C999" t="s">
         <v>4993</v>
       </c>
       <c r="D999" t="s">
         <v>4994</v>
       </c>
       <c r="E999" t="s">
         <v>4995</v>
       </c>
       <c r="F999" t="s">
         <v>4996</v>
       </c>
       <c r="G999" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="1000">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1000" t="s">
         <v>4997</v>
       </c>
       <c r="C1000" t="s">
         <v>4998</v>
       </c>
       <c r="D1000" t="s">
         <v>4999</v>
       </c>
       <c r="E1000" t="s">
         <v>5000</v>
       </c>
       <c r="F1000" t="s">
         <v>5001</v>
       </c>
       <c r="G1000" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="1001">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1001" t="s">
         <v>5002</v>
       </c>
       <c r="C1001" t="s">
         <v>5003</v>
       </c>
       <c r="D1001" t="s">
         <v>5004</v>
       </c>
       <c r="E1001" t="s">
         <v>5005</v>
       </c>
       <c r="F1001" t="s">
         <v>5006</v>
       </c>
       <c r="G1001" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="1002">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1002" t="s">
         <v>5007</v>
       </c>
       <c r="C1002" t="s">
         <v>5008</v>
       </c>
       <c r="D1002" t="s">
         <v>5009</v>
       </c>
       <c r="E1002" t="s">
         <v>5010</v>
       </c>
       <c r="F1002" t="s">
         <v>5011</v>
       </c>
       <c r="G1002" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="1003">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1003" t="s">
         <v>5012</v>
       </c>
       <c r="C1003" t="s">
         <v>5013</v>
       </c>
       <c r="D1003" t="s">
         <v>5014</v>
       </c>
       <c r="E1003" t="s">
         <v>5015</v>
       </c>
       <c r="F1003" t="s">
         <v>5016</v>
       </c>
       <c r="G1003" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="1004">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1004" t="s">
         <v>5017</v>
       </c>
       <c r="C1004" t="s">
         <v>5018</v>
       </c>
       <c r="D1004" t="s">
         <v>5019</v>
       </c>
       <c r="E1004" t="s">
         <v>5020</v>
       </c>
       <c r="F1004" t="s">
         <v>5021</v>
       </c>
       <c r="G1004" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="1005">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1005" t="s">
         <v>5022</v>
       </c>
       <c r="C1005" t="s">
         <v>5023</v>
       </c>
       <c r="D1005" t="s">
         <v>5024</v>
       </c>
       <c r="E1005" t="s">
         <v>5025</v>
       </c>
       <c r="F1005" t="s">
         <v>5026</v>
       </c>
       <c r="G1005" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="1006">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1006" t="s">
         <v>5027</v>
       </c>
       <c r="C1006" t="s">
         <v>5028</v>
       </c>
       <c r="D1006" t="s">
         <v>5029</v>
       </c>
       <c r="E1006" t="s">
         <v>5030</v>
       </c>
       <c r="F1006" t="s">
         <v>5031</v>
       </c>
       <c r="G1006" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="1007">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1007" t="s">
         <v>5032</v>
       </c>
       <c r="C1007" t="s">
         <v>5033</v>
       </c>
       <c r="D1007" t="s">
         <v>5034</v>
       </c>
       <c r="E1007" t="s">
         <v>5035</v>
       </c>
       <c r="F1007" t="s">
         <v>5036</v>
       </c>
       <c r="G1007" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="1008">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1008" t="s">
         <v>5037</v>
       </c>
       <c r="C1008" t="s">
         <v>5038</v>
       </c>
       <c r="D1008" t="s">
         <v>5039</v>
       </c>
       <c r="E1008" t="s">
         <v>5040</v>
       </c>
       <c r="F1008" t="s">
         <v>5041</v>
       </c>
       <c r="G1008" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="1009">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1009" t="s">
         <v>5042</v>
       </c>
       <c r="C1009" t="s">
         <v>5043</v>
       </c>
       <c r="D1009" t="s">
         <v>5044</v>
       </c>
       <c r="E1009" t="s">
         <v>5045</v>
       </c>
       <c r="F1009" t="s">
         <v>5046</v>
       </c>
       <c r="G1009" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="1010">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1010" t="s">
         <v>5047</v>
       </c>
       <c r="C1010" t="s">
         <v>5048</v>
       </c>
       <c r="D1010" t="s">
         <v>5049</v>
       </c>
       <c r="E1010" t="s">
         <v>5050</v>
       </c>
       <c r="F1010" t="s">
         <v>5051</v>
       </c>
       <c r="G1010" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="1011">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1011" t="s">
         <v>5052</v>
       </c>
       <c r="C1011" t="s">
         <v>5053</v>
       </c>
       <c r="D1011" t="s">
         <v>5054</v>
       </c>
       <c r="E1011" t="s">
         <v>5055</v>
       </c>
       <c r="F1011" t="s">
         <v>5056</v>
       </c>
       <c r="G1011" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="1012">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1012" t="s">
         <v>5057</v>
       </c>
       <c r="C1012" t="s">
         <v>5058</v>
       </c>
       <c r="D1012" t="s">
         <v>5059</v>
       </c>
       <c r="E1012" t="s">
         <v>5060</v>
       </c>
       <c r="F1012" t="s">
         <v>5061</v>
       </c>
       <c r="G1012" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="1013">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1013" t="s">
         <v>5062</v>
       </c>
       <c r="C1013" t="s">
         <v>5063</v>
       </c>
       <c r="D1013" t="s">
         <v>5064</v>
       </c>
       <c r="E1013" t="s">
         <v>5065</v>
       </c>
       <c r="F1013" t="s">
         <v>5066</v>
       </c>
       <c r="G1013" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="1014">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1014" t="s">
         <v>5067</v>
       </c>
       <c r="C1014" t="s">
         <v>5068</v>
       </c>
       <c r="D1014" t="s">
         <v>5069</v>
       </c>
       <c r="E1014" t="s">
         <v>5070</v>
       </c>
       <c r="F1014" t="s">
         <v>5071</v>
       </c>
       <c r="G1014" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="1015">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1015" t="s">
         <v>5072</v>
       </c>
       <c r="C1015" t="s">
         <v>5073</v>
       </c>
       <c r="D1015" t="s">
         <v>5074</v>
       </c>
       <c r="E1015" t="s">
         <v>5075</v>
       </c>
       <c r="F1015" t="s">
         <v>5076</v>
       </c>
       <c r="G1015" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="1016">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1016" t="s">
         <v>5077</v>
       </c>
       <c r="C1016" t="s">
         <v>5078</v>
       </c>
       <c r="D1016" t="s">
         <v>5079</v>
       </c>
       <c r="E1016" t="s">
         <v>5080</v>
       </c>
       <c r="F1016" t="s">
         <v>5081</v>
       </c>
       <c r="G1016" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="1017">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1017" t="s">
         <v>5082</v>
       </c>
       <c r="C1017" t="s">
         <v>5083</v>
       </c>
       <c r="D1017" t="s">
         <v>5084</v>
       </c>
       <c r="E1017" t="s">
         <v>5085</v>
       </c>
       <c r="F1017" t="s">
         <v>5086</v>
       </c>
       <c r="G1017" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="1018">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1018" t="s">
         <v>5087</v>
       </c>
       <c r="C1018" t="s">
         <v>5088</v>
       </c>
       <c r="D1018" t="s">
         <v>5089</v>
       </c>
       <c r="E1018" t="s">
         <v>5090</v>
       </c>
       <c r="F1018" t="s">
         <v>5091</v>
       </c>
       <c r="G1018" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="1019">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1019" t="s">
         <v>5092</v>
       </c>
       <c r="C1019" t="s">
         <v>5093</v>
       </c>
       <c r="D1019" t="s">
         <v>5094</v>
       </c>
       <c r="E1019" t="s">
         <v>5095</v>
       </c>
       <c r="F1019" t="s">
         <v>5096</v>
       </c>
       <c r="G1019" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="1020">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1020" t="s">
         <v>5097</v>
       </c>
       <c r="C1020" t="s">
         <v>5098</v>
       </c>
       <c r="D1020" t="s">
         <v>5099</v>
       </c>
       <c r="E1020" t="s">
         <v>5100</v>
       </c>
       <c r="F1020" t="s">
         <v>5101</v>
       </c>
       <c r="G1020" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="1021">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1021" t="s">
         <v>5102</v>
       </c>
       <c r="C1021" t="s">
         <v>5103</v>
       </c>
       <c r="D1021" t="s">
         <v>5104</v>
       </c>
       <c r="E1021" t="s">
         <v>5105</v>
       </c>
       <c r="F1021" t="s">
         <v>5106</v>
       </c>
       <c r="G1021" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="1022">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1022" t="s">
         <v>5107</v>
       </c>
       <c r="C1022" t="s">
         <v>5108</v>
       </c>
       <c r="D1022" t="s">
         <v>5109</v>
       </c>
       <c r="E1022" t="s">
         <v>5110</v>
       </c>
       <c r="F1022" t="s">
         <v>5111</v>
       </c>
       <c r="G1022" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="1023">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1023" t="s">
         <v>5112</v>
       </c>
       <c r="C1023" t="s">
         <v>5113</v>
       </c>
       <c r="D1023" t="s">
         <v>5114</v>
       </c>
       <c r="E1023" t="s">
         <v>5115</v>
       </c>
       <c r="F1023" t="s">
         <v>5116</v>
       </c>
       <c r="G1023" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="1024">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1024" t="s">
         <v>5117</v>
       </c>
       <c r="C1024" t="s">
         <v>5118</v>
       </c>
       <c r="D1024" t="s">
         <v>5119</v>
       </c>
       <c r="E1024" t="s">
         <v>5120</v>
       </c>
       <c r="F1024" t="s">
         <v>5121</v>
       </c>
       <c r="G1024" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="1025">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1025" t="s">
         <v>5122</v>
       </c>
       <c r="C1025" t="s">
         <v>5123</v>
       </c>
       <c r="D1025" t="s">
         <v>5124</v>
       </c>
       <c r="E1025" t="s">
         <v>5125</v>
       </c>
       <c r="F1025" t="s">
         <v>5126</v>
       </c>
       <c r="G1025" s="1">
-        <v>0.009</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="1026">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1026" t="s">
         <v>5127</v>
       </c>
       <c r="C1026" t="s">
         <v>5128</v>
       </c>
       <c r="D1026" t="s">
         <v>5129</v>
       </c>
       <c r="E1026" t="s">
         <v>5130</v>
       </c>
       <c r="F1026" t="s">
         <v>5131</v>
       </c>
       <c r="G1026" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="1027">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1027" t="s">
         <v>5132</v>
       </c>
       <c r="C1027" t="s">
         <v>5133</v>
       </c>
       <c r="D1027" t="s">
         <v>5134</v>
       </c>
       <c r="E1027" t="s">
         <v>5135</v>
       </c>
       <c r="F1027" t="s">
         <v>5136</v>
       </c>
       <c r="G1027" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="1028">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1028" t="s">
         <v>5137</v>
       </c>
       <c r="C1028" t="s">
         <v>5138</v>
       </c>
       <c r="D1028" t="s">
         <v>5139</v>
       </c>
       <c r="E1028" t="s">
         <v>5140</v>
       </c>
       <c r="F1028" t="s">
         <v>5141</v>
       </c>
       <c r="G1028" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="1029">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1029" t="s">
         <v>5142</v>
       </c>
       <c r="C1029" t="s">
         <v>5143</v>
       </c>
       <c r="D1029" t="s">
         <v>5144</v>
       </c>
       <c r="E1029" t="s">
         <v>5145</v>
       </c>
       <c r="F1029" t="s">
         <v>5146</v>
       </c>
       <c r="G1029" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="1030">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1030" t="s">
         <v>5147</v>
       </c>
       <c r="C1030" t="s">
         <v>5148</v>
       </c>
       <c r="D1030" t="s">
         <v>5149</v>
       </c>
       <c r="E1030" t="s">
         <v>5150</v>
       </c>
       <c r="F1030" t="s">
         <v>5151</v>
       </c>
       <c r="G1030" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="1031">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1031" t="s">
         <v>5152</v>
       </c>
       <c r="C1031" t="s">
         <v>5153</v>
       </c>
       <c r="D1031" t="s">
         <v>5154</v>
       </c>
       <c r="E1031" t="s">
         <v>5155</v>
       </c>
       <c r="F1031" t="s">
         <v>5156</v>
       </c>
       <c r="G1031" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="1032">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1032" t="s">
         <v>5157</v>
       </c>
       <c r="C1032" t="s">
         <v>5158</v>
       </c>
       <c r="D1032" t="s">
         <v>5159</v>
       </c>
       <c r="E1032" t="s">
         <v>5160</v>
       </c>
       <c r="F1032" t="s">
         <v>5161</v>
       </c>
       <c r="G1032" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="1033">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1033" t="s">
         <v>5162</v>
       </c>
       <c r="C1033" t="s">
         <v>5163</v>
       </c>
       <c r="D1033" t="s">
         <v>5164</v>
       </c>
       <c r="E1033" t="s">
         <v>5165</v>
       </c>
       <c r="F1033" t="s">
         <v>5166</v>
       </c>
       <c r="G1033" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="1034">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1034" t="s">
         <v>5167</v>
       </c>
       <c r="C1034" t="s">
         <v>5168</v>
       </c>
       <c r="D1034" t="s">
         <v>5169</v>
       </c>
       <c r="E1034" t="s">
         <v>5170</v>
       </c>
       <c r="F1034" t="s">
         <v>5171</v>
       </c>
       <c r="G1034" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="1035">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1035" t="s">
         <v>5172</v>
       </c>
       <c r="C1035" t="s">
         <v>5173</v>
       </c>
       <c r="D1035" t="s">
         <v>5174</v>
       </c>
       <c r="E1035" t="s">
         <v>5175</v>
       </c>
       <c r="F1035" t="s">
         <v>5176</v>
       </c>
       <c r="G1035" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="1036">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1036" t="s">
         <v>5177</v>
       </c>
       <c r="C1036" t="s">
         <v>5178</v>
       </c>
       <c r="D1036" t="s">
         <v>5179</v>
       </c>
       <c r="E1036" t="s">
         <v>5180</v>
       </c>
       <c r="F1036" t="s">
         <v>5181</v>
       </c>
       <c r="G1036" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="1037">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1037" t="s">
         <v>5182</v>
       </c>
       <c r="C1037" t="s">
         <v>5183</v>
       </c>
       <c r="D1037" t="s">
         <v>5184</v>
       </c>
       <c r="E1037" t="s">
         <v>5185</v>
       </c>
       <c r="F1037" t="s">
         <v>5186</v>
       </c>
       <c r="G1037" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="1038">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1038" t="s">
         <v>5187</v>
       </c>
       <c r="C1038" t="s">
         <v>5188</v>
       </c>
       <c r="D1038" t="s">
         <v>5189</v>
       </c>
       <c r="E1038" t="s">
         <v>5190</v>
       </c>
       <c r="F1038" t="s">
         <v>5191</v>
       </c>
       <c r="G1038" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="1039">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1039" t="s">
         <v>5192</v>
       </c>
       <c r="C1039" t="s">
         <v>5193</v>
       </c>
       <c r="D1039" t="s">
         <v>5194</v>
       </c>
       <c r="E1039" t="s">
         <v>5195</v>
       </c>
       <c r="F1039" t="s">
         <v>5196</v>
       </c>
       <c r="G1039" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="1040">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1040" t="s">
         <v>5197</v>
       </c>
       <c r="C1040" t="s">
         <v>5198</v>
       </c>
       <c r="D1040" t="s">
         <v>5199</v>
       </c>
       <c r="E1040" t="s">
         <v>5200</v>
       </c>
       <c r="F1040" t="s">
         <v>5201</v>
       </c>
       <c r="G1040" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="1041">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1041" t="s">
         <v>5202</v>
       </c>
       <c r="C1041" t="s">
         <v>5203</v>
       </c>
       <c r="D1041" t="s">
         <v>5204</v>
       </c>
       <c r="E1041" t="s">
         <v>5205</v>
       </c>
       <c r="F1041" t="s">
         <v>5206</v>
       </c>
       <c r="G1041" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="1042">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1042" t="s">
         <v>5207</v>
       </c>
       <c r="C1042" t="s">
         <v>5208</v>
       </c>
       <c r="D1042" t="s">
         <v>5209</v>
       </c>
       <c r="E1042" t="s">
         <v>5210</v>
       </c>
       <c r="F1042" t="s">
         <v>5211</v>
       </c>
       <c r="G1042" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="1043">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1043" t="s">
         <v>5212</v>
       </c>
       <c r="C1043" t="s">
         <v>5213</v>
       </c>
       <c r="D1043" t="s">
         <v>5214</v>
       </c>
       <c r="E1043" t="s">
         <v>5215</v>
       </c>
       <c r="F1043" t="s">
         <v>5216</v>
       </c>
       <c r="G1043" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="1044">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1044" t="s">
         <v>5217</v>
       </c>
       <c r="C1044" t="s">
         <v>5218</v>
       </c>
       <c r="D1044" t="s">
         <v>5219</v>
       </c>
       <c r="E1044" t="s">
         <v>5220</v>
       </c>
       <c r="F1044" t="s">
         <v>5221</v>
       </c>
       <c r="G1044" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="1045">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1045" t="s">
         <v>5222</v>
       </c>
       <c r="C1045" t="s">
         <v>5223</v>
       </c>
       <c r="D1045" t="s">
         <v>5224</v>
       </c>
       <c r="E1045" t="s">
         <v>5225</v>
       </c>
       <c r="F1045" t="s">
         <v>5226</v>
       </c>
       <c r="G1045" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="1046">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1046" t="s">
         <v>5227</v>
       </c>
       <c r="C1046" t="s">
         <v>5228</v>
       </c>
       <c r="D1046" t="s">
         <v>5229</v>
       </c>
       <c r="E1046" t="s">
         <v>5230</v>
       </c>
       <c r="F1046" t="s">
         <v>5231</v>
       </c>
       <c r="G1046" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="1047">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1047" t="s">
         <v>5232</v>
       </c>
       <c r="C1047" t="s">
         <v>5233</v>
       </c>
       <c r="D1047" t="s">
         <v>5234</v>
       </c>
       <c r="E1047" t="s">
         <v>5235</v>
       </c>
       <c r="F1047" t="s">
         <v>5236</v>
       </c>
       <c r="G1047" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="1048">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1048" t="s">
         <v>5237</v>
       </c>
       <c r="C1048" t="s">
         <v>5238</v>
       </c>
       <c r="D1048" t="s">
         <v>5239</v>
       </c>
       <c r="E1048" t="s">
         <v>5240</v>
       </c>
       <c r="F1048" t="s">
         <v>5241</v>
       </c>
       <c r="G1048" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="1049">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1049" t="s">
         <v>5242</v>
       </c>
       <c r="C1049" t="s">
         <v>5243</v>
       </c>
       <c r="D1049" t="s">
         <v>5244</v>
       </c>
       <c r="E1049" t="s">
         <v>5245</v>
       </c>
       <c r="F1049" t="s">
         <v>5246</v>
       </c>
       <c r="G1049" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="1050">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1050" t="s">
         <v>5247</v>
       </c>
       <c r="C1050" t="s">
         <v>5248</v>
       </c>
       <c r="D1050" t="s">
         <v>5249</v>
       </c>
       <c r="E1050" t="s">
         <v>5250</v>
       </c>
       <c r="F1050" t="s">
         <v>5251</v>
       </c>
       <c r="G1050" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="1051">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1051" t="s">
         <v>5252</v>
       </c>
       <c r="C1051" t="s">
         <v>5253</v>
       </c>
       <c r="D1051" t="s">
         <v>5254</v>
       </c>
       <c r="E1051" t="s">
         <v>5255</v>
       </c>
       <c r="F1051" t="s">
         <v>5256</v>
       </c>
       <c r="G1051" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="1052">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1052" t="s">
         <v>5257</v>
       </c>
       <c r="C1052" t="s">
         <v>5258</v>
       </c>
       <c r="D1052" t="s">
         <v>5259</v>
       </c>
       <c r="E1052" t="s">
         <v>5260</v>
       </c>
       <c r="F1052" t="s">
         <v>5261</v>
       </c>
       <c r="G1052" s="1">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="1053">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1053" t="s">
         <v>5262</v>
       </c>
       <c r="C1053" t="s">
         <v>5263</v>
       </c>
       <c r="D1053" t="s">
         <v>5264</v>
       </c>
       <c r="E1053" t="s">
         <v>5265</v>
       </c>
       <c r="F1053" t="s">
         <v>5266</v>
       </c>
       <c r="G1053" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="1054">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1054" t="s">
         <v>5267</v>
       </c>
       <c r="C1054" t="s">
         <v>5268</v>
       </c>
       <c r="D1054" t="s">
         <v>5269</v>
       </c>
       <c r="E1054" t="s">
         <v>5270</v>
       </c>
       <c r="F1054" t="s">
         <v>5271</v>
       </c>
       <c r="G1054" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="1055">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1055" t="s">
         <v>5272</v>
       </c>
       <c r="C1055" t="s">
         <v>5273</v>
       </c>
       <c r="D1055" t="s">
         <v>5274</v>
       </c>
       <c r="E1055" t="s">
         <v>5275</v>
       </c>
       <c r="F1055" t="s">
         <v>5276</v>
       </c>
       <c r="G1055" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="1056">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1056" t="s">
         <v>5277</v>
       </c>
       <c r="C1056" t="s">
         <v>5278</v>
       </c>
       <c r="D1056" t="s">
         <v>5279</v>
       </c>
       <c r="E1056" t="s">
         <v>5280</v>
       </c>
       <c r="F1056" t="s">
         <v>5281</v>
       </c>
       <c r="G1056" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="1057">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1057" t="s">
         <v>5282</v>
       </c>
       <c r="C1057" t="s">
         <v>5283</v>
       </c>
       <c r="D1057" t="s">
         <v>5284</v>
       </c>
       <c r="E1057" t="s">
         <v>5285</v>
       </c>
       <c r="F1057" t="s">
         <v>5286</v>
       </c>
       <c r="G1057" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="1058">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1058" t="s">
         <v>5287</v>
       </c>
       <c r="C1058" t="s">
         <v>5288</v>
       </c>
       <c r="D1058" t="s">
         <v>5289</v>
       </c>
       <c r="E1058" t="s">
         <v>5290</v>
       </c>
       <c r="F1058" t="s">
         <v>5291</v>
       </c>
       <c r="G1058" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="1059">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1059" t="s">
         <v>5292</v>
       </c>
       <c r="C1059" t="s">
         <v>5293</v>
       </c>
       <c r="D1059" t="s">
         <v>5294</v>
       </c>
       <c r="E1059" t="s">
         <v>5295</v>
       </c>
       <c r="F1059" t="s">
         <v>5296</v>
       </c>
       <c r="G1059" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="1060">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1060" t="s">
         <v>5297</v>
       </c>
       <c r="C1060" t="s">
         <v>5298</v>
       </c>
       <c r="D1060" t="s">
         <v>5299</v>
       </c>
       <c r="E1060" t="s">
         <v>5300</v>
       </c>
       <c r="F1060" t="s">
         <v>5301</v>
       </c>
       <c r="G1060" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="1061">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1061" t="s">
         <v>5302</v>
       </c>
       <c r="C1061" t="s">
         <v>5303</v>
       </c>
       <c r="D1061" t="s">
         <v>5304</v>
       </c>
       <c r="E1061" t="s">
         <v>5305</v>
       </c>
       <c r="F1061" t="s">
         <v>5306</v>
       </c>
       <c r="G1061" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="1062">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1062" t="s">
         <v>5307</v>
       </c>
       <c r="C1062" t="s">
         <v>5308</v>
       </c>
       <c r="D1062" t="s">
         <v>5309</v>
       </c>
       <c r="E1062" t="s">
         <v>5310</v>
       </c>
       <c r="F1062" t="s">
         <v>5311</v>
       </c>
       <c r="G1062" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="1063">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1063" t="s">
         <v>5312</v>
       </c>
       <c r="C1063" t="s">
         <v>5313</v>
       </c>
       <c r="D1063" t="s">
         <v>5314</v>
       </c>
       <c r="E1063" t="s">
         <v>5315</v>
       </c>
       <c r="F1063" t="s">
         <v>5316</v>
       </c>
       <c r="G1063" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="1064">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1064" t="s">
         <v>5317</v>
       </c>
       <c r="C1064" t="s">
         <v>5318</v>
       </c>
       <c r="D1064" t="s">
         <v>5319</v>
       </c>
       <c r="E1064" t="s">
         <v>5320</v>
       </c>
       <c r="F1064" t="s">
         <v>5321</v>
       </c>
       <c r="G1064" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="1065">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1065" t="s">
         <v>5322</v>
       </c>
       <c r="C1065" t="s">
         <v>5323</v>
       </c>
       <c r="D1065" t="s">
         <v>5324</v>
       </c>
       <c r="E1065" t="s">
         <v>5325</v>
       </c>
       <c r="F1065" t="s">
         <v>5326</v>
       </c>
       <c r="G1065" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="1066">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1066" t="s">
         <v>5327</v>
       </c>
       <c r="C1066" t="s">
         <v>5328</v>
       </c>
       <c r="D1066" t="s">
         <v>5329</v>
       </c>
       <c r="E1066" t="s">
         <v>5330</v>
       </c>
       <c r="F1066" t="s">
         <v>5331</v>
       </c>
       <c r="G1066" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="1067">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1067" t="s">
         <v>5332</v>
       </c>
       <c r="C1067" t="s">
         <v>5333</v>
       </c>
       <c r="D1067" t="s">
         <v>5334</v>
       </c>
       <c r="E1067" t="s">
         <v>5335</v>
       </c>
       <c r="F1067" t="s">
         <v>5336</v>
       </c>
       <c r="G1067" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="1068">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1068" t="s">
         <v>5337</v>
       </c>
       <c r="C1068" t="s">
         <v>5338</v>
       </c>
       <c r="D1068" t="s">
         <v>5339</v>
       </c>
       <c r="E1068" t="s">
         <v>5340</v>
       </c>
       <c r="F1068" t="s">
         <v>5341</v>
       </c>
       <c r="G1068" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="1069">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1069" t="s">
         <v>5342</v>
       </c>
       <c r="C1069" t="s">
         <v>5343</v>
       </c>
       <c r="D1069" t="s">
         <v>5344</v>
       </c>
       <c r="E1069" t="s">
         <v>5345</v>
       </c>
       <c r="F1069" t="s">
         <v>5346</v>
       </c>
       <c r="G1069" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="1070">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1070" t="s">
         <v>5347</v>
       </c>
       <c r="C1070" t="s">
         <v>5348</v>
       </c>
       <c r="D1070" t="s">
         <v>5349</v>
       </c>
       <c r="E1070" t="s">
         <v>5350</v>
       </c>
       <c r="F1070" t="s">
         <v>5351</v>
       </c>
       <c r="G1070" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="1071">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1071" t="s">
         <v>5352</v>
       </c>
       <c r="C1071" t="s">
         <v>5353</v>
       </c>
       <c r="D1071" t="s">
         <v>5354</v>
       </c>
       <c r="E1071" t="s">
         <v>5355</v>
       </c>
       <c r="F1071" t="s">
         <v>5356</v>
       </c>
       <c r="G1071" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="1072">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1072" t="s">
         <v>5357</v>
       </c>
       <c r="C1072" t="s">
         <v>5358</v>
       </c>
       <c r="D1072" t="s">
         <v>5359</v>
       </c>
       <c r="E1072" t="s">
         <v>5360</v>
       </c>
       <c r="F1072" t="s">
         <v>5361</v>
       </c>
       <c r="G1072" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="1073">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1073" t="s">
         <v>5362</v>
       </c>
       <c r="C1073" t="s">
         <v>5363</v>
       </c>
       <c r="D1073" t="s">
         <v>5364</v>
       </c>
       <c r="E1073" t="s">
         <v>5365</v>
       </c>
       <c r="F1073" t="s">
         <v>5366</v>
       </c>
       <c r="G1073" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="1074">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1074" t="s">
         <v>5367</v>
       </c>
       <c r="C1074" t="s">
         <v>5368</v>
       </c>
       <c r="D1074" t="s">
         <v>5369</v>
       </c>
       <c r="E1074" t="s">
         <v>5370</v>
       </c>
       <c r="F1074" t="s">
         <v>5371</v>
       </c>
       <c r="G1074" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="1075">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1075" t="s">
         <v>5372</v>
       </c>
       <c r="C1075" t="s">
         <v>5373</v>
       </c>
       <c r="D1075" t="s">
         <v>5374</v>
       </c>
       <c r="E1075" t="s">
         <v>5375</v>
       </c>
       <c r="F1075" t="s">
         <v>5376</v>
       </c>
       <c r="G1075" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="1076">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1076" t="s">
         <v>5377</v>
       </c>
       <c r="C1076" t="s">
         <v>5378</v>
       </c>
       <c r="D1076" t="s">
         <v>5379</v>
       </c>
       <c r="E1076" t="s">
         <v>5380</v>
       </c>
       <c r="F1076" t="s">
         <v>5381</v>
       </c>
       <c r="G1076" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="1077">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1077" t="s">
         <v>5382</v>
       </c>
       <c r="C1077" t="s">
         <v>5383</v>
       </c>
       <c r="D1077" t="s">
         <v>5384</v>
       </c>
       <c r="E1077" t="s">
         <v>5385</v>
       </c>
       <c r="F1077" t="s">
         <v>5386</v>
       </c>
       <c r="G1077" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="1078">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1078" t="s">
         <v>5387</v>
       </c>
       <c r="C1078" t="s">
         <v>5388</v>
       </c>
       <c r="D1078" t="s">
         <v>5389</v>
       </c>
       <c r="E1078" t="s">
         <v>5390</v>
       </c>
       <c r="F1078" t="s">
         <v>5391</v>
       </c>
       <c r="G1078" s="1">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="1079">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1079" t="s">
         <v>5392</v>
       </c>
       <c r="C1079" t="s">
         <v>5393</v>
       </c>
       <c r="D1079" t="s">
         <v>5394</v>
       </c>
       <c r="E1079" t="s">
         <v>5395</v>
       </c>
       <c r="F1079" t="s">
         <v>5396</v>
       </c>
       <c r="G1079" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="1080">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1080" t="s">
         <v>5397</v>
       </c>
       <c r="C1080" t="s">
         <v>5398</v>
       </c>
       <c r="D1080" t="s">
         <v>5399</v>
       </c>
       <c r="E1080" t="s">
         <v>5400</v>
       </c>
       <c r="F1080" t="s">
         <v>5401</v>
       </c>
       <c r="G1080" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="1081">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1081" t="s">
         <v>5402</v>
       </c>
       <c r="C1081" t="s">
         <v>5403</v>
       </c>
       <c r="D1081" t="s">
         <v>5404</v>
       </c>
       <c r="E1081" t="s">
         <v>5405</v>
       </c>
       <c r="F1081" t="s">
         <v>5406</v>
       </c>
       <c r="G1081" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="1082">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1082" t="s">
         <v>5407</v>
       </c>
       <c r="C1082" t="s">
         <v>5408</v>
       </c>
       <c r="D1082" t="s">
         <v>5409</v>
       </c>
       <c r="E1082" t="s">
         <v>5410</v>
       </c>
       <c r="F1082" t="s">
         <v>5411</v>
       </c>
       <c r="G1082" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="1083">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1083" t="s">
         <v>5412</v>
       </c>
       <c r="C1083" t="s">
         <v>5413</v>
       </c>
       <c r="D1083" t="s">
         <v>5414</v>
       </c>
       <c r="E1083" t="s">
         <v>5415</v>
       </c>
       <c r="F1083" t="s">
         <v>5416</v>
       </c>
       <c r="G1083" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="1084">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1084" t="s">
         <v>5417</v>
       </c>
       <c r="C1084" t="s">
         <v>5418</v>
       </c>
       <c r="D1084" t="s">
         <v>5419</v>
       </c>
       <c r="E1084" t="s">
         <v>5420</v>
       </c>
       <c r="F1084" t="s">
         <v>5421</v>
       </c>
       <c r="G1084" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="1085">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1085" t="s">
         <v>5422</v>
       </c>
       <c r="C1085" t="s">
         <v>5423</v>
       </c>
       <c r="D1085" t="s">
         <v>5424</v>
       </c>
       <c r="E1085" t="s">
         <v>5425</v>
       </c>
       <c r="F1085" t="s">
         <v>5426</v>
       </c>
       <c r="G1085" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="1086">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1086" t="s">
         <v>5427</v>
       </c>
       <c r="C1086" t="s">
         <v>5428</v>
       </c>
       <c r="D1086" t="s">
         <v>5429</v>
       </c>
       <c r="E1086" t="s">
         <v>5430</v>
       </c>
       <c r="F1086" t="s">
         <v>5431</v>
       </c>
       <c r="G1086" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="1087">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1087" t="s">
         <v>5432</v>
       </c>
       <c r="C1087" t="s">
         <v>5433</v>
       </c>
       <c r="D1087" t="s">
         <v>5434</v>
       </c>
       <c r="E1087" t="s">
         <v>5435</v>
       </c>
       <c r="F1087" t="s">
         <v>5436</v>
       </c>
       <c r="G1087" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="1088">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1088" t="s">
         <v>5437</v>
       </c>
       <c r="C1088" t="s">
         <v>5438</v>
       </c>
       <c r="D1088" t="s">
         <v>5439</v>
       </c>
       <c r="E1088" t="s">
         <v>5440</v>
       </c>
       <c r="F1088" t="s">
         <v>5441</v>
       </c>
       <c r="G1088" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="1089">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1089" t="s">
         <v>5442</v>
       </c>
       <c r="C1089" t="s">
         <v>5443</v>
       </c>
       <c r="D1089" t="s">
         <v>5444</v>
       </c>
       <c r="E1089" t="s">
         <v>5445</v>
       </c>
       <c r="F1089" t="s">
         <v>5446</v>
       </c>
       <c r="G1089" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="1090">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1090" t="s">
         <v>5447</v>
       </c>
       <c r="C1090" t="s">
         <v>5448</v>
       </c>
       <c r="D1090" t="s">
         <v>5449</v>
       </c>
       <c r="E1090" t="s">
         <v>5450</v>
       </c>
       <c r="F1090" t="s">
         <v>5451</v>
       </c>
       <c r="G1090" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="1091">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1091" t="s">
         <v>5452</v>
       </c>
       <c r="C1091" t="s">
         <v>5453</v>
       </c>
       <c r="D1091" t="s">
         <v>5454</v>
       </c>
       <c r="E1091" t="s">
         <v>5455</v>
       </c>
       <c r="F1091" t="s">
         <v>5456</v>
       </c>
       <c r="G1091" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="1092">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1092" t="s">
         <v>5457</v>
       </c>
       <c r="C1092" t="s">
         <v>5458</v>
       </c>
       <c r="D1092" t="s">
         <v>5459</v>
       </c>
       <c r="E1092" t="s">
         <v>5460</v>
       </c>
       <c r="F1092" t="s">
         <v>5461</v>
       </c>
       <c r="G1092" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="1093">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1093" t="s">
         <v>5462</v>
       </c>
       <c r="C1093" t="s">
         <v>5463</v>
       </c>
       <c r="D1093" t="s">
         <v>5464</v>
       </c>
       <c r="E1093" t="s">
         <v>5465</v>
       </c>
       <c r="F1093" t="s">
         <v>5466</v>
       </c>
       <c r="G1093" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="1094">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1094" t="s">
         <v>5467</v>
       </c>
       <c r="C1094" t="s">
         <v>5468</v>
       </c>
       <c r="D1094" t="s">
         <v>5469</v>
       </c>
       <c r="E1094" t="s">
         <v>5470</v>
       </c>
       <c r="F1094" t="s">
         <v>5471</v>
       </c>
       <c r="G1094" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="1095">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1095" t="s">
         <v>5472</v>
       </c>
       <c r="C1095" t="s">
         <v>5473</v>
       </c>
       <c r="D1095" t="s">
         <v>5474</v>
       </c>
       <c r="E1095" t="s">
         <v>5475</v>
       </c>
       <c r="F1095" t="s">
         <v>5476</v>
       </c>
       <c r="G1095" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="1096">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1096" t="s">
         <v>5477</v>
       </c>
       <c r="C1096" t="s">
         <v>5478</v>
       </c>
       <c r="D1096" t="s">
         <v>5479</v>
       </c>
       <c r="E1096" t="s">
         <v>5480</v>
       </c>
       <c r="F1096" t="s">
         <v>5481</v>
       </c>
       <c r="G1096" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="1097">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1097" t="s">
         <v>5482</v>
       </c>
       <c r="C1097" t="s">
         <v>5483</v>
       </c>
       <c r="D1097" t="s">
         <v>5484</v>
       </c>
       <c r="E1097" t="s">
         <v>5485</v>
       </c>
       <c r="F1097" t="s">
         <v>5486</v>
       </c>
       <c r="G1097" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="1098">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1098" t="s">
         <v>5487</v>
       </c>
       <c r="C1098" t="s">
         <v>5488</v>
       </c>
       <c r="D1098" t="s">
         <v>5489</v>
       </c>
       <c r="E1098" t="s">
         <v>5490</v>
       </c>
       <c r="F1098" t="s">
         <v>5491</v>
       </c>
       <c r="G1098" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="1099">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1099" t="s">
         <v>5492</v>
       </c>
       <c r="C1099" t="s">
         <v>5493</v>
       </c>
       <c r="D1099" t="s">
         <v>5494</v>
       </c>
       <c r="E1099" t="s">
         <v>5495</v>
       </c>
       <c r="F1099" t="s">
         <v>5496</v>
       </c>
       <c r="G1099" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="1100">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1100" t="s">
         <v>5497</v>
       </c>
       <c r="C1100" t="s">
         <v>5498</v>
       </c>
       <c r="D1100" t="s">
         <v>5499</v>
       </c>
       <c r="E1100" t="s">
         <v>5500</v>
       </c>
       <c r="F1100" t="s">
         <v>5501</v>
       </c>
       <c r="G1100" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="1101">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1101" t="s">
         <v>5502</v>
       </c>
       <c r="C1101" t="s">
         <v>5503</v>
       </c>
       <c r="D1101" t="s">
         <v>5504</v>
       </c>
       <c r="E1101" t="s">
         <v>5505</v>
       </c>
       <c r="F1101" t="s">
         <v>5506</v>
       </c>
       <c r="G1101" s="1">
-        <v>0.006</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="1102">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1102" t="s">
         <v>5507</v>
       </c>
       <c r="C1102" t="s">
         <v>5508</v>
       </c>
       <c r="D1102" t="s">
         <v>5509</v>
       </c>
       <c r="E1102" t="s">
         <v>5510</v>
       </c>
       <c r="F1102" t="s">
         <v>5511</v>
       </c>
       <c r="G1102" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="1103">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1103" t="s">
         <v>5512</v>
       </c>
       <c r="C1103" t="s">
         <v>5513</v>
       </c>
       <c r="D1103" t="s">
         <v>5514</v>
       </c>
       <c r="E1103" t="s">
         <v>5515</v>
       </c>
       <c r="F1103" t="s">
         <v>5516</v>
       </c>
       <c r="G1103" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="1104">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1104" t="s">
         <v>5517</v>
       </c>
       <c r="C1104" t="s">
         <v>5518</v>
       </c>
       <c r="D1104" t="s">
         <v>5519</v>
       </c>
       <c r="E1104" t="s">
         <v>5520</v>
       </c>
       <c r="F1104" t="s">
         <v>5521</v>
       </c>
       <c r="G1104" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="1105">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1105" t="s">
         <v>5522</v>
       </c>
       <c r="C1105" t="s">
         <v>5523</v>
       </c>
       <c r="D1105" t="s">
         <v>5524</v>
       </c>
       <c r="E1105" t="s">
         <v>5525</v>
       </c>
       <c r="F1105" t="s">
         <v>5526</v>
       </c>
       <c r="G1105" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="1106">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1106" t="s">
         <v>5527</v>
       </c>
       <c r="C1106" t="s">
         <v>5528</v>
       </c>
       <c r="D1106" t="s">
         <v>5529</v>
       </c>
       <c r="E1106" t="s">
         <v>5530</v>
       </c>
       <c r="F1106" t="s">
         <v>5531</v>
       </c>
       <c r="G1106" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="1107">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1107" t="s">
         <v>5532</v>
       </c>
       <c r="C1107" t="s">
         <v>5533</v>
       </c>
       <c r="D1107" t="s">
         <v>5534</v>
       </c>
       <c r="E1107" t="s">
         <v>5535</v>
       </c>
       <c r="F1107" t="s">
         <v>5536</v>
       </c>
       <c r="G1107" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="1108">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1108" t="s">
         <v>5537</v>
       </c>
       <c r="C1108" t="s">
         <v>5538</v>
       </c>
       <c r="D1108" t="s">
         <v>5539</v>
       </c>
       <c r="E1108" t="s">
         <v>5540</v>
       </c>
       <c r="F1108" t="s">
         <v>5541</v>
       </c>
       <c r="G1108" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="1109">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1109" t="s">
         <v>5542</v>
       </c>
       <c r="C1109" t="s">
         <v>5543</v>
       </c>
       <c r="D1109" t="s">
         <v>5544</v>
       </c>
       <c r="E1109" t="s">
         <v>5545</v>
       </c>
       <c r="F1109" t="s">
         <v>5546</v>
       </c>
       <c r="G1109" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="1110">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1110" t="s">
         <v>5547</v>
       </c>
       <c r="C1110" t="s">
         <v>5548</v>
       </c>
       <c r="D1110" t="s">
         <v>5549</v>
       </c>
       <c r="E1110" t="s">
         <v>5550</v>
       </c>
       <c r="F1110" t="s">
         <v>5551</v>
       </c>
       <c r="G1110" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="1111">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1111" t="s">
         <v>5552</v>
       </c>
       <c r="C1111" t="s">
         <v>5553</v>
       </c>
       <c r="D1111" t="s">
         <v>5554</v>
       </c>
       <c r="E1111" t="s">
         <v>5555</v>
       </c>
       <c r="F1111" t="s">
         <v>5556</v>
       </c>
       <c r="G1111" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="1112">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1112" t="s">
         <v>5557</v>
       </c>
       <c r="C1112" t="s">
         <v>5558</v>
       </c>
       <c r="D1112" t="s">
         <v>5559</v>
       </c>
       <c r="E1112" t="s">
         <v>5560</v>
       </c>
       <c r="F1112" t="s">
         <v>5561</v>
       </c>
       <c r="G1112" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="1113">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1113" t="s">
         <v>5562</v>
       </c>
       <c r="C1113" t="s">
         <v>5563</v>
       </c>
       <c r="D1113" t="s">
         <v>5564</v>
       </c>
       <c r="E1113" t="s">
         <v>5565</v>
       </c>
       <c r="F1113" t="s">
         <v>5566</v>
       </c>
       <c r="G1113" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="1114">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1114" t="s">
         <v>5567</v>
       </c>
       <c r="C1114" t="s">
         <v>5568</v>
       </c>
       <c r="D1114" t="s">
         <v>5569</v>
       </c>
       <c r="E1114" t="s">
         <v>5570</v>
       </c>
       <c r="F1114" t="s">
         <v>5571</v>
       </c>
       <c r="G1114" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="1115">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1115" t="s">
         <v>5572</v>
       </c>
       <c r="C1115" t="s">
         <v>5573</v>
       </c>
       <c r="D1115" t="s">
         <v>5574</v>
       </c>
       <c r="E1115" t="s">
         <v>5575</v>
       </c>
       <c r="F1115" t="s">
         <v>5576</v>
       </c>
       <c r="G1115" s="1">
-        <v>0.005</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="1116">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1116" t="s">
         <v>5577</v>
       </c>
       <c r="C1116" t="s">
         <v>5578</v>
       </c>
       <c r="D1116" t="s">
         <v>5579</v>
       </c>
       <c r="E1116" t="s">
         <v>5580</v>
       </c>
       <c r="F1116" t="s">
         <v>5581</v>
       </c>
       <c r="G1116" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="1117">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1117" t="s">
         <v>5582</v>
       </c>
       <c r="C1117" t="s">
         <v>5583</v>
       </c>
       <c r="D1117" t="s">
         <v>5584</v>
       </c>
       <c r="E1117" t="s">
         <v>5585</v>
       </c>
       <c r="F1117" t="s">
         <v>5586</v>
       </c>
       <c r="G1117" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="1118">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1118" t="s">
         <v>5587</v>
       </c>
       <c r="C1118" t="s">
         <v>5588</v>
       </c>
       <c r="D1118" t="s">
         <v>5589</v>
       </c>
       <c r="E1118" t="s">
         <v>5590</v>
       </c>
       <c r="F1118" t="s">
         <v>5591</v>
       </c>
       <c r="G1118" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="1119">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1119" t="s">
         <v>5592</v>
       </c>
       <c r="C1119" t="s">
         <v>5593</v>
       </c>
       <c r="D1119" t="s">
         <v>5594</v>
       </c>
       <c r="E1119" t="s">
         <v>5595</v>
       </c>
       <c r="F1119" t="s">
         <v>5596</v>
       </c>
       <c r="G1119" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="1120">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1120" t="s">
         <v>5597</v>
       </c>
       <c r="C1120" t="s">
         <v>5598</v>
       </c>
       <c r="D1120" t="s">
         <v>5599</v>
       </c>
       <c r="E1120" t="s">
         <v>5600</v>
       </c>
       <c r="F1120" t="s">
         <v>5601</v>
       </c>
       <c r="G1120" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="1121">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1121" t="s">
         <v>5602</v>
       </c>
       <c r="C1121" t="s">
         <v>5603</v>
       </c>
       <c r="D1121" t="s">
         <v>5604</v>
       </c>
       <c r="E1121" t="s">
         <v>5605</v>
       </c>
       <c r="F1121" t="s">
         <v>5606</v>
       </c>
       <c r="G1121" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="1122">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1122" t="s">
         <v>5607</v>
       </c>
       <c r="C1122" t="s">
         <v>5608</v>
       </c>
       <c r="D1122" t="s">
         <v>5609</v>
       </c>
       <c r="E1122" t="s">
         <v>5610</v>
       </c>
       <c r="F1122" t="s">
         <v>5611</v>
       </c>
       <c r="G1122" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="1123">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1123" t="s">
         <v>5612</v>
       </c>
       <c r="C1123" t="s">
         <v>5613</v>
       </c>
       <c r="D1123" t="s">
         <v>5614</v>
       </c>
       <c r="E1123" t="s">
         <v>5615</v>
       </c>
       <c r="F1123" t="s">
         <v>5616</v>
       </c>
       <c r="G1123" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="1124">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1124" t="s">
         <v>5617</v>
       </c>
       <c r="C1124" t="s">
         <v>5618</v>
       </c>
       <c r="D1124" t="s">
         <v>5619</v>
       </c>
       <c r="E1124" t="s">
         <v>5620</v>
       </c>
       <c r="F1124" t="s">
         <v>5621</v>
       </c>
       <c r="G1124" s="1">
-        <v>0.003</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="1125">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1125" t="s">
         <v>5622</v>
       </c>
       <c r="C1125" t="s">
         <v>5623</v>
       </c>
       <c r="D1125" t="s">
         <v>5624</v>
       </c>
       <c r="E1125" t="s">
         <v>5625</v>
       </c>
       <c r="F1125" t="s">
         <v>5626</v>
       </c>
       <c r="G1125" s="1">
-        <v>0.003</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="1126">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1126" t="s">
         <v>5627</v>
       </c>
       <c r="C1126" t="s">
         <v>5628</v>
       </c>
       <c r="D1126" t="s">
         <v>5629</v>
       </c>
       <c r="E1126" t="s">
         <v>5630</v>
       </c>
       <c r="F1126" t="s">
         <v>5631</v>
       </c>
       <c r="G1126" s="1">
-        <v>0.003</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="1127">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1127" t="s">
         <v>5632</v>
       </c>
       <c r="C1127" t="s">
         <v>5633</v>
       </c>
       <c r="D1127" t="s">
         <v>5634</v>
       </c>
       <c r="E1127" t="s">
         <v>5635</v>
       </c>
       <c r="F1127" t="s">
         <v>5636</v>
       </c>
       <c r="G1127" s="1">
-        <v>0.003</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="1128">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1128" t="s">
         <v>5637</v>
       </c>
       <c r="C1128" t="s">
         <v>5638</v>
       </c>
       <c r="D1128" t="s">
         <v>5639</v>
       </c>
       <c r="E1128" t="s">
         <v>5640</v>
       </c>
       <c r="F1128" t="s">
         <v>5641</v>
       </c>
       <c r="G1128" s="1">
-        <v>0.003</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="1129">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1129" t="s">
         <v>5642</v>
       </c>
       <c r="C1129" t="s">
         <v>5643</v>
       </c>
       <c r="D1129" t="s">
         <v>5644</v>
       </c>
       <c r="E1129" t="s">
         <v>5645</v>
       </c>
       <c r="F1129" t="s">
         <v>5646</v>
       </c>
       <c r="G1129" s="1">
-        <v>0.003</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="1130">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1130" t="s">
         <v>5647</v>
       </c>
       <c r="C1130" t="s">
         <v>5648</v>
       </c>
       <c r="D1130" t="s">
         <v>5649</v>
       </c>
       <c r="E1130" t="s">
         <v>5650</v>
       </c>
       <c r="F1130" t="s">
         <v>5651</v>
       </c>
       <c r="G1130" s="1">
-        <v>0.003</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="1131">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1131" t="s">
         <v>5652</v>
       </c>
       <c r="C1131" t="s">
         <v>5653</v>
       </c>
       <c r="D1131" t="s">
         <v>5654</v>
       </c>
       <c r="E1131" t="s">
         <v>5655</v>
       </c>
       <c r="F1131" t="s">
         <v>5656</v>
       </c>
       <c r="G1131" s="1">
-        <v>0.002</v>
+        <v>0</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="1132">
-        <v>45898</v>
+        <v>45961</v>
       </c>
       <c r="B1132" t="s">
         <v>5657</v>
       </c>
       <c r="C1132" t="s">
         <v>5658</v>
       </c>
       <c r="D1132" t="s">
         <v>5659</v>
       </c>
       <c r="E1132" t="s">
         <v>5660</v>
       </c>
       <c r="F1132" t="s">
         <v>5661</v>
       </c>
       <c r="G1132" s="1">
-        <v>0.001</v>
-[...90 lines deleted...]
-      <c r="G1136" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">