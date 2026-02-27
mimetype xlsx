--- v1 (2025-12-20)
+++ v2 (2026-02-27)
@@ -13,51 +13,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5662" uniqueCount="5662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5642" uniqueCount="5642">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">NVIDIA Corp.</t>
   </si>
   <si>
@@ -96,95 +96,95 @@
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Amazon.com Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US0231351067</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Alphabet Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alphabet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K1079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Broadcom Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US11135F1012</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Alphabet Inc. A</t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">Meta Platforms Inc. A</t>
   </si>
   <si>
     <t xml:space="preserve">US30303M1027</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Tesla Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US88160R1014</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
@@ -231,16863 +231,16799 @@
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Visa Inc. A</t>
   </si>
   <si>
     <t xml:space="preserve">US92826C8394</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4781601046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walmart Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9311421039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mastercard Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US57636Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">TotalEnergies SE</t>
   </si>
   <si>
     <t xml:space="preserve">FR0000120271</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
+    <t xml:space="preserve">Bank of America Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0605051046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML Holding NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010273215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palantir Technologies Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US69608A1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AbbVie Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00287Y1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
     <t xml:space="preserve">Netflix Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US64110L1061</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Mastercard Inc. A</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">US69608A1088</t>
+    <t xml:space="preserve">Costco Wholesale Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22160K1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Electric Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3696043013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eni SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003132476</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advanced Micro Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0079031078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Home Depot Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4370761029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Procter &amp; Gamble Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7427181091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RTX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75513E1010</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Oracle Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US68389X1054</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">Eni SpA</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">IT0003132476</t>
+    <t xml:space="preserve">Micron Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5951121038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wells Fargo &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9497461015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UnitedHealth Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91324P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1912161007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roche Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012032048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cisco Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US17275R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AstraZeneca Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0009895292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novartis AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012005267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Business Machines Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4592001014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goldman Sachs Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US38141G1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HSBC Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005405286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58933Y1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nestle S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0038863350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salesforce Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US79466L3024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7800871021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ONEOK Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6826801036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citigroup Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1729674242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Express Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0258161092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BP Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007980591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAP SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007164600</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walt Disney Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2546871060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abbott Laboratories</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0028241000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lam Research Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5128073062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McDonald's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5801351017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Linde Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000S9YS762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Morgan Stanley</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6174464486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pembina Pipeline Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7063271034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siemens AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007236101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thermo Fisher Scientific Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8835561023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuitive Surgical Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46120E6023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PepsiCo Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7134481081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Applied Materials Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0382221051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toyota Motor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3633400001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shopify Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA82509L1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuit Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4612021034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUALCOMM Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7475251036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi UFJ Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3902900004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GE Vernova Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36828A1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT&amp;T Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00206R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NextEra Energy Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US65339F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Booking Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09857L1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commonwealth Bank of Australia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CBA7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allianz SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008404005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital One Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14040H1059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TJX Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725401090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verizon Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charles Schwab Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8085131055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amgen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311621009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911605092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accenture Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;P Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78409V1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LVMH Moet Hennessy Louis Vuitton SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rolls-Royce Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B63H8491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco Santander S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113900J37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iberdrola S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0144580Y14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amphenol Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0320951017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baker Hughes Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US05722G1004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intel Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4581401001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackrock Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09290D1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLA Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4824801009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Texas Instruments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8825081040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uber Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90353T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ServiceNow Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81762P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novo Nordisk B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0062498333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unilever Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BVZK7T90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boston Scientific Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011371077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AppLovin Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03831W1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilead Sciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3755581036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adobe Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00724F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UBS Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0244767585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pfizer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7170811035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Progressive Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7433151039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hitachi Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3788600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schneider Electric SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union Pacific Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9078181081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Welltower Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US95040Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Analog Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0326541051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TransDigm Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8936411003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danaher Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2358511028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lowe's Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5486611073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arista Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0404132054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chubb Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0044328745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eaton Corp. Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00B8KQN827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco Bilbao Vizcaya Argentaria S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113211835</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stryker Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8636671013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medtronic Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BTN1Y115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parker-Hannifin Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7010941042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Howmet Aerospace Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4432011082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABB Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012221716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palo Alto Networks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6974351057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halliburton Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4062161017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prologis Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74340W1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Mitsui Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3890350006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deere &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2441991054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zurich Insurance Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0011075394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comcast Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US20030N1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Newmont Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6516391066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McKesson Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58155Q1031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMETEK Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0311001004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bristol-Myers Squibb Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1101221083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crowdstrike Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22788C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air Liquide S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Automatic Data Processing Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0530151036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Energy Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US21037T1097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000069689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cie Financiere Richemont S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0210483332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Blackstone Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09260D1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Grid Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BDR05C01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agnico Eagle Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0084741085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">L'Oreal S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tenaris S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU2598331598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Italien </t>
   </si>
   <si>
-    <t xml:space="preserve">Advanced Micro Devices Inc.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">NL0010273215</t>
+    <t xml:space="preserve">CME Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12572Q1058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UniCredit SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005239360</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanofi S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoftBank Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436100006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEICO Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4228062083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siemens Energy AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000ENER6Y0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GSK Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US94106L1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertex Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92532F1003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of New York Mellon Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0640581007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rio Tinto Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007188757</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVS Health Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1266501006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Exelon Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30161N1019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T-Mobile US Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8725901040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marsh &amp; McLennan Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5717481023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Telekom AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005557508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entergy Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29364G1031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consolidated Edison Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2091151041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Starbucks Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8552441094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rheinmetall AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007030009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Motors Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US37045V1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cummins Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2310211063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barclays Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031348658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intercontinental Exchange Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45866F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MercadoLibre Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US58733R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantest Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3122400009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westpac Banking Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WBC1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BNP Paribas S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000131104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of Montreal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0636711016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokyo Electron Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3571400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">US Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9029733048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3M Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88579Y1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spotify Technology S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1778762911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sempra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8168511090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emerson Electric Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2910111044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA11271J1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of Nova Scotia/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0641491075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enel SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003128367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC Financial Services Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6934751057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HCA Healthcare Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US40412C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AXA S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120628</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trane Technologies Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BK9ZQ967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Australia Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000NAB4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DBS Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1L01001701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mizuho Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3885780001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadence Design Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1273871087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ING Groep NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011821202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Holland </t>
   </si>
   <si>
-    <t xml:space="preserve">Bank of America Corp.</t>
-[...137 lines deleted...]
-    <t xml:space="preserve">CA96467A2002</t>
+    <t xml:space="preserve">Canadian Imperial Bank of Commerce</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1360691010</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Coca-Cola Co/The</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">CH0038863350</t>
+    <t xml:space="preserve">Sherwin-Williams Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8243481061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DoorDash Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US25809K1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intesa Sanpaolo SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000072618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">O'Reilly Automotive Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US67103H1077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Tower Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03027X1000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robinhood Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7707001027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illinois Tool Works Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4523081093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLP1HW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moody's Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6153691059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synopsys Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8716071076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnson Controls International plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BY7QL619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EssilorLuxottica S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong &amp; China Gas Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0003000038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinci S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muenchener Rueckversicherungs-Gesellschaft AG in M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008430026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevance Health Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0367521038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KKR &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US48251W1045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hilton Worldwide Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US43300A2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marriott International Inc/MD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5719032022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Travelers Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89417E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITOCHU Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3143600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Public Service Enterprise Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7445731067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lloyds Banking Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0008706128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prosus NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0013654783</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mondelez International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6092071058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regeneron Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75886F1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cameco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA13321L1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arthur J Gallagher &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3635761097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snowflake Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8334451098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Caribbean Cruises Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LR0008862868</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRH Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0001827041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marvell Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5738741041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Heavy Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3900000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cencora Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03073E1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wheaton Precious Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9628791027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equinix Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29444U7000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecolab Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2788651006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIKE Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6541061031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong Exchanges &amp; Clearing Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0388045442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cintas Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1729081059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cigna Group/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1255231003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Parcel Service Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9113121068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Recruit Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3970300004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corning Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2193501051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Engie S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010208488</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nintendo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3756600007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Republic Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7607591002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rio Tinto Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000RIO1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANZ Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ANZ3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1264081035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Truist Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89832Q1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RELX Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B2B0DG97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlas Copco AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017486897</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NatWest Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BM8PJY71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FedEx Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31428X1063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PACCAR Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6937181088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Bank AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005140008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quanta Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74762E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokio Marine Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3910660004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keyence Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3236200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aflac Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0010551028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cardinal Health Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14149Y1082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TE Connectivity Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000IVNQZ81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Pacific Kansas City Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA13646K1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wesfarmers Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WES1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allstate Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0200021014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warner Bros Discovery Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9344231041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cloudflare Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US18915M1071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Utilities Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1367178326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fast Retailing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802300008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">State Street Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8574771031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norfolk Southern Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6558441084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air Products and Chemicals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0091581068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Becton Dickinson &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0758871091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apollo Global Management Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03769M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autodesk Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0527691069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vertiv Holdings Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92537N1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Airbnb Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0090661010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simon Property Group Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8288061091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Texas Pacific Land Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88262P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monster Beverage Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US61174X1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American International Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0268747849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manulife Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA56501R1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Electric Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3902400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ford Motor Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3453708600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Western Digital Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9581021055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seagate Technology Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BKVD2N49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hermes International SCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000052292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AutoZone Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0533321024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoetis Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98978V1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KDDI Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3496400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danone S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120644</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ross Stores Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7782961038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian National Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1363751027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realty Income Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7561091049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MetLife Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US59156R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shin-Etsu Chemical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3371200001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">London Stock Exchange Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0SWJX34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Steel Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3381000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nordea Bank Abp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000297767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockwell Automation Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7739031091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motorola Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6200763075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">E.ON SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000ENAG999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SSE Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007908733</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anheuser-Busch InBev SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0974293251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEXX Laboratories Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45168D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WW Grainger Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3848021040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Axon Enterprise Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US05464C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investor AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015811963</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortinet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M&amp;T Bank Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US55261F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Societe Generale S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000130809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hartford Insurance Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4165151048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CSL Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CSL8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thales S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mercedes-Benz Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007100000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edwards Lifesciences Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US28176E1082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corteva Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22052L1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arch Capital Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG0450A1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Digital Realty Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2538681030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Takeda Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3463000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PayPal Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US70450Y1038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nucor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6703461052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Re AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0126881561</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CHF</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz </t>
   </si>
   <si>
-    <t xml:space="preserve">AstraZeneca Plc</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">GB0009895292</t>
+    <t xml:space="preserve">Hydro One Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4488112083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NXP Semiconductors NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0009538784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carvana Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1468691027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PG&amp;E Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US69331C1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roper Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7766961061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chipotle Mexican Grill Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1696561059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waste Connections Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA94106B1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Markel Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5705351048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neste Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009013296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nasdaq Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6311031081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alnylam Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02043Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Rentals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9113631090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BASF SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000BASF111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSCI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US55354G1004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JFE Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3386030005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Compass Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BD6K4575</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Salesforce Inc.</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">CH0012005267</t>
+    <t xml:space="preserve">Oversea-Chinese Banking Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1S04926220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sea Ltd. A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81141R1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060079531</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macquarie Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MQG1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infineon Technologies AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006231004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Target Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US87612E1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kinross Gold Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4969024047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Electronic Arts Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2855121099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cognizant Technology Solutions Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1924461023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cincinnati Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1720621010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Volvo AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000115446</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xylem Inc/NY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98419M1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoya Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3837800006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ameriprise Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03076C1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Software Inc/Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA21037X1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Take-Two Interactive Software Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8740541094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diageo Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0002374006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Westinghouse Air Brake Technologies Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9297401088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastenal Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3119001044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anglo American Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BTK05J60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTU Aero Engines AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A0D9PT0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Workday Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98138H1014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veolia Environnement S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000124141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norsk Hydro ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0005052605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBRE Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12504L1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reckitt Benckiser Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B24CGK77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROBLOX Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7710491033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Synchrony Financial</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US87165B1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AltaGas Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0213611001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haleon Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMX86B70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Post AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005552004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">National Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6330671034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eversource Energy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30040W1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bayer AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000BAY0017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Standard Chartered Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0004082847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holcim AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012214059</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CHF</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz </t>
   </si>
   <si>
-    <t xml:space="preserve">BP Plc</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">GB0007980591</t>
+    <t xml:space="preserve">Prudential Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7443201022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fujitsu Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3818000006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollarama Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA25675T1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coinbase Global Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US19260Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferguson Enterprises Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31488V1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tesco Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BLGZ9862</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Goldman Sachs Group Inc/The</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">Aktier</t>
+    <t xml:space="preserve">Deutsche Boerse AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005810055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marubeni Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3877600001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CaixaBank S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0140609019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Public Storage (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74460D1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reliance Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7595091023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoftBank Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3732000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">eBay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2786421030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monolithic Power Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6098391054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Willis Towers Watson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BDB6Q211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3733000008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroger Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5010441013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goodman Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000GMG2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Technologies Engineering Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1F60858221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alcon AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0432492467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teledyne Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8793601050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sysco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8718291078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Givaudan S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010645932</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yum! Brands Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9884981013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argenx SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010832176</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alimentation Couche-Tard Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA01626P1484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Huntington Bancshares Inc/OH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4461501045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Industria de Diseno Textil S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0148396007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Crown Castle Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22822V1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Honda Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3854600008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ingersoll Rand Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45687V1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transurban Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TCL6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin Marietta Materials Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5732841060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keurig Dr Pepper Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49271V1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">W R Berkley Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0844231029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strategy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5949724083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Copart Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2172041061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raymond James Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7547301090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flutter Entertainment Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BWT6H894</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vulcan Materials Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9291601097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colgate-Palmolive Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1941621039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Datadog Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US23804L1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fiserv Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3377381088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leonardo SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003856405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carnival Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PA1436583006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortescue Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000FMG4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paychex Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7043261079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aeon Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3388200002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bayerische Motoren Werke AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005190003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Citizens BancShares Inc/NC A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31946M1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GE HealthCare Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36266G1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dell Technologies Inc. C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US24703L2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edison International</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2810201077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000133308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fox Corp. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US35137L2043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adyen NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0012969182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ventas Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92276F1003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CFD on 3i Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1YW4409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fonder</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Micron Technology Inc.</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">USA </t>
+    <t xml:space="preserve">Fair Isaac Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3032501047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koninklijke Ahold Delhaize NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011794037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrari NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011585146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hubbell Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4435106079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenvue Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49177J1025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otis Worldwide Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US68902V1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fairfax Financial Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3039011026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Expedia Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30212P3038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrier Global Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14448C1045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prudential Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0007099541</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PPG Industries Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6935061076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LPL Financial Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US50212V1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Experian Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B19NLV48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chugai Pharmaceutical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3519400000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lonza Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0013841017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ResMed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7611521078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VICI Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9256521090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Star Resources Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000NST8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liberty Media Corp-Liberty Formula One</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5312297550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tapestry Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8760301072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teva Pharmaceutical Industries Ltd. (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8816242098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Volkswagen AG (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007664039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Block Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8522341036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intact Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45823T1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nutrien Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA67077M1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keysight Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49338L1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dassault Aviation S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0014004L86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1247651088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ares Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US03990B1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veralto Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92338C1036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiichi Sankyo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3475350009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Interactive Brokers Group Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45841N1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steel Dynamics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8581191009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rocket Lab Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7731211089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Homes 4 Rent A (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02665T3068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Endesa S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0130670112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Life Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8667961053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DNB Bank ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010161896</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insmed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4576693075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KBC Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003565737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legrand S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010307819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsui OSK Lines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3362700001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoFi Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83406F1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danske Bank</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010274414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidelity National Information Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31620M1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daikin Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3481800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commerzbank AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000CBK1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kongsberg Gruppen ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0013536151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NTT Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3735400008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDP S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTEDP0AM0009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MongoDB Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US60937P1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sika AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0418792922</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skandinaviska Enskilda Banken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000148884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DR Horton Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US23331A1097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandoz Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1243598427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORIX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3200450009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Mills Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3703341046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saab AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0021921269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bridgestone Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3830800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FANUC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3802400006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UCB S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003739530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Celestica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA15101Q2071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Life Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0014852781</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Post Bank Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3946750001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Murata Manufacturing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3914400001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fifth Third Bancorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3167731005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verisk Analytics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92345Y1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MS&amp;AD Insurance Group Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3890310000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollar General Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2566771059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Water Works Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0304201033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsui Fudosan Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3893200000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Garmin Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0114405324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Galderma Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1335392721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Overseas Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M31001969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kao Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3205800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Power Corp. of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7392391016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Microchip Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5950171042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMCOR Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29084Q1004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hewlett Packard Enterprise Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US42824C1099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vestas Wind Systems</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0061539921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jabil Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4663131039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swedbank AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000242455</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Citizens Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1746101054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity Residential (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29476L1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cboe Global Markets Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12503M1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dai-ichi Life Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3476480003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comfort Systems USA Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1999081045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dover Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2600031080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kimberly-Clark Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4943681035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kraft Heinz Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5007541064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seven &amp; i Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3422950000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Electric Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3407400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Komatsu Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3304200003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortive Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CoStar Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US22160N1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pan American Silver Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6979001089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teck Resources Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8787422044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toyota Tsusho Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3635000007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamos Gold Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0115321089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Twilio Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90138F1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heidelberg Materials AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006047004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Trust Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6658591044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panasonic Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3866800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quest Diagnostics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74834L1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STERIS Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BFY8C754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kajima Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3210200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Estate Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3899600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel Discount Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0006912120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regions Financial Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7591EP1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ArcelorMittal S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU1598757687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore Telecommunications Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1T75931496</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Broadridge Financial Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US11133T1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Humana Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4448591028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ulta Beauty Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US90384S3031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loblaw Cos Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5394811015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brown &amp; Brown Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1152361010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veeva Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9224751084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sompo Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3165000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WSP Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA92938W2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Yusen KK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3753000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AvalonBay Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0534841012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evolution Mining Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000EVN4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assa Abloy AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0007100581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Disco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3548600000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Natera Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6323071042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Solar Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3364331070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashtead Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000536739</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Astellas Pharma Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3942400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Woolworths Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WOW2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Melrose Industries Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BNGDN821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IQVIA Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46266C1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swisscom AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008742519</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teradyne Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8807701029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hershey Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4278661081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Extra Space Storage Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30225T1025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suzuki Motor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3397200001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AECOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00766T1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universal Music Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015000IY2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asahi Kasei Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3111200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otsuka Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3188220002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CF Industries Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1252691001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vodafone Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BH4HKS39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fujikura Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3811000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">East Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3783600004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snam SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003153415</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scentre Group (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SCG8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dexcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2521311074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tractor Supply Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8923561067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Darden Restaurants Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2371941053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CyberArk Software Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011334468</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brambles Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000BXB1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regency Centers Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7588491032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiwa House Industry Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3505000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bombardier Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA0977518616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RPM International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7496851038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sandvik AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000667891</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrovial SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015001FS8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orkla ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003733800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AerCap Holdings NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000687663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toyota Industries Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3634600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novonesis Novozymes B B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060336014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Quantum Minerals Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3359341052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swire Pacific Ltd. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0019000162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlassian Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0494681010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equifax Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2944291051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trimble Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8962391004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">adidas AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1EWWW0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Live Nation Entertainment Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5380341090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Redeia Corp. S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0173093024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Post Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3752900005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sino Land Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0083000502</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dollar Tree Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2567461080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hexagon AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015961909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BKW AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0130293662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aviva Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BPQY8M80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyler Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9022521051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pentair Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BLS09M33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hang Seng Bank Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0011000095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taisei Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3443600006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denso Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3551500006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ciena Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1717793095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constellation Brands Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US21036P1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agilent Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00846U1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terna - Rete Elettrica Nazionale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003242622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invitation Homes Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46187W1071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erste Group Bank AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000652011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Österrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Labcorp Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5049221055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yara International ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010208051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOC Hong Kong Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK2388011192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lundin Mining Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5503721063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nokia Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009000681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi Chemical Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3897700005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reddit Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75734B1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Old Dominion Freight Line Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6795801009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SS&amp;C Technologies Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78467J1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obayashi Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3190000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iron Mountain Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46284V1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fresnillo Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B2QPKJ12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lululemon Athletica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5500211090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fresenius SE &amp; Co. KGaA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005785604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leidos Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5253271028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schindler Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0024638196</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Metal Mining Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3402600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrica Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B033F229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Flavors &amp; Fragrances Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4595061015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VeriSign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92343E1029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Antofagasta Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000456144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zscaler Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98980G1022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cie de Saint-Gobain S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coles Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000030678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gartner Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3666511072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T Rowe Price Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74144T1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Central Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3566800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telstra Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000TLS2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASM International NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000334118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Credit Agricole S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000045072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boliden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0020050417</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TDK Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3538800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GoDaddy Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3802371076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royalty Pharma Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMVP7Y09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estee Lauder Cos Inc/The A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5184391044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QBE Insurance Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000QBE9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Everest Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG3223R1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rollins Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7757111049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIB Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BF0L3536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deckers Outdoor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2435371073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Astera Labs Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US04626A1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap-on Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8330341012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canon Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3242800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUJIFILM Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3814000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomura Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3762600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kone Oyj B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009013403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">McCormick &amp; Co. Inc/MD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5797802064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Mitsui Trust Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3892100003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyson Foods Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9024941034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Qnity Electronics Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74743L1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flex Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG9999000020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Renesas Electronics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3164720009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Global Payments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US37940X1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Principal Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74251V1026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Credo Technology Group Holding Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG254571055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ON Semiconductor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6821891057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Phoenix Financial Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0007670123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Expeditors International of Washington Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3021301094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Handelsbanken AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0007100599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insulet Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45784P1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Las Vegas Sands Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5178341070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DuPont de Nemours Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US26614N1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi HC Capital Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3499800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koninklijke Philips NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000009538</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTC Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US69370C1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBA Communications Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78410G1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KeyCorp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4932671088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amcor Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JE00BJ1F3079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chocoladefabriken Lindt &amp; Spruengli AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010570759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pure Storage Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74624M1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wolters Kluwer NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000395903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoom Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98980L1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HP Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US40434L1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corpay Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2199481068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACS Actividades de Construccion y Servicios S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0167050915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dow Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2605571031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kering S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lundin Gold Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5503711080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mid-America Apartment Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US59522J1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMC Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3162600005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oriental Land Co. Ltd/Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3198900007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Communities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8666741041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Omnicom Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6819191064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3841091040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essential Utilities Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29670G1022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HubSpot Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4435731009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RB Global Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA74935Q1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Techtronic Industries Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0669013440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epiroc AB A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015658109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zimmer Biomet Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98956P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AP Moller - Maersk A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010244425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDW Corp/DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12514G1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toast Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8887871080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Contact Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZCENE0001S6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daimler Truck Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000DTR0CK8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Next Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0032089863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco de Sabadell S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113860A34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mowi ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003054108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aristocrat Leisure Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ALL7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stellantis NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL00150001Q9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thomson Reuters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8849038085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cie Generale des Etablissements Michelin SCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR001400AJ45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telenor ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010063308</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charter Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US16119P1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Legal &amp; General Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005603997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equity LifeStyle Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29472R1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Weyerhaeuser Co. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9621661043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Secom Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3421800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kyocera Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3249600002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Therapeutics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91307C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Restaurant Brands International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA76131D1033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDEX Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45167R1041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ajinomoto Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3119600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heineken NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000009165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hologic Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4364401012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burlington Stores Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1220171060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Williams-Sonoma Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9699041011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bloom Energy Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0937121079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sun Hung Kai Properties Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0016000132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equitable Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29452E1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0030913577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geberit AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0030170408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Biogen Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US09062X1037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helvetia Baloise Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0466642201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">West Pharmaceutical Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9553061055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IHI Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3134800006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">International Paper Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4601461035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LyondellBasell Industries NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0009434992</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WP Carey Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92936U1097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essex Property Trust Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2971781057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tradeweb Markets Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8926721064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hannover Rueck SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008402215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toromont Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911021050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Church &amp; Dwight Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1713401024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terumo Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3546800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NetApp Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64110D1046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Acciona S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0125220311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Partners Group Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0024608827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bandai Namco Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3778630008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centene Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US15135B1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capgemini SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125338</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nordson Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6556631025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Asset Management Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1130041058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JB Hunt Transport Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4456581077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH Robinson Worldwide Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12541W2098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Subaru Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3814800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resona Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3500610005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koninklijke KPN NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000009082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomura Research Institute Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3762800005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fortum Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009007132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampo Oyj A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI4000552500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">InterContinental Hotels Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BHJYC057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shionogi &amp; Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3347200002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aena SME S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0105046017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CGI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA12532H1047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beiersdorf AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005200000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aptiv Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JE00BTDN8H13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lennar Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5260571048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amrize Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1430134226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Azrieli Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011194789</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trade Desk Inc/The A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US88339J1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Affirm Holdings Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00827B1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Packaging Corp. of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6951561090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NN Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010773842</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NVR Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US62944T1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DraftKings Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US26142V1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genuine Parts Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3724601055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nitto Denko Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3684000007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Illumina Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4523271090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telefonaktiebolaget LM Ericsson B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000108656</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPM-Kymmene Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009005987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nutanix Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US67059N1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amadeus IT Group S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0109067019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cooper Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2166485019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DSM-Firmenich AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1216478797</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Endeavour Mining Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BL6K5J42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3118000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UDR Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9026531049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Informa Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BMJ6DW54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asahi Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3116000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Super Micro Computer Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US86800U3023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">J M Smucker Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8326964058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gen Digital Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6687711084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prysmian SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0004176001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metro Inc/CN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA59162N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of Ireland Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BD1RP616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bouygues S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Domino's Pizza Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US25754A2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaming and Leisure Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36467J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kuehne + Nagel International AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0025238863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGS S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1256740924</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pinterest Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US72352L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mettler-Toledo International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5926881054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lennox International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5261071071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alfa Laval AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000695876</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PulteGroup Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7458671010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dynatrace Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2681501092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rivian Automotive Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US76954A1034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sigma Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SIG5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicinity Ltd. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000VCX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universal Health Services Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9139031002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pearson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0006776081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlyle Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US14316J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lasertec Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3979200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">News Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US65249B1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Building Fund Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3027670003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jack Henry &amp; Associates Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4262811015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meridian Energy Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZMELE0002S7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neurocrine Biosciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US64125C1099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Konami Group Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3300200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Check Point Software Technologies Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0010824113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CK Asset Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG2177B1014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rogers Communications Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7751092007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kioxia Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3236330001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eiffage S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000130452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Okta Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6792951054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">American Financial Group Inc/OH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0259321042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Olympus Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3201200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fidelity National Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US31620R3030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Isuzu Motors Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3137200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Julius Baer Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0102484968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great-West Lifeco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA39138C1068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kawasaki Kisen Kaisha Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3223800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chocoladefabriken Lindt &amp; Spruengli AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0010570767</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STMicroelectronics NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000226223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NIDEC CORP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3734800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toray Industries Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3621000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Incyte Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45337C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABN AMRO Bank NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011540547</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Best Buy Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0865161014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aisin Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3102000001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Galaxy Entertainment Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0027032686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wartsila Oyj Abp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009003727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kimco Realty Corp. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49446R1095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Link REIT (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0823032773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suncorp Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SUN6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hongkong Land Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG4587L1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docusign Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2561631068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cochlear Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000COH5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Symrise AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000SYM9999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ball Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0584981064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watsco Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9426222009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insurance Australia Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000IAG3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
   </si>
   <si>
     <t xml:space="preserve">Roche Holding AG</t>
   </si>
   <si>
-    <t xml:space="preserve">CH0012032048</t>
+    <t xml:space="preserve">CH0012032113</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CHF</t>
   </si>
   <si>
     <t xml:space="preserve">Schweiz </t>
   </si>
   <si>
-    <t xml:space="preserve">SAP SE</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DE0007164600</t>
+    <t xml:space="preserve">Solventum Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83444M1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumitomo Realty &amp; Development Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3409000001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TransUnion</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89400J1079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Annaly Capital Management Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0357108390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKT Trust &amp; HKT Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000093390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kerry Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0004906560</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halma Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0004052071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nova Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0010845571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Utilities Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B39J2M42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Masco Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5745991068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Element Fleet Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2861812014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obic Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3173400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clorox Co/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1890541097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">George Weston Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA9611485090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pan Pacific International Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3639650005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kubota Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3266400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elia Group SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003822393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hensoldt AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000HAG0005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Walt Disney Co/The</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">DE0007236101</t>
+    <t xml:space="preserve">Waters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9418481035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fisher &amp; Paykel Healthcare Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZFAPE0001S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Futu Holdings Ltd. A (ADR)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36118L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CoreWeave Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US21873S1087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTR Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0066009694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Healthpeak Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US42250P1030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AtkinsRealis Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA04764T1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Logitech International S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0025751329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sembcorp Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1R50925390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonova Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012549785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skanska AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000113250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Naturgy Energy Group S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0116870314</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genmab</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010272202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGH Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000364754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sekisui House Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3420600003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vonovia SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1ML7J1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">McDonald's Corp.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">CA82509L1076</t>
+    <t xml:space="preserve">Telia Co. AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000667925</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GFL Environmental Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA36168Q1046</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Royal Bank of Canada</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CA7800871021</t>
+    <t xml:space="preserve">F5 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3156161024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">T&amp;D Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3539220008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ivanhoe Mines Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA46579R1047</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Linde Plc</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">LU2598331598</t>
+    <t xml:space="preserve">Avery Dennison Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0536111091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Magna International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA5592224011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Merck KGaA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006599905</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zillow Group Inc. C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98954M2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rocket Cos Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US77311W1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rentokil Initial Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B082RF11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Computershare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CPU5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ryohin Keikaku Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3976300008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marks &amp; Spencer Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031274896</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IonQ Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46222L1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Severn Trent Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dick's Sporting Goods Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2533931026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stantec Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA85472N1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stockland (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SGP0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allegion plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BFRT3W74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sekisui Chemical Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3419400001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evolution AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0012673267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EchoStar Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2787681061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gjensidige Forsikring ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010582521</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unibail-Rodamco-Westfield (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013326246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kirin Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3258000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saputo Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8029121057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BXP Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1011211018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIS Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3104890003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SITC International Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG8187G1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zebra Technologies Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9892071054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiwa Securities Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3502200003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMS-Chemie Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0016440353</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Admiral Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B02J6398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VAT Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0311864901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASR Nederland NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011872643</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hormel Foods Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4404521001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lynas Rare Earths Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000LYC6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kawasaki Heavy Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3224200000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Booz Allen Hamilton Holding Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0995021062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swiss Prime Site AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0008038389</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smiths Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1WY2338</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ageas SA/NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0974264930</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Porsche Automobil Holding SE (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000PAH0038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WiseTech Global Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000WTC3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELUS Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87971M9969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alstom S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010220475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WH Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG960071028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MatsukiyoCocokara &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3869010003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCREEN Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3494600004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE Semiconductor Industries NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0012866412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orsted</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060094928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smurfit WestRock Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00028FXN24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entegris Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29362U1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Tire Corp. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1366812024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smith &amp; Nephew Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0009223206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICL Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0002810146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iA Financial Corp. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA45075E1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wharf Real Estate Investment Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG9593A1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Exchange Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3183200009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlisle Cos Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1423391002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Segro Plc (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B5ZN1N88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grab Holdings Ltd. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG4124C1096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">West Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3659000008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Builders FirstSource Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12008R1077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonic Healthcare Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000SHL7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TMX Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87262K1057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield Renewable Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA11285B1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corebridge Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US21871X1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paycom Software Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US70432V1026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hankyu Hanshin Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3774200004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rakuten Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3967200001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlsberg B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010181759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akzo Nobel NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0013267909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barry Callebaut AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0009002962</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Associated British Foods Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0006731235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Straumann Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH1175448666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyatt Hotels Corp. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4485791028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SBI Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3436120004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOPPAN Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3629000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tele2 AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0005190238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aegon Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG0112X1056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Xero Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZXROE0001S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medibank Pvt Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000MPL3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Svenska Cellulosa AB SCA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000112724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Essity AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0009922164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ebara Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3166000004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trelleborg AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000114837</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coloplast B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060448595</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Continental AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005439004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Getlink SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010533075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fuji Electric Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3820000002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JDE Peet's NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0014332678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rexel S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010451203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEA Group AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006602006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Snap Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US83304A1060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LY Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3933800009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pandora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060252690</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nexon Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3758190007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BPER Banca SPA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000066123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Italien </t>
   </si>
   <si>
-    <t xml:space="preserve">Morgan Stanley</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">JP3633400001</t>
+    <t xml:space="preserve">Auckland International Airport Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZAIAE0002S6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nippon Sanso Holdings Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3711600001</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">QUALCOMM Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">AU000000CBA7</t>
+    <t xml:space="preserve">Eisai Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3160400002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco BPM SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005218380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daifuku Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3497400006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKF AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000108227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oklo Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02156V1098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nissan Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3672400003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verbund AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AT0000746409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Österrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sands China Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYG7800X1079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOCHTIEF AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0006070006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000REA9</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">AUD</t>
   </si>
   <si>
     <t xml:space="preserve">Australien </t>
   </si>
   <si>
-    <t xml:space="preserve">Applied Materials Inc.</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">JP3902900004</t>
+    <t xml:space="preserve">Nippon Paint Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3749400002</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Verizon Communications Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">JP3435000009</t>
+    <t xml:space="preserve">Securitas AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000163594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Euronext NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0006294274</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bunzl Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0744B38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JX Advanced Metals Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3379550001</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Booking Holdings Inc.</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">JP3436100006</t>
+    <t xml:space="preserve">Pro Medicus Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000PME8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDP Renovaveis S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0127797019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE0004927939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexandria Real Estate Equities Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0152711091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCL Industries Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1249003098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erie Indemnity Co. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29530P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shimano Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3358000002</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Capital One Financial Corp.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">GB00B63H8491</t>
+    <t xml:space="preserve">Klepierre S.A. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MINEBEA MITSUMI Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3906000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carrefour S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yangzijiang Shipbuilding Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1U76934819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Syensqo S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0974464977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nitori Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3756100008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spirax Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BWFGQN14</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">Unilever Plc</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">GB00B10RZP78</t>
+    <t xml:space="preserve">Kobe Bussan Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3291200008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lifco AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015949201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capcom Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3218900003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sony Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435350008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Samsara Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US79589L1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kingfisher Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0033195214</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannien </t>
   </si>
   <si>
-    <t xml:space="preserve">TJX Cos Inc/The</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">JP3788600009</t>
+    <t xml:space="preserve">Groupe Bruxelles Lambert NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003797140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Whitbread Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1KJJ408</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gildan Activewear Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA3759161035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bankinter S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113679I37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metso Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009014575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola Europacific Partners Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BDCPN049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coca-Cola HBC AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0198251305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokyu Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3574200006</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Accenture Plc A</t>
-[...77 lines deleted...]
-    <t xml:space="preserve">DE0008404005</t>
+    <t xml:space="preserve">Dai Nippon Printing Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3493800001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salmar ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010310956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kikkoman Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3240400006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pernod Ricard S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120693</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shiseido Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3351600006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yamaha Motor Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3942800008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beijer Ref AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015949748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wise Plc A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BL9YR756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yokogawa Electric Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3955000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cellnex Telecom S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0105066007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spanien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Open Text Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA6837151068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BCE Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA05534B7604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Knorr-Bremse AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000KBX1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Iberdrola S.A.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">ES0144580Y14</t>
+    <t xml:space="preserve">Makita Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3862400003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brenntag SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A1DAHH0</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Spanien </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">FR0000121014</t>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holmen AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0011090018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sysmex Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3351100007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASX Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000ASX7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wharf Holdings Ltd/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0004000045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orion Oyj B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009014377</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeronimo Martins SGPS S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PTJMT0AE0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portugal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tsuruha Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3536150000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastighets AB Balder B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017832488</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Seibu Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3417200007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banca Monte dei Paschi di Siena SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005508921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Investment AB Latour B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0010100958</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intertek Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0031638363</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lottery Corp. Ltd/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU0000219529</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanrio Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3343200006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daito Trust Construction Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3486800000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keppel Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1U68934629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Integrated Commercial Trust (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M51904654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baxter International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0718131099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swatch Group AG/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012255151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AddTech AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0014781795</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAR Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000CAR3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan Post Insurance Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3233250004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epiroc AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015658117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Magnum Ice Cream Co. NV/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0015002MS2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hulic Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3360800001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGC Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3112000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bentley Systems Inc. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US08265T2087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTS Eventim AG &amp; Co. KGaA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005470306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barratt Redrow Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0000811801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Airlines Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9100471096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stora Enso Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009005961</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Phoenix Group Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BGXQNP29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yokohama Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3305990008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Empire Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2918434077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr Ing hc F Porsche AG (Preference)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000PAG9113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wix.com Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011301780</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otsuka Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3188200004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hikari Tsushin Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3783420007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heineken Holding NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000008977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scout24 SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000A12DM80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toho Co. Ltd/Tokyo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3598600009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FirstService Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA33767E2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">J Sainsbury Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B019KW72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elisa Oyj</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FI0009007884</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Infratil Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZIFTE0003S3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NZD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nya Zeeland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Publicis Groupe S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000130577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">Novo Nordisk B</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DK0062498333</t>
+    <t xml:space="preserve">Randstad NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000379121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evonik Industries AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000EVNK013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MonotaRO Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3922950005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shimadzu Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3357200009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indutrade AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0001515552</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kyowa Kirin Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3256000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entain Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IM00B5VQMV65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oracle Corp. Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3689500001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Auto Trader Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BVYVFW23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Descartes Systems Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA2499061083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TFI International Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA87241L1094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trend Micro Inc/Japan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3637300009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monday.com Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0011762130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suntory Beverage &amp; Food Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3336560002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sodexo S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hikma Pharmaceuticals Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B0LCW083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nice Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IL0002730112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ILS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Israel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sage Group PLC/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B8C3BL03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accor S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000120404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chiba Bank Ltd/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3511800009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMCD NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010801007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Holland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unicharm Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3951600000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JD Sports Fashion Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BM8Q5M07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Demant</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060738599</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">DKK</t>
   </si>
   <si>
     <t xml:space="preserve">Danmark </t>
   </si>
   <si>
-    <t xml:space="preserve">Schneider Electric SE</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FR0000121972</t>
+    <t xml:space="preserve">Zensho Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3429300001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brown-Forman Corp. B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1156372096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tryg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0060636678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aeroports de Paris S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0010340141</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
-    <t xml:space="preserve">Banco Santander S.A.</t>
-[...35 lines deleted...]
-    <t xml:space="preserve">Aktier</t>
+    <t xml:space="preserve">M3 Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3435750009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banque Cantonale Vaudoise</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0531751755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schweiz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONSTELLATION SOFTWARE FRN 31.03.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA21037XAA87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligationer</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">Texas Instruments Inc.</t>
-[...2252 lines deleted...]
-    <t xml:space="preserve">SE0017486897</t>
+    <t xml:space="preserve">F&amp;G Annuities &amp; Life Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30190A1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">H &amp; M Hennes &amp; Mauritz AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000106270</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
-  </si>
-[...13168 lines deleted...]
-    <t xml:space="preserve">Kanada </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1133">
+  <cellXfs count="1129">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
-    <xf numFmtId="166" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -18512,26059 +18448,25967 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>6.017</v>
+        <v>5.471</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>4.92</v>
+        <v>4.864</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>4.462</v>
+        <v>4.136</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>2.858</v>
+        <v>2.683</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>2.01</v>
+        <v>2.065</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>1.886</v>
+        <v>1.964</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>1.803</v>
+        <v>1.882</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>1.733</v>
+        <v>1.732</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>1.615</v>
+        <v>1.539</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.079</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>0.854</v>
+        <v>1.048</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>0.793</v>
+        <v>0.836</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>0.74</v>
+        <v>0.756</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>0.597</v>
+        <v>0.616</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>0.589</v>
+        <v>0.614</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>0.579</v>
+        <v>0.601</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>0.567</v>
+        <v>0.547</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>0.559</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>0.553</v>
+        <v>0.501</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>0.539</v>
+        <v>0.495</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>0.535</v>
+        <v>0.494</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>0.51</v>
+        <v>0.484</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>0.506</v>
+        <v>0.483</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>0.505</v>
+        <v>0.476</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.497</v>
+        <v>0.463</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.475</v>
+        <v>0.425</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.473</v>
+        <v>0.421</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.465</v>
+        <v>0.413</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.44</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.434</v>
+        <v>0.402</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.377</v>
+        <v>0.398</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.377</v>
+        <v>0.394</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.369</v>
+        <v>0.364</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.366</v>
+        <v>0.363</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.36</v>
+        <v>0.362</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.352</v>
+        <v>0.359</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.342</v>
+        <v>0.352</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.318</v>
+        <v>0.345</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.314</v>
+        <v>0.343</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.312</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.31</v>
+        <v>0.339</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.309</v>
+        <v>0.332</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.308</v>
+        <v>0.328</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.301</v>
+        <v>0.307</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.301</v>
+        <v>0.303</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.288</v>
+        <v>0.295</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
         <v>0.284</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.279</v>
+        <v>0.282</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.272</v>
+        <v>0.278</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.272</v>
+        <v>0.276</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.271</v>
+        <v>0.275</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.268</v>
+        <v>0.275</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.266</v>
+        <v>0.275</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.263</v>
+        <v>0.272</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.261</v>
+        <v>0.271</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.261</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.26</v>
+        <v>0.264</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.259</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.258</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.257</v>
+        <v>0.256</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.25</v>
+        <v>0.254</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.244</v>
+        <v>0.252</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.241</v>
+        <v>0.251</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.24</v>
+        <v>0.244</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.24</v>
+        <v>0.232</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.235</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.233</v>
+        <v>0.224</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.232</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.23</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.228</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.226</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.224</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.214</v>
+        <v>0.219</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.212</v>
+        <v>0.218</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.212</v>
+        <v>0.217</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.212</v>
+        <v>0.216</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.211</v>
+        <v>0.215</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.21</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.208</v>
+        <v>0.211</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.207</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.205</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.205</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.204</v>
+        <v>0.208</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.203</v>
+        <v>0.207</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.202</v>
+        <v>0.205</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.2</v>
+        <v>0.205</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.2</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.198</v>
+        <v>0.202</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.197</v>
+        <v>0.202</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.196</v>
+        <v>0.199</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
-        <v>0.196</v>
+        <v>0.197</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
         <v>0.196</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.195</v>
+        <v>0.196</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.194</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.193</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.193</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.192</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.191</v>
+        <v>0.187</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.189</v>
+        <v>0.186</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.189</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.184</v>
+        <v>0.183</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.184</v>
+        <v>0.182</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.182</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.182</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.181</v>
+        <v>0.177</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.181</v>
+        <v>0.173</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.179</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
         <v>0.17</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="110">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
         <v>548</v>
       </c>
       <c r="D110" t="s">
         <v>549</v>
       </c>
       <c r="E110" t="s">
         <v>550</v>
       </c>
       <c r="F110" t="s">
         <v>551</v>
       </c>
       <c r="G110" s="1">
-        <v>0.167</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="111">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B111" t="s">
         <v>552</v>
       </c>
       <c r="C111" t="s">
         <v>553</v>
       </c>
       <c r="D111" t="s">
         <v>554</v>
       </c>
       <c r="E111" t="s">
         <v>555</v>
       </c>
       <c r="F111" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="1">
-        <v>0.166</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="112">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B112" t="s">
         <v>557</v>
       </c>
       <c r="C112" t="s">
         <v>558</v>
       </c>
       <c r="D112" t="s">
         <v>559</v>
       </c>
       <c r="E112" t="s">
         <v>560</v>
       </c>
       <c r="F112" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="1">
-        <v>0.165</v>
+        <v>0.168</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="113">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B113" t="s">
         <v>562</v>
       </c>
       <c r="C113" t="s">
         <v>563</v>
       </c>
       <c r="D113" t="s">
         <v>564</v>
       </c>
       <c r="E113" t="s">
         <v>565</v>
       </c>
       <c r="F113" t="s">
         <v>566</v>
       </c>
       <c r="G113" s="1">
-        <v>0.165</v>
+        <v>0.166</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="114">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B114" t="s">
         <v>567</v>
       </c>
       <c r="C114" t="s">
         <v>568</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>571</v>
       </c>
       <c r="G114" s="1">
-        <v>0.164</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="115">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B115" t="s">
         <v>572</v>
       </c>
       <c r="C115" t="s">
         <v>573</v>
       </c>
       <c r="D115" t="s">
         <v>574</v>
       </c>
       <c r="E115" t="s">
         <v>575</v>
       </c>
       <c r="F115" t="s">
         <v>576</v>
       </c>
       <c r="G115" s="1">
-        <v>0.161</v>
+        <v>0.162</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="116">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B116" t="s">
         <v>577</v>
       </c>
       <c r="C116" t="s">
         <v>578</v>
       </c>
       <c r="D116" t="s">
         <v>579</v>
       </c>
       <c r="E116" t="s">
         <v>580</v>
       </c>
       <c r="F116" t="s">
         <v>581</v>
       </c>
       <c r="G116" s="1">
         <v>0.16</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="117">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B117" t="s">
         <v>582</v>
       </c>
       <c r="C117" t="s">
         <v>583</v>
       </c>
       <c r="D117" t="s">
         <v>584</v>
       </c>
       <c r="E117" t="s">
         <v>585</v>
       </c>
       <c r="F117" t="s">
         <v>586</v>
       </c>
       <c r="G117" s="1">
         <v>0.159</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="118">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B118" t="s">
         <v>587</v>
       </c>
       <c r="C118" t="s">
         <v>588</v>
       </c>
       <c r="D118" t="s">
         <v>589</v>
       </c>
       <c r="E118" t="s">
         <v>590</v>
       </c>
       <c r="F118" t="s">
         <v>591</v>
       </c>
       <c r="G118" s="1">
-        <v>0.156</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="119">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B119" t="s">
         <v>592</v>
       </c>
       <c r="C119" t="s">
         <v>593</v>
       </c>
       <c r="D119" t="s">
         <v>594</v>
       </c>
       <c r="E119" t="s">
         <v>595</v>
       </c>
       <c r="F119" t="s">
         <v>596</v>
       </c>
       <c r="G119" s="1">
-        <v>0.155</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="120">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B120" t="s">
         <v>597</v>
       </c>
       <c r="C120" t="s">
         <v>598</v>
       </c>
       <c r="D120" t="s">
         <v>599</v>
       </c>
       <c r="E120" t="s">
         <v>600</v>
       </c>
       <c r="F120" t="s">
         <v>601</v>
       </c>
       <c r="G120" s="1">
-        <v>0.151</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="121">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B121" t="s">
         <v>602</v>
       </c>
       <c r="C121" t="s">
         <v>603</v>
       </c>
       <c r="D121" t="s">
         <v>604</v>
       </c>
       <c r="E121" t="s">
         <v>605</v>
       </c>
       <c r="F121" t="s">
         <v>606</v>
       </c>
       <c r="G121" s="1">
-        <v>0.149</v>
+        <v>0.155</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="122">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B122" t="s">
         <v>607</v>
       </c>
       <c r="C122" t="s">
         <v>608</v>
       </c>
       <c r="D122" t="s">
         <v>609</v>
       </c>
       <c r="E122" t="s">
         <v>610</v>
       </c>
       <c r="F122" t="s">
         <v>611</v>
       </c>
       <c r="G122" s="1">
-        <v>0.149</v>
+        <v>0.155</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="123">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B123" t="s">
         <v>612</v>
       </c>
       <c r="C123" t="s">
         <v>613</v>
       </c>
       <c r="D123" t="s">
         <v>614</v>
       </c>
       <c r="E123" t="s">
         <v>615</v>
       </c>
       <c r="F123" t="s">
         <v>616</v>
       </c>
       <c r="G123" s="1">
-        <v>0.148</v>
+        <v>0.154</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="124">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B124" t="s">
         <v>617</v>
       </c>
       <c r="C124" t="s">
         <v>618</v>
       </c>
       <c r="D124" t="s">
         <v>619</v>
       </c>
       <c r="E124" t="s">
         <v>620</v>
       </c>
       <c r="F124" t="s">
         <v>621</v>
       </c>
       <c r="G124" s="1">
-        <v>0.148</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="125">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B125" t="s">
         <v>622</v>
       </c>
       <c r="C125" t="s">
         <v>623</v>
       </c>
       <c r="D125" t="s">
         <v>624</v>
       </c>
       <c r="E125" t="s">
         <v>625</v>
       </c>
       <c r="F125" t="s">
         <v>626</v>
       </c>
       <c r="G125" s="1">
-        <v>0.147</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="126">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B126" t="s">
         <v>627</v>
       </c>
       <c r="C126" t="s">
         <v>628</v>
       </c>
       <c r="D126" t="s">
         <v>629</v>
       </c>
       <c r="E126" t="s">
         <v>630</v>
       </c>
       <c r="F126" t="s">
         <v>631</v>
       </c>
       <c r="G126" s="1">
-        <v>0.146</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="127">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B127" t="s">
         <v>632</v>
       </c>
       <c r="C127" t="s">
         <v>633</v>
       </c>
       <c r="D127" t="s">
         <v>634</v>
       </c>
       <c r="E127" t="s">
         <v>635</v>
       </c>
       <c r="F127" t="s">
         <v>636</v>
       </c>
       <c r="G127" s="1">
-        <v>0.146</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="128">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B128" t="s">
         <v>637</v>
       </c>
       <c r="C128" t="s">
         <v>638</v>
       </c>
       <c r="D128" t="s">
         <v>639</v>
       </c>
       <c r="E128" t="s">
         <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>641</v>
       </c>
       <c r="G128" s="1">
-        <v>0.146</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="129">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B129" t="s">
         <v>642</v>
       </c>
       <c r="C129" t="s">
         <v>643</v>
       </c>
       <c r="D129" t="s">
         <v>644</v>
       </c>
       <c r="E129" t="s">
         <v>645</v>
       </c>
       <c r="F129" t="s">
         <v>646</v>
       </c>
       <c r="G129" s="1">
-        <v>0.143</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="130">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B130" t="s">
         <v>647</v>
       </c>
       <c r="C130" t="s">
         <v>648</v>
       </c>
       <c r="D130" t="s">
         <v>649</v>
       </c>
       <c r="E130" t="s">
         <v>650</v>
       </c>
       <c r="F130" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="1">
-        <v>0.141</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="131">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B131" t="s">
         <v>652</v>
       </c>
       <c r="C131" t="s">
         <v>653</v>
       </c>
       <c r="D131" t="s">
         <v>654</v>
       </c>
       <c r="E131" t="s">
         <v>655</v>
       </c>
       <c r="F131" t="s">
         <v>656</v>
       </c>
       <c r="G131" s="1">
-        <v>0.141</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="132">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B132" t="s">
         <v>657</v>
       </c>
       <c r="C132" t="s">
         <v>658</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" t="s">
         <v>660</v>
       </c>
       <c r="F132" t="s">
         <v>661</v>
       </c>
       <c r="G132" s="1">
-        <v>0.14</v>
+        <v>0.143</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="133">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B133" t="s">
         <v>662</v>
       </c>
       <c r="C133" t="s">
         <v>663</v>
       </c>
       <c r="D133" t="s">
         <v>664</v>
       </c>
       <c r="E133" t="s">
         <v>665</v>
       </c>
       <c r="F133" t="s">
         <v>666</v>
       </c>
       <c r="G133" s="1">
-        <v>0.138</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="134">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B134" t="s">
         <v>667</v>
       </c>
       <c r="C134" t="s">
         <v>668</v>
       </c>
       <c r="D134" t="s">
         <v>669</v>
       </c>
       <c r="E134" t="s">
         <v>670</v>
       </c>
       <c r="F134" t="s">
         <v>671</v>
       </c>
       <c r="G134" s="1">
-        <v>0.137</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="135">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B135" t="s">
         <v>672</v>
       </c>
       <c r="C135" t="s">
         <v>673</v>
       </c>
       <c r="D135" t="s">
         <v>674</v>
       </c>
       <c r="E135" t="s">
         <v>675</v>
       </c>
       <c r="F135" t="s">
         <v>676</v>
       </c>
       <c r="G135" s="1">
-        <v>0.136</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="136">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B136" t="s">
         <v>677</v>
       </c>
       <c r="C136" t="s">
         <v>678</v>
       </c>
       <c r="D136" t="s">
         <v>679</v>
       </c>
       <c r="E136" t="s">
         <v>680</v>
       </c>
       <c r="F136" t="s">
         <v>681</v>
       </c>
       <c r="G136" s="1">
-        <v>0.136</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="137">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B137" t="s">
         <v>682</v>
       </c>
       <c r="C137" t="s">
         <v>683</v>
       </c>
       <c r="D137" t="s">
         <v>684</v>
       </c>
       <c r="E137" t="s">
         <v>685</v>
       </c>
       <c r="F137" t="s">
         <v>686</v>
       </c>
       <c r="G137" s="1">
-        <v>0.136</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="138">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B138" t="s">
         <v>687</v>
       </c>
       <c r="C138" t="s">
         <v>688</v>
       </c>
       <c r="D138" t="s">
         <v>689</v>
       </c>
       <c r="E138" t="s">
         <v>690</v>
       </c>
       <c r="F138" t="s">
         <v>691</v>
       </c>
       <c r="G138" s="1">
-        <v>0.136</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="139">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B139" t="s">
         <v>692</v>
       </c>
       <c r="C139" t="s">
         <v>693</v>
       </c>
       <c r="D139" t="s">
         <v>694</v>
       </c>
       <c r="E139" t="s">
         <v>695</v>
       </c>
       <c r="F139" t="s">
         <v>696</v>
       </c>
       <c r="G139" s="1">
-        <v>0.135</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="140">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B140" t="s">
         <v>697</v>
       </c>
       <c r="C140" t="s">
         <v>698</v>
       </c>
       <c r="D140" t="s">
         <v>699</v>
       </c>
       <c r="E140" t="s">
         <v>700</v>
       </c>
       <c r="F140" t="s">
         <v>701</v>
       </c>
       <c r="G140" s="1">
-        <v>0.131</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="141">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B141" t="s">
         <v>702</v>
       </c>
       <c r="C141" t="s">
         <v>703</v>
       </c>
       <c r="D141" t="s">
         <v>704</v>
       </c>
       <c r="E141" t="s">
         <v>705</v>
       </c>
       <c r="F141" t="s">
         <v>706</v>
       </c>
       <c r="G141" s="1">
-        <v>0.131</v>
+        <v>0.135</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="142">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B142" t="s">
         <v>707</v>
       </c>
       <c r="C142" t="s">
         <v>708</v>
       </c>
       <c r="D142" t="s">
         <v>709</v>
       </c>
       <c r="E142" t="s">
         <v>710</v>
       </c>
       <c r="F142" t="s">
         <v>711</v>
       </c>
       <c r="G142" s="1">
-        <v>0.13</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="143">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B143" t="s">
         <v>712</v>
       </c>
       <c r="C143" t="s">
         <v>713</v>
       </c>
       <c r="D143" t="s">
         <v>714</v>
       </c>
       <c r="E143" t="s">
         <v>715</v>
       </c>
       <c r="F143" t="s">
         <v>716</v>
       </c>
       <c r="G143" s="1">
-        <v>0.13</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="144">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B144" t="s">
         <v>717</v>
       </c>
       <c r="C144" t="s">
         <v>718</v>
       </c>
       <c r="D144" t="s">
         <v>719</v>
       </c>
       <c r="E144" t="s">
         <v>720</v>
       </c>
       <c r="F144" t="s">
         <v>721</v>
       </c>
       <c r="G144" s="1">
-        <v>0.13</v>
+        <v>0.132</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="145">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B145" t="s">
         <v>722</v>
       </c>
       <c r="C145" t="s">
         <v>723</v>
       </c>
       <c r="D145" t="s">
         <v>724</v>
       </c>
       <c r="E145" t="s">
         <v>725</v>
       </c>
       <c r="F145" t="s">
         <v>726</v>
       </c>
       <c r="G145" s="1">
-        <v>0.128</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="146">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B146" t="s">
         <v>727</v>
       </c>
       <c r="C146" t="s">
         <v>728</v>
       </c>
       <c r="D146" t="s">
         <v>729</v>
       </c>
       <c r="E146" t="s">
         <v>730</v>
       </c>
       <c r="F146" t="s">
         <v>731</v>
       </c>
       <c r="G146" s="1">
-        <v>0.128</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="147">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B147" t="s">
         <v>732</v>
       </c>
       <c r="C147" t="s">
         <v>733</v>
       </c>
       <c r="D147" t="s">
         <v>734</v>
       </c>
       <c r="E147" t="s">
         <v>735</v>
       </c>
       <c r="F147" t="s">
         <v>736</v>
       </c>
       <c r="G147" s="1">
-        <v>0.127</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="148">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B148" t="s">
         <v>737</v>
       </c>
       <c r="C148" t="s">
         <v>738</v>
       </c>
       <c r="D148" t="s">
         <v>739</v>
       </c>
       <c r="E148" t="s">
         <v>740</v>
       </c>
       <c r="F148" t="s">
         <v>741</v>
       </c>
       <c r="G148" s="1">
-        <v>0.127</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="149">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B149" t="s">
         <v>742</v>
       </c>
       <c r="C149" t="s">
         <v>743</v>
       </c>
       <c r="D149" t="s">
         <v>744</v>
       </c>
       <c r="E149" t="s">
         <v>745</v>
       </c>
       <c r="F149" t="s">
         <v>746</v>
       </c>
       <c r="G149" s="1">
-        <v>0.127</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="150">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B150" t="s">
         <v>747</v>
       </c>
       <c r="C150" t="s">
         <v>748</v>
       </c>
       <c r="D150" t="s">
         <v>749</v>
       </c>
       <c r="E150" t="s">
         <v>750</v>
       </c>
       <c r="F150" t="s">
         <v>751</v>
       </c>
       <c r="G150" s="1">
-        <v>0.127</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="151">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B151" t="s">
         <v>752</v>
       </c>
       <c r="C151" t="s">
         <v>753</v>
       </c>
       <c r="D151" t="s">
         <v>754</v>
       </c>
       <c r="E151" t="s">
         <v>755</v>
       </c>
       <c r="F151" t="s">
         <v>756</v>
       </c>
       <c r="G151" s="1">
-        <v>0.127</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="152">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B152" t="s">
         <v>757</v>
       </c>
       <c r="C152" t="s">
         <v>758</v>
       </c>
       <c r="D152" t="s">
         <v>759</v>
       </c>
       <c r="E152" t="s">
         <v>760</v>
       </c>
       <c r="F152" t="s">
         <v>761</v>
       </c>
       <c r="G152" s="1">
-        <v>0.125</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="153">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B153" t="s">
         <v>762</v>
       </c>
       <c r="C153" t="s">
         <v>763</v>
       </c>
       <c r="D153" t="s">
         <v>764</v>
       </c>
       <c r="E153" t="s">
         <v>765</v>
       </c>
       <c r="F153" t="s">
         <v>766</v>
       </c>
       <c r="G153" s="1">
-        <v>0.124</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="154">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B154" t="s">
         <v>767</v>
       </c>
       <c r="C154" t="s">
         <v>768</v>
       </c>
       <c r="D154" t="s">
         <v>769</v>
       </c>
       <c r="E154" t="s">
         <v>770</v>
       </c>
       <c r="F154" t="s">
         <v>771</v>
       </c>
       <c r="G154" s="1">
-        <v>0.123</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="155">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B155" t="s">
         <v>772</v>
       </c>
       <c r="C155" t="s">
         <v>773</v>
       </c>
       <c r="D155" t="s">
         <v>774</v>
       </c>
       <c r="E155" t="s">
         <v>775</v>
       </c>
       <c r="F155" t="s">
         <v>776</v>
       </c>
       <c r="G155" s="1">
-        <v>0.123</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="156">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B156" t="s">
         <v>777</v>
       </c>
       <c r="C156" t="s">
         <v>778</v>
       </c>
       <c r="D156" t="s">
         <v>779</v>
       </c>
       <c r="E156" t="s">
         <v>780</v>
       </c>
       <c r="F156" t="s">
         <v>781</v>
       </c>
       <c r="G156" s="1">
-        <v>0.123</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="157">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B157" t="s">
         <v>782</v>
       </c>
       <c r="C157" t="s">
         <v>783</v>
       </c>
       <c r="D157" t="s">
         <v>784</v>
       </c>
       <c r="E157" t="s">
         <v>785</v>
       </c>
       <c r="F157" t="s">
         <v>786</v>
       </c>
       <c r="G157" s="1">
-        <v>0.121</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="158">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B158" t="s">
         <v>787</v>
       </c>
       <c r="C158" t="s">
         <v>788</v>
       </c>
       <c r="D158" t="s">
         <v>789</v>
       </c>
       <c r="E158" t="s">
         <v>790</v>
       </c>
       <c r="F158" t="s">
         <v>791</v>
       </c>
       <c r="G158" s="1">
-        <v>0.12</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="159">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B159" t="s">
         <v>792</v>
       </c>
       <c r="C159" t="s">
         <v>793</v>
       </c>
       <c r="D159" t="s">
         <v>794</v>
       </c>
       <c r="E159" t="s">
         <v>795</v>
       </c>
       <c r="F159" t="s">
         <v>796</v>
       </c>
       <c r="G159" s="1">
-        <v>0.12</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="160">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B160" t="s">
         <v>797</v>
       </c>
       <c r="C160" t="s">
         <v>798</v>
       </c>
       <c r="D160" t="s">
         <v>799</v>
       </c>
       <c r="E160" t="s">
         <v>800</v>
       </c>
       <c r="F160" t="s">
         <v>801</v>
       </c>
       <c r="G160" s="1">
-        <v>0.119</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="161">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B161" t="s">
         <v>802</v>
       </c>
       <c r="C161" t="s">
         <v>803</v>
       </c>
       <c r="D161" t="s">
         <v>804</v>
       </c>
       <c r="E161" t="s">
         <v>805</v>
       </c>
       <c r="F161" t="s">
         <v>806</v>
       </c>
       <c r="G161" s="1">
-        <v>0.117</v>
+        <v>0.118</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="162">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B162" t="s">
         <v>807</v>
       </c>
       <c r="C162" t="s">
         <v>808</v>
       </c>
       <c r="D162" t="s">
         <v>809</v>
       </c>
       <c r="E162" t="s">
         <v>810</v>
       </c>
       <c r="F162" t="s">
         <v>811</v>
       </c>
       <c r="G162" s="1">
-        <v>0.117</v>
+        <v>0.118</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="163">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B163" t="s">
         <v>812</v>
       </c>
       <c r="C163" t="s">
         <v>813</v>
       </c>
       <c r="D163" t="s">
         <v>814</v>
       </c>
       <c r="E163" t="s">
         <v>815</v>
       </c>
       <c r="F163" t="s">
         <v>816</v>
       </c>
       <c r="G163" s="1">
-        <v>0.116</v>
+        <v>0.118</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="164">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B164" t="s">
         <v>817</v>
       </c>
       <c r="C164" t="s">
         <v>818</v>
       </c>
       <c r="D164" t="s">
         <v>819</v>
       </c>
       <c r="E164" t="s">
         <v>820</v>
       </c>
       <c r="F164" t="s">
         <v>821</v>
       </c>
       <c r="G164" s="1">
-        <v>0.116</v>
+        <v>0.118</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="165">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B165" t="s">
         <v>822</v>
       </c>
       <c r="C165" t="s">
         <v>823</v>
       </c>
       <c r="D165" t="s">
         <v>824</v>
       </c>
       <c r="E165" t="s">
         <v>825</v>
       </c>
       <c r="F165" t="s">
         <v>826</v>
       </c>
       <c r="G165" s="1">
-        <v>0.116</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="166">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B166" t="s">
         <v>827</v>
       </c>
       <c r="C166" t="s">
         <v>828</v>
       </c>
       <c r="D166" t="s">
         <v>829</v>
       </c>
       <c r="E166" t="s">
         <v>830</v>
       </c>
       <c r="F166" t="s">
         <v>831</v>
       </c>
       <c r="G166" s="1">
-        <v>0.116</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="167">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B167" t="s">
         <v>832</v>
       </c>
       <c r="C167" t="s">
         <v>833</v>
       </c>
       <c r="D167" t="s">
         <v>834</v>
       </c>
       <c r="E167" t="s">
         <v>835</v>
       </c>
       <c r="F167" t="s">
         <v>836</v>
       </c>
       <c r="G167" s="1">
-        <v>0.116</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="168">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B168" t="s">
         <v>837</v>
       </c>
       <c r="C168" t="s">
         <v>838</v>
       </c>
       <c r="D168" t="s">
         <v>839</v>
       </c>
       <c r="E168" t="s">
         <v>840</v>
       </c>
       <c r="F168" t="s">
         <v>841</v>
       </c>
       <c r="G168" s="1">
-        <v>0.116</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="169">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B169" t="s">
         <v>842</v>
       </c>
       <c r="C169" t="s">
         <v>843</v>
       </c>
       <c r="D169" t="s">
         <v>844</v>
       </c>
       <c r="E169" t="s">
         <v>845</v>
       </c>
       <c r="F169" t="s">
         <v>846</v>
       </c>
       <c r="G169" s="1">
         <v>0.116</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="170">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B170" t="s">
         <v>847</v>
       </c>
       <c r="C170" t="s">
         <v>848</v>
       </c>
       <c r="D170" t="s">
         <v>849</v>
       </c>
       <c r="E170" t="s">
         <v>850</v>
       </c>
       <c r="F170" t="s">
         <v>851</v>
       </c>
       <c r="G170" s="1">
         <v>0.116</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="171">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B171" t="s">
         <v>852</v>
       </c>
       <c r="C171" t="s">
         <v>853</v>
       </c>
       <c r="D171" t="s">
         <v>854</v>
       </c>
       <c r="E171" t="s">
         <v>855</v>
       </c>
       <c r="F171" t="s">
         <v>856</v>
       </c>
       <c r="G171" s="1">
-        <v>0.116</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="172">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B172" t="s">
         <v>857</v>
       </c>
       <c r="C172" t="s">
         <v>858</v>
       </c>
       <c r="D172" t="s">
         <v>859</v>
       </c>
       <c r="E172" t="s">
         <v>860</v>
       </c>
       <c r="F172" t="s">
         <v>861</v>
       </c>
       <c r="G172" s="1">
-        <v>0.116</v>
+        <v>0.114</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="173">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B173" t="s">
         <v>862</v>
       </c>
       <c r="C173" t="s">
         <v>863</v>
       </c>
       <c r="D173" t="s">
         <v>864</v>
       </c>
       <c r="E173" t="s">
         <v>865</v>
       </c>
       <c r="F173" t="s">
         <v>866</v>
       </c>
       <c r="G173" s="1">
-        <v>0.116</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="174">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B174" t="s">
         <v>867</v>
       </c>
       <c r="C174" t="s">
         <v>868</v>
       </c>
       <c r="D174" t="s">
         <v>869</v>
       </c>
       <c r="E174" t="s">
         <v>870</v>
       </c>
       <c r="F174" t="s">
         <v>871</v>
       </c>
       <c r="G174" s="1">
-        <v>0.115</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="175">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B175" t="s">
         <v>872</v>
       </c>
       <c r="C175" t="s">
         <v>873</v>
       </c>
       <c r="D175" t="s">
         <v>874</v>
       </c>
       <c r="E175" t="s">
         <v>875</v>
       </c>
       <c r="F175" t="s">
         <v>876</v>
       </c>
       <c r="G175" s="1">
-        <v>0.114</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="176">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B176" t="s">
         <v>877</v>
       </c>
       <c r="C176" t="s">
         <v>878</v>
       </c>
       <c r="D176" t="s">
         <v>879</v>
       </c>
       <c r="E176" t="s">
         <v>880</v>
       </c>
       <c r="F176" t="s">
         <v>881</v>
       </c>
       <c r="G176" s="1">
-        <v>0.113</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="177">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B177" t="s">
         <v>882</v>
       </c>
       <c r="C177" t="s">
         <v>883</v>
       </c>
       <c r="D177" t="s">
         <v>884</v>
       </c>
       <c r="E177" t="s">
         <v>885</v>
       </c>
       <c r="F177" t="s">
         <v>886</v>
       </c>
       <c r="G177" s="1">
-        <v>0.113</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="178">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B178" t="s">
         <v>887</v>
       </c>
       <c r="C178" t="s">
         <v>888</v>
       </c>
       <c r="D178" t="s">
         <v>889</v>
       </c>
       <c r="E178" t="s">
         <v>890</v>
       </c>
       <c r="F178" t="s">
         <v>891</v>
       </c>
       <c r="G178" s="1">
-        <v>0.113</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="179">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B179" t="s">
         <v>892</v>
       </c>
       <c r="C179" t="s">
         <v>893</v>
       </c>
       <c r="D179" t="s">
         <v>894</v>
       </c>
       <c r="E179" t="s">
         <v>895</v>
       </c>
       <c r="F179" t="s">
         <v>896</v>
       </c>
       <c r="G179" s="1">
-        <v>0.112</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="180">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B180" t="s">
         <v>897</v>
       </c>
       <c r="C180" t="s">
         <v>898</v>
       </c>
       <c r="D180" t="s">
         <v>899</v>
       </c>
       <c r="E180" t="s">
         <v>900</v>
       </c>
       <c r="F180" t="s">
         <v>901</v>
       </c>
       <c r="G180" s="1">
-        <v>0.112</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="181">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B181" t="s">
         <v>902</v>
       </c>
       <c r="C181" t="s">
         <v>903</v>
       </c>
       <c r="D181" t="s">
         <v>904</v>
       </c>
       <c r="E181" t="s">
         <v>905</v>
       </c>
       <c r="F181" t="s">
         <v>906</v>
       </c>
       <c r="G181" s="1">
-        <v>0.111</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="182">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B182" t="s">
         <v>907</v>
       </c>
       <c r="C182" t="s">
         <v>908</v>
       </c>
       <c r="D182" t="s">
         <v>909</v>
       </c>
       <c r="E182" t="s">
         <v>910</v>
       </c>
       <c r="F182" t="s">
         <v>911</v>
       </c>
       <c r="G182" s="1">
         <v>0.11</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="183">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B183" t="s">
         <v>912</v>
       </c>
       <c r="C183" t="s">
         <v>913</v>
       </c>
       <c r="D183" t="s">
         <v>914</v>
       </c>
       <c r="E183" t="s">
         <v>915</v>
       </c>
       <c r="F183" t="s">
         <v>916</v>
       </c>
       <c r="G183" s="1">
         <v>0.109</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="184">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B184" t="s">
         <v>917</v>
       </c>
       <c r="C184" t="s">
         <v>918</v>
       </c>
       <c r="D184" t="s">
         <v>919</v>
       </c>
       <c r="E184" t="s">
         <v>920</v>
       </c>
       <c r="F184" t="s">
         <v>921</v>
       </c>
       <c r="G184" s="1">
-        <v>0.109</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="185">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B185" t="s">
         <v>922</v>
       </c>
       <c r="C185" t="s">
         <v>923</v>
       </c>
       <c r="D185" t="s">
         <v>924</v>
       </c>
       <c r="E185" t="s">
         <v>925</v>
       </c>
       <c r="F185" t="s">
         <v>926</v>
       </c>
       <c r="G185" s="1">
-        <v>0.108</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="186">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B186" t="s">
         <v>927</v>
       </c>
       <c r="C186" t="s">
         <v>928</v>
       </c>
       <c r="D186" t="s">
         <v>929</v>
       </c>
       <c r="E186" t="s">
         <v>930</v>
       </c>
       <c r="F186" t="s">
         <v>931</v>
       </c>
       <c r="G186" s="1">
         <v>0.107</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="187">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B187" t="s">
         <v>932</v>
       </c>
       <c r="C187" t="s">
         <v>933</v>
       </c>
       <c r="D187" t="s">
         <v>934</v>
       </c>
       <c r="E187" t="s">
         <v>935</v>
       </c>
       <c r="F187" t="s">
         <v>936</v>
       </c>
       <c r="G187" s="1">
-        <v>0.106</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="188">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B188" t="s">
         <v>937</v>
       </c>
       <c r="C188" t="s">
         <v>938</v>
       </c>
       <c r="D188" t="s">
         <v>939</v>
       </c>
       <c r="E188" t="s">
         <v>940</v>
       </c>
       <c r="F188" t="s">
         <v>941</v>
       </c>
       <c r="G188" s="1">
-        <v>0.104</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="189">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B189" t="s">
         <v>942</v>
       </c>
       <c r="C189" t="s">
         <v>943</v>
       </c>
       <c r="D189" t="s">
         <v>944</v>
       </c>
       <c r="E189" t="s">
         <v>945</v>
       </c>
       <c r="F189" t="s">
         <v>946</v>
       </c>
       <c r="G189" s="1">
-        <v>0.104</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="190">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B190" t="s">
         <v>947</v>
       </c>
       <c r="C190" t="s">
         <v>948</v>
       </c>
       <c r="D190" t="s">
         <v>949</v>
       </c>
       <c r="E190" t="s">
         <v>950</v>
       </c>
       <c r="F190" t="s">
         <v>951</v>
       </c>
       <c r="G190" s="1">
-        <v>0.104</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="191">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B191" t="s">
         <v>952</v>
       </c>
       <c r="C191" t="s">
         <v>953</v>
       </c>
       <c r="D191" t="s">
         <v>954</v>
       </c>
       <c r="E191" t="s">
         <v>955</v>
       </c>
       <c r="F191" t="s">
         <v>956</v>
       </c>
       <c r="G191" s="1">
-        <v>0.103</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="192">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B192" t="s">
         <v>957</v>
       </c>
       <c r="C192" t="s">
         <v>958</v>
       </c>
       <c r="D192" t="s">
         <v>959</v>
       </c>
       <c r="E192" t="s">
         <v>960</v>
       </c>
       <c r="F192" t="s">
         <v>961</v>
       </c>
       <c r="G192" s="1">
-        <v>0.103</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="193">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B193" t="s">
         <v>962</v>
       </c>
       <c r="C193" t="s">
         <v>963</v>
       </c>
       <c r="D193" t="s">
         <v>964</v>
       </c>
       <c r="E193" t="s">
         <v>965</v>
       </c>
       <c r="F193" t="s">
         <v>966</v>
       </c>
       <c r="G193" s="1">
-        <v>0.103</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="194">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B194" t="s">
         <v>967</v>
       </c>
       <c r="C194" t="s">
         <v>968</v>
       </c>
       <c r="D194" t="s">
         <v>969</v>
       </c>
       <c r="E194" t="s">
         <v>970</v>
       </c>
       <c r="F194" t="s">
         <v>971</v>
       </c>
       <c r="G194" s="1">
-        <v>0.102</v>
+        <v>0.103</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="195">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B195" t="s">
         <v>972</v>
       </c>
       <c r="C195" t="s">
         <v>973</v>
       </c>
       <c r="D195" t="s">
         <v>974</v>
       </c>
       <c r="E195" t="s">
         <v>975</v>
       </c>
       <c r="F195" t="s">
         <v>976</v>
       </c>
       <c r="G195" s="1">
         <v>0.102</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="196">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B196" t="s">
         <v>977</v>
       </c>
       <c r="C196" t="s">
         <v>978</v>
       </c>
       <c r="D196" t="s">
         <v>979</v>
       </c>
       <c r="E196" t="s">
         <v>980</v>
       </c>
       <c r="F196" t="s">
         <v>981</v>
       </c>
       <c r="G196" s="1">
         <v>0.102</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="197">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B197" t="s">
         <v>982</v>
       </c>
       <c r="C197" t="s">
         <v>983</v>
       </c>
       <c r="D197" t="s">
         <v>984</v>
       </c>
       <c r="E197" t="s">
         <v>985</v>
       </c>
       <c r="F197" t="s">
         <v>986</v>
       </c>
       <c r="G197" s="1">
-        <v>0.101</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="198">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B198" t="s">
         <v>987</v>
       </c>
       <c r="C198" t="s">
         <v>988</v>
       </c>
       <c r="D198" t="s">
         <v>989</v>
       </c>
       <c r="E198" t="s">
         <v>990</v>
       </c>
       <c r="F198" t="s">
         <v>991</v>
       </c>
       <c r="G198" s="1">
-        <v>0.101</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="199">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B199" t="s">
         <v>992</v>
       </c>
       <c r="C199" t="s">
         <v>993</v>
       </c>
       <c r="D199" t="s">
         <v>994</v>
       </c>
       <c r="E199" t="s">
         <v>995</v>
       </c>
       <c r="F199" t="s">
         <v>996</v>
       </c>
       <c r="G199" s="1">
-        <v>0.101</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="200">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B200" t="s">
         <v>997</v>
       </c>
       <c r="C200" t="s">
         <v>998</v>
       </c>
       <c r="D200" t="s">
         <v>999</v>
       </c>
       <c r="E200" t="s">
         <v>1000</v>
       </c>
       <c r="F200" t="s">
         <v>1001</v>
       </c>
       <c r="G200" s="1">
-        <v>0.1</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="201">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B201" t="s">
         <v>1002</v>
       </c>
       <c r="C201" t="s">
         <v>1003</v>
       </c>
       <c r="D201" t="s">
         <v>1004</v>
       </c>
       <c r="E201" t="s">
         <v>1005</v>
       </c>
       <c r="F201" t="s">
         <v>1006</v>
       </c>
       <c r="G201" s="1">
-        <v>0.1</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="202">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B202" t="s">
         <v>1007</v>
       </c>
       <c r="C202" t="s">
         <v>1008</v>
       </c>
       <c r="D202" t="s">
         <v>1009</v>
       </c>
       <c r="E202" t="s">
         <v>1010</v>
       </c>
       <c r="F202" t="s">
         <v>1011</v>
       </c>
       <c r="G202" s="1">
-        <v>0.099</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="203">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B203" t="s">
         <v>1012</v>
       </c>
       <c r="C203" t="s">
         <v>1013</v>
       </c>
       <c r="D203" t="s">
         <v>1014</v>
       </c>
       <c r="E203" t="s">
         <v>1015</v>
       </c>
       <c r="F203" t="s">
         <v>1016</v>
       </c>
       <c r="G203" s="1">
-        <v>0.099</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="204">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B204" t="s">
         <v>1017</v>
       </c>
       <c r="C204" t="s">
         <v>1018</v>
       </c>
       <c r="D204" t="s">
         <v>1019</v>
       </c>
       <c r="E204" t="s">
         <v>1020</v>
       </c>
       <c r="F204" t="s">
         <v>1021</v>
       </c>
       <c r="G204" s="1">
-        <v>0.098</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="205">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B205" t="s">
         <v>1022</v>
       </c>
       <c r="C205" t="s">
         <v>1023</v>
       </c>
       <c r="D205" t="s">
         <v>1024</v>
       </c>
       <c r="E205" t="s">
         <v>1025</v>
       </c>
       <c r="F205" t="s">
         <v>1026</v>
       </c>
       <c r="G205" s="1">
-        <v>0.098</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="206">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B206" t="s">
         <v>1027</v>
       </c>
       <c r="C206" t="s">
         <v>1028</v>
       </c>
       <c r="D206" t="s">
         <v>1029</v>
       </c>
       <c r="E206" t="s">
         <v>1030</v>
       </c>
       <c r="F206" t="s">
         <v>1031</v>
       </c>
       <c r="G206" s="1">
-        <v>0.098</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="207">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B207" t="s">
         <v>1032</v>
       </c>
       <c r="C207" t="s">
         <v>1033</v>
       </c>
       <c r="D207" t="s">
         <v>1034</v>
       </c>
       <c r="E207" t="s">
         <v>1035</v>
       </c>
       <c r="F207" t="s">
         <v>1036</v>
       </c>
       <c r="G207" s="1">
-        <v>0.098</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="208">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B208" t="s">
         <v>1037</v>
       </c>
       <c r="C208" t="s">
         <v>1038</v>
       </c>
       <c r="D208" t="s">
         <v>1039</v>
       </c>
       <c r="E208" t="s">
         <v>1040</v>
       </c>
       <c r="F208" t="s">
         <v>1041</v>
       </c>
       <c r="G208" s="1">
-        <v>0.098</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="209">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B209" t="s">
         <v>1042</v>
       </c>
       <c r="C209" t="s">
         <v>1043</v>
       </c>
       <c r="D209" t="s">
         <v>1044</v>
       </c>
       <c r="E209" t="s">
         <v>1045</v>
       </c>
       <c r="F209" t="s">
         <v>1046</v>
       </c>
       <c r="G209" s="1">
-        <v>0.098</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="210">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B210" t="s">
         <v>1047</v>
       </c>
       <c r="C210" t="s">
         <v>1048</v>
       </c>
       <c r="D210" t="s">
         <v>1049</v>
       </c>
       <c r="E210" t="s">
         <v>1050</v>
       </c>
       <c r="F210" t="s">
         <v>1051</v>
       </c>
       <c r="G210" s="1">
-        <v>0.098</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="211">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B211" t="s">
         <v>1052</v>
       </c>
       <c r="C211" t="s">
         <v>1053</v>
       </c>
       <c r="D211" t="s">
         <v>1054</v>
       </c>
       <c r="E211" t="s">
         <v>1055</v>
       </c>
       <c r="F211" t="s">
         <v>1056</v>
       </c>
       <c r="G211" s="1">
-        <v>0.097</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="212">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B212" t="s">
         <v>1057</v>
       </c>
       <c r="C212" t="s">
         <v>1058</v>
       </c>
       <c r="D212" t="s">
         <v>1059</v>
       </c>
       <c r="E212" t="s">
         <v>1060</v>
       </c>
       <c r="F212" t="s">
         <v>1061</v>
       </c>
       <c r="G212" s="1">
-        <v>0.097</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="213">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B213" t="s">
         <v>1062</v>
       </c>
       <c r="C213" t="s">
         <v>1063</v>
       </c>
       <c r="D213" t="s">
         <v>1064</v>
       </c>
       <c r="E213" t="s">
         <v>1065</v>
       </c>
       <c r="F213" t="s">
         <v>1066</v>
       </c>
       <c r="G213" s="1">
-        <v>0.097</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="214">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B214" t="s">
         <v>1067</v>
       </c>
       <c r="C214" t="s">
         <v>1068</v>
       </c>
       <c r="D214" t="s">
         <v>1069</v>
       </c>
       <c r="E214" t="s">
         <v>1070</v>
       </c>
       <c r="F214" t="s">
         <v>1071</v>
       </c>
       <c r="G214" s="1">
-        <v>0.096</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="215">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B215" t="s">
         <v>1072</v>
       </c>
       <c r="C215" t="s">
         <v>1073</v>
       </c>
       <c r="D215" t="s">
         <v>1074</v>
       </c>
       <c r="E215" t="s">
         <v>1075</v>
       </c>
       <c r="F215" t="s">
         <v>1076</v>
       </c>
       <c r="G215" s="1">
-        <v>0.096</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="216">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B216" t="s">
         <v>1077</v>
       </c>
       <c r="C216" t="s">
         <v>1078</v>
       </c>
       <c r="D216" t="s">
         <v>1079</v>
       </c>
       <c r="E216" t="s">
         <v>1080</v>
       </c>
       <c r="F216" t="s">
         <v>1081</v>
       </c>
       <c r="G216" s="1">
-        <v>0.096</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="217">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B217" t="s">
         <v>1082</v>
       </c>
       <c r="C217" t="s">
         <v>1083</v>
       </c>
       <c r="D217" t="s">
         <v>1084</v>
       </c>
       <c r="E217" t="s">
         <v>1085</v>
       </c>
       <c r="F217" t="s">
         <v>1086</v>
       </c>
       <c r="G217" s="1">
         <v>0.096</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="218">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B218" t="s">
         <v>1087</v>
       </c>
       <c r="C218" t="s">
         <v>1088</v>
       </c>
       <c r="D218" t="s">
         <v>1089</v>
       </c>
       <c r="E218" t="s">
         <v>1090</v>
       </c>
       <c r="F218" t="s">
         <v>1091</v>
       </c>
       <c r="G218" s="1">
-        <v>0.095</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="219">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B219" t="s">
         <v>1092</v>
       </c>
       <c r="C219" t="s">
         <v>1093</v>
       </c>
       <c r="D219" t="s">
         <v>1094</v>
       </c>
       <c r="E219" t="s">
         <v>1095</v>
       </c>
       <c r="F219" t="s">
         <v>1096</v>
       </c>
       <c r="G219" s="1">
-        <v>0.095</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="220">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B220" t="s">
         <v>1097</v>
       </c>
       <c r="C220" t="s">
         <v>1098</v>
       </c>
       <c r="D220" t="s">
         <v>1099</v>
       </c>
       <c r="E220" t="s">
         <v>1100</v>
       </c>
       <c r="F220" t="s">
         <v>1101</v>
       </c>
       <c r="G220" s="1">
         <v>0.095</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="221">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B221" t="s">
         <v>1102</v>
       </c>
       <c r="C221" t="s">
         <v>1103</v>
       </c>
       <c r="D221" t="s">
         <v>1104</v>
       </c>
       <c r="E221" t="s">
         <v>1105</v>
       </c>
       <c r="F221" t="s">
         <v>1106</v>
       </c>
       <c r="G221" s="1">
-        <v>0.095</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="222">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B222" t="s">
         <v>1107</v>
       </c>
       <c r="C222" t="s">
         <v>1108</v>
       </c>
       <c r="D222" t="s">
         <v>1109</v>
       </c>
       <c r="E222" t="s">
         <v>1110</v>
       </c>
       <c r="F222" t="s">
         <v>1111</v>
       </c>
       <c r="G222" s="1">
         <v>0.094</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="223">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B223" t="s">
         <v>1112</v>
       </c>
       <c r="C223" t="s">
         <v>1113</v>
       </c>
       <c r="D223" t="s">
         <v>1114</v>
       </c>
       <c r="E223" t="s">
         <v>1115</v>
       </c>
       <c r="F223" t="s">
         <v>1116</v>
       </c>
       <c r="G223" s="1">
         <v>0.094</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="224">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B224" t="s">
         <v>1117</v>
       </c>
       <c r="C224" t="s">
         <v>1118</v>
       </c>
       <c r="D224" t="s">
         <v>1119</v>
       </c>
       <c r="E224" t="s">
         <v>1120</v>
       </c>
       <c r="F224" t="s">
         <v>1121</v>
       </c>
       <c r="G224" s="1">
-        <v>0.093</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="225">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B225" t="s">
         <v>1122</v>
       </c>
       <c r="C225" t="s">
         <v>1123</v>
       </c>
       <c r="D225" t="s">
         <v>1124</v>
       </c>
       <c r="E225" t="s">
         <v>1125</v>
       </c>
       <c r="F225" t="s">
         <v>1126</v>
       </c>
       <c r="G225" s="1">
-        <v>0.092</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="226">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B226" t="s">
         <v>1127</v>
       </c>
       <c r="C226" t="s">
         <v>1128</v>
       </c>
       <c r="D226" t="s">
         <v>1129</v>
       </c>
       <c r="E226" t="s">
         <v>1130</v>
       </c>
       <c r="F226" t="s">
         <v>1131</v>
       </c>
       <c r="G226" s="1">
-        <v>0.092</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="227">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B227" t="s">
         <v>1132</v>
       </c>
       <c r="C227" t="s">
         <v>1133</v>
       </c>
       <c r="D227" t="s">
         <v>1134</v>
       </c>
       <c r="E227" t="s">
         <v>1135</v>
       </c>
       <c r="F227" t="s">
         <v>1136</v>
       </c>
       <c r="G227" s="1">
-        <v>0.091</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="228">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B228" t="s">
         <v>1137</v>
       </c>
       <c r="C228" t="s">
         <v>1138</v>
       </c>
       <c r="D228" t="s">
         <v>1139</v>
       </c>
       <c r="E228" t="s">
         <v>1140</v>
       </c>
       <c r="F228" t="s">
         <v>1141</v>
       </c>
       <c r="G228" s="1">
-        <v>0.091</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="229">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B229" t="s">
         <v>1142</v>
       </c>
       <c r="C229" t="s">
         <v>1143</v>
       </c>
       <c r="D229" t="s">
         <v>1144</v>
       </c>
       <c r="E229" t="s">
         <v>1145</v>
       </c>
       <c r="F229" t="s">
         <v>1146</v>
       </c>
       <c r="G229" s="1">
-        <v>0.091</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="230">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B230" t="s">
         <v>1147</v>
       </c>
       <c r="C230" t="s">
         <v>1148</v>
       </c>
       <c r="D230" t="s">
         <v>1149</v>
       </c>
       <c r="E230" t="s">
         <v>1150</v>
       </c>
       <c r="F230" t="s">
         <v>1151</v>
       </c>
       <c r="G230" s="1">
-        <v>0.091</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="231">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B231" t="s">
         <v>1152</v>
       </c>
       <c r="C231" t="s">
         <v>1153</v>
       </c>
       <c r="D231" t="s">
         <v>1154</v>
       </c>
       <c r="E231" t="s">
         <v>1155</v>
       </c>
       <c r="F231" t="s">
         <v>1156</v>
       </c>
       <c r="G231" s="1">
-        <v>0.09</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="232">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B232" t="s">
         <v>1157</v>
       </c>
       <c r="C232" t="s">
         <v>1158</v>
       </c>
       <c r="D232" t="s">
         <v>1159</v>
       </c>
       <c r="E232" t="s">
         <v>1160</v>
       </c>
       <c r="F232" t="s">
         <v>1161</v>
       </c>
       <c r="G232" s="1">
-        <v>0.09</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="233">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B233" t="s">
         <v>1162</v>
       </c>
       <c r="C233" t="s">
         <v>1163</v>
       </c>
       <c r="D233" t="s">
         <v>1164</v>
       </c>
       <c r="E233" t="s">
         <v>1165</v>
       </c>
       <c r="F233" t="s">
         <v>1166</v>
       </c>
       <c r="G233" s="1">
-        <v>0.09</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="234">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B234" t="s">
         <v>1167</v>
       </c>
       <c r="C234" t="s">
         <v>1168</v>
       </c>
       <c r="D234" t="s">
         <v>1169</v>
       </c>
       <c r="E234" t="s">
         <v>1170</v>
       </c>
       <c r="F234" t="s">
         <v>1171</v>
       </c>
       <c r="G234" s="1">
-        <v>0.09</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="235">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B235" t="s">
         <v>1172</v>
       </c>
       <c r="C235" t="s">
         <v>1173</v>
       </c>
       <c r="D235" t="s">
         <v>1174</v>
       </c>
       <c r="E235" t="s">
         <v>1175</v>
       </c>
       <c r="F235" t="s">
         <v>1176</v>
       </c>
       <c r="G235" s="1">
-        <v>0.089</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="236">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B236" t="s">
         <v>1177</v>
       </c>
       <c r="C236" t="s">
         <v>1178</v>
       </c>
       <c r="D236" t="s">
         <v>1179</v>
       </c>
       <c r="E236" t="s">
         <v>1180</v>
       </c>
       <c r="F236" t="s">
         <v>1181</v>
       </c>
       <c r="G236" s="1">
-        <v>0.089</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="237">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B237" t="s">
         <v>1182</v>
       </c>
       <c r="C237" t="s">
         <v>1183</v>
       </c>
       <c r="D237" t="s">
         <v>1184</v>
       </c>
       <c r="E237" t="s">
         <v>1185</v>
       </c>
       <c r="F237" t="s">
         <v>1186</v>
       </c>
       <c r="G237" s="1">
-        <v>0.088</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="238">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B238" t="s">
         <v>1187</v>
       </c>
       <c r="C238" t="s">
         <v>1188</v>
       </c>
       <c r="D238" t="s">
         <v>1189</v>
       </c>
       <c r="E238" t="s">
         <v>1190</v>
       </c>
       <c r="F238" t="s">
         <v>1191</v>
       </c>
       <c r="G238" s="1">
-        <v>0.088</v>
+        <v>0.089</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="239">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B239" t="s">
         <v>1192</v>
       </c>
       <c r="C239" t="s">
         <v>1193</v>
       </c>
       <c r="D239" t="s">
         <v>1194</v>
       </c>
       <c r="E239" t="s">
         <v>1195</v>
       </c>
       <c r="F239" t="s">
         <v>1196</v>
       </c>
       <c r="G239" s="1">
         <v>0.088</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="240">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B240" t="s">
         <v>1197</v>
       </c>
       <c r="C240" t="s">
         <v>1198</v>
       </c>
       <c r="D240" t="s">
         <v>1199</v>
       </c>
       <c r="E240" t="s">
         <v>1200</v>
       </c>
       <c r="F240" t="s">
         <v>1201</v>
       </c>
       <c r="G240" s="1">
         <v>0.088</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="241">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B241" t="s">
         <v>1202</v>
       </c>
       <c r="C241" t="s">
         <v>1203</v>
       </c>
       <c r="D241" t="s">
         <v>1204</v>
       </c>
       <c r="E241" t="s">
         <v>1205</v>
       </c>
       <c r="F241" t="s">
         <v>1206</v>
       </c>
       <c r="G241" s="1">
-        <v>0.087</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="242">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B242" t="s">
         <v>1207</v>
       </c>
       <c r="C242" t="s">
         <v>1208</v>
       </c>
       <c r="D242" t="s">
         <v>1209</v>
       </c>
       <c r="E242" t="s">
         <v>1210</v>
       </c>
       <c r="F242" t="s">
         <v>1211</v>
       </c>
       <c r="G242" s="1">
-        <v>0.087</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="243">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B243" t="s">
         <v>1212</v>
       </c>
       <c r="C243" t="s">
         <v>1213</v>
       </c>
       <c r="D243" t="s">
         <v>1214</v>
       </c>
       <c r="E243" t="s">
         <v>1215</v>
       </c>
       <c r="F243" t="s">
         <v>1216</v>
       </c>
       <c r="G243" s="1">
-        <v>0.087</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="244">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B244" t="s">
         <v>1217</v>
       </c>
       <c r="C244" t="s">
         <v>1218</v>
       </c>
       <c r="D244" t="s">
         <v>1219</v>
       </c>
       <c r="E244" t="s">
         <v>1220</v>
       </c>
       <c r="F244" t="s">
         <v>1221</v>
       </c>
       <c r="G244" s="1">
-        <v>0.086</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="245">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B245" t="s">
         <v>1222</v>
       </c>
       <c r="C245" t="s">
         <v>1223</v>
       </c>
       <c r="D245" t="s">
         <v>1224</v>
       </c>
       <c r="E245" t="s">
         <v>1225</v>
       </c>
       <c r="F245" t="s">
         <v>1226</v>
       </c>
       <c r="G245" s="1">
-        <v>0.086</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="246">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B246" t="s">
         <v>1227</v>
       </c>
       <c r="C246" t="s">
         <v>1228</v>
       </c>
       <c r="D246" t="s">
         <v>1229</v>
       </c>
       <c r="E246" t="s">
         <v>1230</v>
       </c>
       <c r="F246" t="s">
         <v>1231</v>
       </c>
       <c r="G246" s="1">
-        <v>0.086</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="247">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B247" t="s">
         <v>1232</v>
       </c>
       <c r="C247" t="s">
         <v>1233</v>
       </c>
       <c r="D247" t="s">
         <v>1234</v>
       </c>
       <c r="E247" t="s">
         <v>1235</v>
       </c>
       <c r="F247" t="s">
         <v>1236</v>
       </c>
       <c r="G247" s="1">
-        <v>0.084</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="248">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B248" t="s">
         <v>1237</v>
       </c>
       <c r="C248" t="s">
         <v>1238</v>
       </c>
       <c r="D248" t="s">
         <v>1239</v>
       </c>
       <c r="E248" t="s">
         <v>1240</v>
       </c>
       <c r="F248" t="s">
         <v>1241</v>
       </c>
       <c r="G248" s="1">
-        <v>0.083</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="249">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B249" t="s">
         <v>1242</v>
       </c>
       <c r="C249" t="s">
         <v>1243</v>
       </c>
       <c r="D249" t="s">
         <v>1244</v>
       </c>
       <c r="E249" t="s">
         <v>1245</v>
       </c>
       <c r="F249" t="s">
         <v>1246</v>
       </c>
       <c r="G249" s="1">
-        <v>0.083</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="250">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B250" t="s">
         <v>1247</v>
       </c>
       <c r="C250" t="s">
         <v>1248</v>
       </c>
       <c r="D250" t="s">
         <v>1249</v>
       </c>
       <c r="E250" t="s">
         <v>1250</v>
       </c>
       <c r="F250" t="s">
         <v>1251</v>
       </c>
       <c r="G250" s="1">
-        <v>0.083</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="251">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B251" t="s">
         <v>1252</v>
       </c>
       <c r="C251" t="s">
         <v>1253</v>
       </c>
       <c r="D251" t="s">
         <v>1254</v>
       </c>
       <c r="E251" t="s">
         <v>1255</v>
       </c>
       <c r="F251" t="s">
         <v>1256</v>
       </c>
       <c r="G251" s="1">
-        <v>0.083</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="252">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B252" t="s">
         <v>1257</v>
       </c>
       <c r="C252" t="s">
         <v>1258</v>
       </c>
       <c r="D252" t="s">
         <v>1259</v>
       </c>
       <c r="E252" t="s">
         <v>1260</v>
       </c>
       <c r="F252" t="s">
         <v>1261</v>
       </c>
       <c r="G252" s="1">
-        <v>0.083</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="253">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B253" t="s">
         <v>1262</v>
       </c>
       <c r="C253" t="s">
         <v>1263</v>
       </c>
       <c r="D253" t="s">
         <v>1264</v>
       </c>
       <c r="E253" t="s">
         <v>1265</v>
       </c>
       <c r="F253" t="s">
         <v>1266</v>
       </c>
       <c r="G253" s="1">
-        <v>0.082</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="254">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B254" t="s">
         <v>1267</v>
       </c>
       <c r="C254" t="s">
         <v>1268</v>
       </c>
       <c r="D254" t="s">
         <v>1269</v>
       </c>
       <c r="E254" t="s">
         <v>1270</v>
       </c>
       <c r="F254" t="s">
         <v>1271</v>
       </c>
       <c r="G254" s="1">
-        <v>0.082</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="255">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B255" t="s">
         <v>1272</v>
       </c>
       <c r="C255" t="s">
         <v>1273</v>
       </c>
       <c r="D255" t="s">
         <v>1274</v>
       </c>
       <c r="E255" t="s">
         <v>1275</v>
       </c>
       <c r="F255" t="s">
         <v>1276</v>
       </c>
       <c r="G255" s="1">
-        <v>0.082</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="256">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B256" t="s">
         <v>1277</v>
       </c>
       <c r="C256" t="s">
         <v>1278</v>
       </c>
       <c r="D256" t="s">
         <v>1279</v>
       </c>
       <c r="E256" t="s">
         <v>1280</v>
       </c>
       <c r="F256" t="s">
         <v>1281</v>
       </c>
       <c r="G256" s="1">
-        <v>0.081</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="257">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B257" t="s">
         <v>1282</v>
       </c>
       <c r="C257" t="s">
         <v>1283</v>
       </c>
       <c r="D257" t="s">
         <v>1284</v>
       </c>
       <c r="E257" t="s">
         <v>1285</v>
       </c>
       <c r="F257" t="s">
         <v>1286</v>
       </c>
       <c r="G257" s="1">
         <v>0.081</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="258">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B258" t="s">
         <v>1287</v>
       </c>
       <c r="C258" t="s">
         <v>1288</v>
       </c>
       <c r="D258" t="s">
         <v>1289</v>
       </c>
       <c r="E258" t="s">
         <v>1290</v>
       </c>
       <c r="F258" t="s">
         <v>1291</v>
       </c>
       <c r="G258" s="1">
         <v>0.081</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="259">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B259" t="s">
         <v>1292</v>
       </c>
       <c r="C259" t="s">
         <v>1293</v>
       </c>
       <c r="D259" t="s">
         <v>1294</v>
       </c>
       <c r="E259" t="s">
         <v>1295</v>
       </c>
       <c r="F259" t="s">
         <v>1296</v>
       </c>
       <c r="G259" s="1">
         <v>0.081</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="260">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B260" t="s">
         <v>1297</v>
       </c>
       <c r="C260" t="s">
         <v>1298</v>
       </c>
       <c r="D260" t="s">
         <v>1299</v>
       </c>
       <c r="E260" t="s">
         <v>1300</v>
       </c>
       <c r="F260" t="s">
         <v>1301</v>
       </c>
       <c r="G260" s="1">
         <v>0.081</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="261">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B261" t="s">
         <v>1302</v>
       </c>
       <c r="C261" t="s">
         <v>1303</v>
       </c>
       <c r="D261" t="s">
         <v>1304</v>
       </c>
       <c r="E261" t="s">
         <v>1305</v>
       </c>
       <c r="F261" t="s">
         <v>1306</v>
       </c>
       <c r="G261" s="1">
-        <v>0.081</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="262">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B262" t="s">
         <v>1307</v>
       </c>
       <c r="C262" t="s">
         <v>1308</v>
       </c>
       <c r="D262" t="s">
         <v>1309</v>
       </c>
       <c r="E262" t="s">
         <v>1310</v>
       </c>
       <c r="F262" t="s">
         <v>1311</v>
       </c>
       <c r="G262" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="263">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B263" t="s">
         <v>1312</v>
       </c>
       <c r="C263" t="s">
         <v>1313</v>
       </c>
       <c r="D263" t="s">
         <v>1314</v>
       </c>
       <c r="E263" t="s">
         <v>1315</v>
       </c>
       <c r="F263" t="s">
         <v>1316</v>
       </c>
       <c r="G263" s="1">
-        <v>0.08</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="264">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B264" t="s">
         <v>1317</v>
       </c>
       <c r="C264" t="s">
         <v>1318</v>
       </c>
       <c r="D264" t="s">
         <v>1319</v>
       </c>
       <c r="E264" t="s">
         <v>1320</v>
       </c>
       <c r="F264" t="s">
         <v>1321</v>
       </c>
       <c r="G264" s="1">
         <v>0.079</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="265">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B265" t="s">
         <v>1322</v>
       </c>
       <c r="C265" t="s">
         <v>1323</v>
       </c>
       <c r="D265" t="s">
         <v>1324</v>
       </c>
       <c r="E265" t="s">
         <v>1325</v>
       </c>
       <c r="F265" t="s">
         <v>1326</v>
       </c>
       <c r="G265" s="1">
-        <v>0.079</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="266">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B266" t="s">
         <v>1327</v>
       </c>
       <c r="C266" t="s">
         <v>1328</v>
       </c>
       <c r="D266" t="s">
         <v>1329</v>
       </c>
       <c r="E266" t="s">
         <v>1330</v>
       </c>
       <c r="F266" t="s">
         <v>1331</v>
       </c>
       <c r="G266" s="1">
-        <v>0.079</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="267">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B267" t="s">
         <v>1332</v>
       </c>
       <c r="C267" t="s">
         <v>1333</v>
       </c>
       <c r="D267" t="s">
         <v>1334</v>
       </c>
       <c r="E267" t="s">
         <v>1335</v>
       </c>
       <c r="F267" t="s">
         <v>1336</v>
       </c>
       <c r="G267" s="1">
-        <v>0.078</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="268">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B268" t="s">
         <v>1337</v>
       </c>
       <c r="C268" t="s">
         <v>1338</v>
       </c>
       <c r="D268" t="s">
         <v>1339</v>
       </c>
       <c r="E268" t="s">
         <v>1340</v>
       </c>
       <c r="F268" t="s">
         <v>1341</v>
       </c>
       <c r="G268" s="1">
-        <v>0.078</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="269">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B269" t="s">
         <v>1342</v>
       </c>
       <c r="C269" t="s">
         <v>1343</v>
       </c>
       <c r="D269" t="s">
         <v>1344</v>
       </c>
       <c r="E269" t="s">
         <v>1345</v>
       </c>
       <c r="F269" t="s">
         <v>1346</v>
       </c>
       <c r="G269" s="1">
-        <v>0.078</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="270">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B270" t="s">
         <v>1347</v>
       </c>
       <c r="C270" t="s">
         <v>1348</v>
       </c>
       <c r="D270" t="s">
         <v>1349</v>
       </c>
       <c r="E270" t="s">
         <v>1350</v>
       </c>
       <c r="F270" t="s">
         <v>1351</v>
       </c>
       <c r="G270" s="1">
-        <v>0.078</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="271">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B271" t="s">
         <v>1352</v>
       </c>
       <c r="C271" t="s">
         <v>1353</v>
       </c>
       <c r="D271" t="s">
         <v>1354</v>
       </c>
       <c r="E271" t="s">
         <v>1355</v>
       </c>
       <c r="F271" t="s">
         <v>1356</v>
       </c>
       <c r="G271" s="1">
-        <v>0.077</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="272">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B272" t="s">
         <v>1357</v>
       </c>
       <c r="C272" t="s">
         <v>1358</v>
       </c>
       <c r="D272" t="s">
         <v>1359</v>
       </c>
       <c r="E272" t="s">
         <v>1360</v>
       </c>
       <c r="F272" t="s">
         <v>1361</v>
       </c>
       <c r="G272" s="1">
-        <v>0.077</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="273">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B273" t="s">
         <v>1362</v>
       </c>
       <c r="C273" t="s">
         <v>1363</v>
       </c>
       <c r="D273" t="s">
         <v>1364</v>
       </c>
       <c r="E273" t="s">
         <v>1365</v>
       </c>
       <c r="F273" t="s">
         <v>1366</v>
       </c>
       <c r="G273" s="1">
-        <v>0.076</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="274">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B274" t="s">
         <v>1367</v>
       </c>
       <c r="C274" t="s">
         <v>1368</v>
       </c>
       <c r="D274" t="s">
         <v>1369</v>
       </c>
       <c r="E274" t="s">
         <v>1370</v>
       </c>
       <c r="F274" t="s">
         <v>1371</v>
       </c>
       <c r="G274" s="1">
-        <v>0.076</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="275">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B275" t="s">
         <v>1372</v>
       </c>
       <c r="C275" t="s">
         <v>1373</v>
       </c>
       <c r="D275" t="s">
         <v>1374</v>
       </c>
       <c r="E275" t="s">
         <v>1375</v>
       </c>
       <c r="F275" t="s">
         <v>1376</v>
       </c>
       <c r="G275" s="1">
-        <v>0.076</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="276">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B276" t="s">
         <v>1377</v>
       </c>
       <c r="C276" t="s">
         <v>1378</v>
       </c>
       <c r="D276" t="s">
         <v>1379</v>
       </c>
       <c r="E276" t="s">
         <v>1380</v>
       </c>
       <c r="F276" t="s">
         <v>1381</v>
       </c>
       <c r="G276" s="1">
-        <v>0.075</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="277">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B277" t="s">
         <v>1382</v>
       </c>
       <c r="C277" t="s">
         <v>1383</v>
       </c>
       <c r="D277" t="s">
         <v>1384</v>
       </c>
       <c r="E277" t="s">
         <v>1385</v>
       </c>
       <c r="F277" t="s">
         <v>1386</v>
       </c>
       <c r="G277" s="1">
-        <v>0.075</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="278">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B278" t="s">
         <v>1387</v>
       </c>
       <c r="C278" t="s">
         <v>1388</v>
       </c>
       <c r="D278" t="s">
         <v>1389</v>
       </c>
       <c r="E278" t="s">
         <v>1390</v>
       </c>
       <c r="F278" t="s">
         <v>1391</v>
       </c>
       <c r="G278" s="1">
-        <v>0.075</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="279">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B279" t="s">
         <v>1392</v>
       </c>
       <c r="C279" t="s">
         <v>1393</v>
       </c>
       <c r="D279" t="s">
         <v>1394</v>
       </c>
       <c r="E279" t="s">
         <v>1395</v>
       </c>
       <c r="F279" t="s">
         <v>1396</v>
       </c>
       <c r="G279" s="1">
-        <v>0.074</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="280">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B280" t="s">
         <v>1397</v>
       </c>
       <c r="C280" t="s">
         <v>1398</v>
       </c>
       <c r="D280" t="s">
         <v>1399</v>
       </c>
       <c r="E280" t="s">
         <v>1400</v>
       </c>
       <c r="F280" t="s">
         <v>1401</v>
       </c>
       <c r="G280" s="1">
-        <v>0.074</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="281">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B281" t="s">
         <v>1402</v>
       </c>
       <c r="C281" t="s">
         <v>1403</v>
       </c>
       <c r="D281" t="s">
         <v>1404</v>
       </c>
       <c r="E281" t="s">
         <v>1405</v>
       </c>
       <c r="F281" t="s">
         <v>1406</v>
       </c>
       <c r="G281" s="1">
-        <v>0.073</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="282">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B282" t="s">
         <v>1407</v>
       </c>
       <c r="C282" t="s">
         <v>1408</v>
       </c>
       <c r="D282" t="s">
         <v>1409</v>
       </c>
       <c r="E282" t="s">
         <v>1410</v>
       </c>
       <c r="F282" t="s">
         <v>1411</v>
       </c>
       <c r="G282" s="1">
-        <v>0.073</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="283">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B283" t="s">
         <v>1412</v>
       </c>
       <c r="C283" t="s">
         <v>1413</v>
       </c>
       <c r="D283" t="s">
         <v>1414</v>
       </c>
       <c r="E283" t="s">
         <v>1415</v>
       </c>
       <c r="F283" t="s">
         <v>1416</v>
       </c>
       <c r="G283" s="1">
-        <v>0.073</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="284">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B284" t="s">
         <v>1417</v>
       </c>
       <c r="C284" t="s">
         <v>1418</v>
       </c>
       <c r="D284" t="s">
         <v>1419</v>
       </c>
       <c r="E284" t="s">
         <v>1420</v>
       </c>
       <c r="F284" t="s">
         <v>1421</v>
       </c>
       <c r="G284" s="1">
-        <v>0.073</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="285">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B285" t="s">
         <v>1422</v>
       </c>
       <c r="C285" t="s">
         <v>1423</v>
       </c>
       <c r="D285" t="s">
         <v>1424</v>
       </c>
       <c r="E285" t="s">
         <v>1425</v>
       </c>
       <c r="F285" t="s">
         <v>1426</v>
       </c>
       <c r="G285" s="1">
-        <v>0.072</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="286">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B286" t="s">
         <v>1427</v>
       </c>
       <c r="C286" t="s">
         <v>1428</v>
       </c>
       <c r="D286" t="s">
         <v>1429</v>
       </c>
       <c r="E286" t="s">
         <v>1430</v>
       </c>
       <c r="F286" t="s">
         <v>1431</v>
       </c>
       <c r="G286" s="1">
-        <v>0.072</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="287">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B287" t="s">
         <v>1432</v>
       </c>
       <c r="C287" t="s">
         <v>1433</v>
       </c>
       <c r="D287" t="s">
         <v>1434</v>
       </c>
       <c r="E287" t="s">
         <v>1435</v>
       </c>
       <c r="F287" t="s">
         <v>1436</v>
       </c>
       <c r="G287" s="1">
-        <v>0.072</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="288">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B288" t="s">
         <v>1437</v>
       </c>
       <c r="C288" t="s">
         <v>1438</v>
       </c>
       <c r="D288" t="s">
         <v>1439</v>
       </c>
       <c r="E288" t="s">
         <v>1440</v>
       </c>
       <c r="F288" t="s">
         <v>1441</v>
       </c>
       <c r="G288" s="1">
-        <v>0.072</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="289">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B289" t="s">
         <v>1442</v>
       </c>
       <c r="C289" t="s">
         <v>1443</v>
       </c>
       <c r="D289" t="s">
         <v>1444</v>
       </c>
       <c r="E289" t="s">
         <v>1445</v>
       </c>
       <c r="F289" t="s">
         <v>1446</v>
       </c>
       <c r="G289" s="1">
-        <v>0.072</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="290">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B290" t="s">
         <v>1447</v>
       </c>
       <c r="C290" t="s">
         <v>1448</v>
       </c>
       <c r="D290" t="s">
         <v>1449</v>
       </c>
       <c r="E290" t="s">
         <v>1450</v>
       </c>
       <c r="F290" t="s">
         <v>1451</v>
       </c>
       <c r="G290" s="1">
-        <v>0.071</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="291">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B291" t="s">
         <v>1452</v>
       </c>
       <c r="C291" t="s">
         <v>1453</v>
       </c>
       <c r="D291" t="s">
         <v>1454</v>
       </c>
       <c r="E291" t="s">
         <v>1455</v>
       </c>
       <c r="F291" t="s">
         <v>1456</v>
       </c>
       <c r="G291" s="1">
-        <v>0.071</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="292">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B292" t="s">
         <v>1457</v>
       </c>
       <c r="C292" t="s">
         <v>1458</v>
       </c>
       <c r="D292" t="s">
         <v>1459</v>
       </c>
       <c r="E292" t="s">
         <v>1460</v>
       </c>
       <c r="F292" t="s">
         <v>1461</v>
       </c>
       <c r="G292" s="1">
-        <v>0.071</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="293">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B293" t="s">
         <v>1462</v>
       </c>
       <c r="C293" t="s">
         <v>1463</v>
       </c>
       <c r="D293" t="s">
         <v>1464</v>
       </c>
       <c r="E293" t="s">
         <v>1465</v>
       </c>
       <c r="F293" t="s">
         <v>1466</v>
       </c>
       <c r="G293" s="1">
-        <v>0.071</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="294">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B294" t="s">
         <v>1467</v>
       </c>
       <c r="C294" t="s">
         <v>1468</v>
       </c>
       <c r="D294" t="s">
         <v>1469</v>
       </c>
       <c r="E294" t="s">
         <v>1470</v>
       </c>
       <c r="F294" t="s">
         <v>1471</v>
       </c>
       <c r="G294" s="1">
-        <v>0.07</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="295">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B295" t="s">
         <v>1472</v>
       </c>
       <c r="C295" t="s">
         <v>1473</v>
       </c>
       <c r="D295" t="s">
         <v>1474</v>
       </c>
       <c r="E295" t="s">
         <v>1475</v>
       </c>
       <c r="F295" t="s">
         <v>1476</v>
       </c>
       <c r="G295" s="1">
-        <v>0.07</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="296">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B296" t="s">
         <v>1477</v>
       </c>
       <c r="C296" t="s">
         <v>1478</v>
       </c>
       <c r="D296" t="s">
         <v>1479</v>
       </c>
       <c r="E296" t="s">
         <v>1480</v>
       </c>
       <c r="F296" t="s">
         <v>1481</v>
       </c>
       <c r="G296" s="1">
         <v>0.069</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="297">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B297" t="s">
         <v>1482</v>
       </c>
       <c r="C297" t="s">
         <v>1483</v>
       </c>
       <c r="D297" t="s">
         <v>1484</v>
       </c>
       <c r="E297" t="s">
         <v>1485</v>
       </c>
       <c r="F297" t="s">
         <v>1486</v>
       </c>
       <c r="G297" s="1">
         <v>0.069</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="298">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B298" t="s">
         <v>1487</v>
       </c>
       <c r="C298" t="s">
         <v>1488</v>
       </c>
       <c r="D298" t="s">
         <v>1489</v>
       </c>
       <c r="E298" t="s">
         <v>1490</v>
       </c>
       <c r="F298" t="s">
         <v>1491</v>
       </c>
       <c r="G298" s="1">
-        <v>0.069</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="299">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B299" t="s">
         <v>1492</v>
       </c>
       <c r="C299" t="s">
         <v>1493</v>
       </c>
       <c r="D299" t="s">
         <v>1494</v>
       </c>
       <c r="E299" t="s">
         <v>1495</v>
       </c>
       <c r="F299" t="s">
         <v>1496</v>
       </c>
       <c r="G299" s="1">
-        <v>0.069</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="300">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B300" t="s">
         <v>1497</v>
       </c>
       <c r="C300" t="s">
         <v>1498</v>
       </c>
       <c r="D300" t="s">
         <v>1499</v>
       </c>
       <c r="E300" t="s">
         <v>1500</v>
       </c>
       <c r="F300" t="s">
         <v>1501</v>
       </c>
       <c r="G300" s="1">
         <v>0.068</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="301">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B301" t="s">
         <v>1502</v>
       </c>
       <c r="C301" t="s">
         <v>1503</v>
       </c>
       <c r="D301" t="s">
         <v>1504</v>
       </c>
       <c r="E301" t="s">
         <v>1505</v>
       </c>
       <c r="F301" t="s">
         <v>1506</v>
       </c>
       <c r="G301" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="302">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B302" t="s">
         <v>1507</v>
       </c>
       <c r="C302" t="s">
         <v>1508</v>
       </c>
       <c r="D302" t="s">
         <v>1509</v>
       </c>
       <c r="E302" t="s">
         <v>1510</v>
       </c>
       <c r="F302" t="s">
         <v>1511</v>
       </c>
       <c r="G302" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="303">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B303" t="s">
         <v>1512</v>
       </c>
       <c r="C303" t="s">
         <v>1513</v>
       </c>
       <c r="D303" t="s">
         <v>1514</v>
       </c>
       <c r="E303" t="s">
         <v>1515</v>
       </c>
       <c r="F303" t="s">
         <v>1516</v>
       </c>
       <c r="G303" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="304">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B304" t="s">
         <v>1517</v>
       </c>
       <c r="C304" t="s">
         <v>1518</v>
       </c>
       <c r="D304" t="s">
         <v>1519</v>
       </c>
       <c r="E304" t="s">
         <v>1520</v>
       </c>
       <c r="F304" t="s">
         <v>1521</v>
       </c>
       <c r="G304" s="1">
-        <v>0.066</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="305">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B305" t="s">
         <v>1522</v>
       </c>
       <c r="C305" t="s">
         <v>1523</v>
       </c>
       <c r="D305" t="s">
         <v>1524</v>
       </c>
       <c r="E305" t="s">
         <v>1525</v>
       </c>
       <c r="F305" t="s">
         <v>1526</v>
       </c>
       <c r="G305" s="1">
-        <v>0.066</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="306">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B306" t="s">
         <v>1527</v>
       </c>
       <c r="C306" t="s">
         <v>1528</v>
       </c>
       <c r="D306" t="s">
         <v>1529</v>
       </c>
       <c r="E306" t="s">
         <v>1530</v>
       </c>
       <c r="F306" t="s">
         <v>1531</v>
       </c>
       <c r="G306" s="1">
         <v>0.066</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="307">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B307" t="s">
         <v>1532</v>
       </c>
       <c r="C307" t="s">
         <v>1533</v>
       </c>
       <c r="D307" t="s">
         <v>1534</v>
       </c>
       <c r="E307" t="s">
         <v>1535</v>
       </c>
       <c r="F307" t="s">
         <v>1536</v>
       </c>
       <c r="G307" s="1">
         <v>0.066</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="308">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B308" t="s">
         <v>1537</v>
       </c>
       <c r="C308" t="s">
         <v>1538</v>
       </c>
       <c r="D308" t="s">
         <v>1539</v>
       </c>
       <c r="E308" t="s">
         <v>1540</v>
       </c>
       <c r="F308" t="s">
         <v>1541</v>
       </c>
       <c r="G308" s="1">
         <v>0.066</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="309">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B309" t="s">
         <v>1542</v>
       </c>
       <c r="C309" t="s">
         <v>1543</v>
       </c>
       <c r="D309" t="s">
         <v>1544</v>
       </c>
       <c r="E309" t="s">
         <v>1545</v>
       </c>
       <c r="F309" t="s">
         <v>1546</v>
       </c>
       <c r="G309" s="1">
         <v>0.066</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="310">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B310" t="s">
         <v>1547</v>
       </c>
       <c r="C310" t="s">
         <v>1548</v>
       </c>
       <c r="D310" t="s">
         <v>1549</v>
       </c>
       <c r="E310" t="s">
         <v>1550</v>
       </c>
       <c r="F310" t="s">
         <v>1551</v>
       </c>
       <c r="G310" s="1">
         <v>0.066</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="311">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B311" t="s">
         <v>1552</v>
       </c>
       <c r="C311" t="s">
         <v>1553</v>
       </c>
       <c r="D311" t="s">
         <v>1554</v>
       </c>
       <c r="E311" t="s">
         <v>1555</v>
       </c>
       <c r="F311" t="s">
         <v>1556</v>
       </c>
       <c r="G311" s="1">
-        <v>0.065</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="312">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B312" t="s">
         <v>1557</v>
       </c>
       <c r="C312" t="s">
         <v>1558</v>
       </c>
       <c r="D312" t="s">
         <v>1559</v>
       </c>
       <c r="E312" t="s">
         <v>1560</v>
       </c>
       <c r="F312" t="s">
         <v>1561</v>
       </c>
       <c r="G312" s="1">
         <v>0.065</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="313">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B313" t="s">
         <v>1562</v>
       </c>
       <c r="C313" t="s">
         <v>1563</v>
       </c>
       <c r="D313" t="s">
         <v>1564</v>
       </c>
       <c r="E313" t="s">
         <v>1565</v>
       </c>
       <c r="F313" t="s">
         <v>1566</v>
       </c>
       <c r="G313" s="1">
         <v>0.065</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="314">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B314" t="s">
         <v>1567</v>
       </c>
       <c r="C314" t="s">
         <v>1568</v>
       </c>
       <c r="D314" t="s">
         <v>1569</v>
       </c>
       <c r="E314" t="s">
         <v>1570</v>
       </c>
       <c r="F314" t="s">
         <v>1571</v>
       </c>
       <c r="G314" s="1">
-        <v>0.064</v>
+        <v>0.065</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="315">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B315" t="s">
         <v>1572</v>
       </c>
       <c r="C315" t="s">
         <v>1573</v>
       </c>
       <c r="D315" t="s">
         <v>1574</v>
       </c>
       <c r="E315" t="s">
         <v>1575</v>
       </c>
       <c r="F315" t="s">
         <v>1576</v>
       </c>
       <c r="G315" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="316">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B316" t="s">
         <v>1577</v>
       </c>
       <c r="C316" t="s">
         <v>1578</v>
       </c>
       <c r="D316" t="s">
         <v>1579</v>
       </c>
       <c r="E316" t="s">
         <v>1580</v>
       </c>
       <c r="F316" t="s">
         <v>1581</v>
       </c>
       <c r="G316" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="317">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B317" t="s">
         <v>1582</v>
       </c>
       <c r="C317" t="s">
         <v>1583</v>
       </c>
       <c r="D317" t="s">
         <v>1584</v>
       </c>
       <c r="E317" t="s">
         <v>1585</v>
       </c>
       <c r="F317" t="s">
         <v>1586</v>
       </c>
       <c r="G317" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="318">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B318" t="s">
         <v>1587</v>
       </c>
       <c r="C318" t="s">
         <v>1588</v>
       </c>
       <c r="D318" t="s">
         <v>1589</v>
       </c>
       <c r="E318" t="s">
         <v>1590</v>
       </c>
       <c r="F318" t="s">
         <v>1591</v>
       </c>
       <c r="G318" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="319">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B319" t="s">
         <v>1592</v>
       </c>
       <c r="C319" t="s">
         <v>1593</v>
       </c>
       <c r="D319" t="s">
         <v>1594</v>
       </c>
       <c r="E319" t="s">
         <v>1595</v>
       </c>
       <c r="F319" t="s">
         <v>1596</v>
       </c>
       <c r="G319" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="320">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B320" t="s">
         <v>1597</v>
       </c>
       <c r="C320" t="s">
         <v>1598</v>
       </c>
       <c r="D320" t="s">
         <v>1599</v>
       </c>
       <c r="E320" t="s">
         <v>1600</v>
       </c>
       <c r="F320" t="s">
         <v>1601</v>
       </c>
       <c r="G320" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="321">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B321" t="s">
         <v>1602</v>
       </c>
       <c r="C321" t="s">
         <v>1603</v>
       </c>
       <c r="D321" t="s">
         <v>1604</v>
       </c>
       <c r="E321" t="s">
         <v>1605</v>
       </c>
       <c r="F321" t="s">
         <v>1606</v>
       </c>
       <c r="G321" s="1">
-        <v>0.064</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="322">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B322" t="s">
         <v>1607</v>
       </c>
       <c r="C322" t="s">
         <v>1608</v>
       </c>
       <c r="D322" t="s">
         <v>1609</v>
       </c>
       <c r="E322" t="s">
         <v>1610</v>
       </c>
       <c r="F322" t="s">
         <v>1611</v>
       </c>
       <c r="G322" s="1">
         <v>0.063</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="323">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B323" t="s">
         <v>1612</v>
       </c>
       <c r="C323" t="s">
         <v>1613</v>
       </c>
       <c r="D323" t="s">
         <v>1614</v>
       </c>
       <c r="E323" t="s">
         <v>1615</v>
       </c>
       <c r="F323" t="s">
         <v>1616</v>
       </c>
       <c r="G323" s="1">
         <v>0.063</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="324">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B324" t="s">
         <v>1617</v>
       </c>
       <c r="C324" t="s">
         <v>1618</v>
       </c>
       <c r="D324" t="s">
         <v>1619</v>
       </c>
       <c r="E324" t="s">
         <v>1620</v>
       </c>
       <c r="F324" t="s">
         <v>1621</v>
       </c>
       <c r="G324" s="1">
-        <v>0.063</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="325">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B325" t="s">
         <v>1622</v>
       </c>
       <c r="C325" t="s">
         <v>1623</v>
       </c>
       <c r="D325" t="s">
         <v>1624</v>
       </c>
       <c r="E325" t="s">
         <v>1625</v>
       </c>
       <c r="F325" t="s">
         <v>1626</v>
       </c>
       <c r="G325" s="1">
-        <v>0.063</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="326">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B326" t="s">
         <v>1627</v>
       </c>
       <c r="C326" t="s">
         <v>1628</v>
       </c>
       <c r="D326" t="s">
         <v>1629</v>
       </c>
       <c r="E326" t="s">
         <v>1630</v>
       </c>
       <c r="F326" t="s">
         <v>1631</v>
       </c>
       <c r="G326" s="1">
-        <v>0.063</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="327">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B327" t="s">
         <v>1632</v>
       </c>
       <c r="C327" t="s">
         <v>1633</v>
       </c>
       <c r="D327" t="s">
         <v>1634</v>
       </c>
       <c r="E327" t="s">
         <v>1635</v>
       </c>
       <c r="F327" t="s">
         <v>1636</v>
       </c>
       <c r="G327" s="1">
-        <v>0.063</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="328">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B328" t="s">
         <v>1637</v>
       </c>
       <c r="C328" t="s">
         <v>1638</v>
       </c>
       <c r="D328" t="s">
         <v>1639</v>
       </c>
       <c r="E328" t="s">
         <v>1640</v>
       </c>
       <c r="F328" t="s">
         <v>1641</v>
       </c>
       <c r="G328" s="1">
-        <v>0.063</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="329">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B329" t="s">
         <v>1642</v>
       </c>
       <c r="C329" t="s">
         <v>1643</v>
       </c>
       <c r="D329" t="s">
         <v>1644</v>
       </c>
       <c r="E329" t="s">
         <v>1645</v>
       </c>
       <c r="F329" t="s">
         <v>1646</v>
       </c>
       <c r="G329" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="330">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B330" t="s">
         <v>1647</v>
       </c>
       <c r="C330" t="s">
         <v>1648</v>
       </c>
       <c r="D330" t="s">
         <v>1649</v>
       </c>
       <c r="E330" t="s">
         <v>1650</v>
       </c>
       <c r="F330" t="s">
         <v>1651</v>
       </c>
       <c r="G330" s="1">
-        <v>0.062</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="331">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B331" t="s">
         <v>1652</v>
       </c>
       <c r="C331" t="s">
         <v>1653</v>
       </c>
       <c r="D331" t="s">
         <v>1654</v>
       </c>
       <c r="E331" t="s">
         <v>1655</v>
       </c>
       <c r="F331" t="s">
         <v>1656</v>
       </c>
       <c r="G331" s="1">
-        <v>0.062</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="332">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B332" t="s">
         <v>1657</v>
       </c>
       <c r="C332" t="s">
         <v>1658</v>
       </c>
       <c r="D332" t="s">
         <v>1659</v>
       </c>
       <c r="E332" t="s">
         <v>1660</v>
       </c>
       <c r="F332" t="s">
         <v>1661</v>
       </c>
       <c r="G332" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="333">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B333" t="s">
         <v>1662</v>
       </c>
       <c r="C333" t="s">
         <v>1663</v>
       </c>
       <c r="D333" t="s">
         <v>1664</v>
       </c>
       <c r="E333" t="s">
         <v>1665</v>
       </c>
       <c r="F333" t="s">
         <v>1666</v>
       </c>
       <c r="G333" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="334">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B334" t="s">
         <v>1667</v>
       </c>
       <c r="C334" t="s">
         <v>1668</v>
       </c>
       <c r="D334" t="s">
         <v>1669</v>
       </c>
       <c r="E334" t="s">
         <v>1670</v>
       </c>
       <c r="F334" t="s">
         <v>1671</v>
       </c>
       <c r="G334" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="335">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B335" t="s">
         <v>1672</v>
       </c>
       <c r="C335" t="s">
         <v>1673</v>
       </c>
       <c r="D335" t="s">
         <v>1674</v>
       </c>
       <c r="E335" t="s">
         <v>1675</v>
       </c>
       <c r="F335" t="s">
         <v>1676</v>
       </c>
       <c r="G335" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="336">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B336" t="s">
         <v>1677</v>
       </c>
       <c r="C336" t="s">
         <v>1678</v>
       </c>
       <c r="D336" t="s">
         <v>1679</v>
       </c>
       <c r="E336" t="s">
         <v>1680</v>
       </c>
       <c r="F336" t="s">
         <v>1681</v>
       </c>
       <c r="G336" s="1">
-        <v>0.061</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="337">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B337" t="s">
         <v>1682</v>
       </c>
       <c r="C337" t="s">
         <v>1683</v>
       </c>
       <c r="D337" t="s">
         <v>1684</v>
       </c>
       <c r="E337" t="s">
         <v>1685</v>
       </c>
       <c r="F337" t="s">
         <v>1686</v>
       </c>
       <c r="G337" s="1">
-        <v>0.061</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="338">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B338" t="s">
         <v>1687</v>
       </c>
       <c r="C338" t="s">
         <v>1688</v>
       </c>
       <c r="D338" t="s">
         <v>1689</v>
       </c>
       <c r="E338" t="s">
         <v>1690</v>
       </c>
       <c r="F338" t="s">
         <v>1691</v>
       </c>
       <c r="G338" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="339">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B339" t="s">
         <v>1692</v>
       </c>
       <c r="C339" t="s">
         <v>1693</v>
       </c>
       <c r="D339" t="s">
         <v>1694</v>
       </c>
       <c r="E339" t="s">
         <v>1695</v>
       </c>
       <c r="F339" t="s">
         <v>1696</v>
       </c>
       <c r="G339" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="340">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B340" t="s">
         <v>1697</v>
       </c>
       <c r="C340" t="s">
         <v>1698</v>
       </c>
       <c r="D340" t="s">
         <v>1699</v>
       </c>
       <c r="E340" t="s">
         <v>1700</v>
       </c>
       <c r="F340" t="s">
         <v>1701</v>
       </c>
       <c r="G340" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="341">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B341" t="s">
         <v>1702</v>
       </c>
       <c r="C341" t="s">
         <v>1703</v>
       </c>
       <c r="D341" t="s">
         <v>1704</v>
       </c>
       <c r="E341" t="s">
         <v>1705</v>
       </c>
       <c r="F341" t="s">
         <v>1706</v>
       </c>
       <c r="G341" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="342">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B342" t="s">
         <v>1707</v>
       </c>
       <c r="C342" t="s">
         <v>1708</v>
       </c>
       <c r="D342" t="s">
         <v>1709</v>
       </c>
       <c r="E342" t="s">
         <v>1710</v>
       </c>
       <c r="F342" t="s">
         <v>1711</v>
       </c>
       <c r="G342" s="1">
-        <v>0.06</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="343">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B343" t="s">
         <v>1712</v>
       </c>
       <c r="C343" t="s">
         <v>1713</v>
       </c>
       <c r="D343" t="s">
         <v>1714</v>
       </c>
       <c r="E343" t="s">
         <v>1715</v>
       </c>
       <c r="F343" t="s">
         <v>1716</v>
       </c>
       <c r="G343" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="344">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B344" t="s">
         <v>1717</v>
       </c>
       <c r="C344" t="s">
         <v>1718</v>
       </c>
       <c r="D344" t="s">
         <v>1719</v>
       </c>
       <c r="E344" t="s">
         <v>1720</v>
       </c>
       <c r="F344" t="s">
         <v>1721</v>
       </c>
       <c r="G344" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="345">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B345" t="s">
         <v>1722</v>
       </c>
       <c r="C345" t="s">
         <v>1723</v>
       </c>
       <c r="D345" t="s">
         <v>1724</v>
       </c>
       <c r="E345" t="s">
         <v>1725</v>
       </c>
       <c r="F345" t="s">
         <v>1726</v>
       </c>
       <c r="G345" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="346">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B346" t="s">
         <v>1727</v>
       </c>
       <c r="C346" t="s">
         <v>1728</v>
       </c>
       <c r="D346" t="s">
         <v>1729</v>
       </c>
       <c r="E346" t="s">
         <v>1730</v>
       </c>
       <c r="F346" t="s">
         <v>1731</v>
       </c>
       <c r="G346" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="347">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B347" t="s">
         <v>1732</v>
       </c>
       <c r="C347" t="s">
         <v>1733</v>
       </c>
       <c r="D347" t="s">
         <v>1734</v>
       </c>
       <c r="E347" t="s">
         <v>1735</v>
       </c>
       <c r="F347" t="s">
         <v>1736</v>
       </c>
       <c r="G347" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="348">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B348" t="s">
         <v>1737</v>
       </c>
       <c r="C348" t="s">
         <v>1738</v>
       </c>
       <c r="D348" t="s">
         <v>1739</v>
       </c>
       <c r="E348" t="s">
         <v>1740</v>
       </c>
       <c r="F348" t="s">
         <v>1741</v>
       </c>
       <c r="G348" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="349">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B349" t="s">
         <v>1742</v>
       </c>
       <c r="C349" t="s">
         <v>1743</v>
       </c>
       <c r="D349" t="s">
         <v>1744</v>
       </c>
       <c r="E349" t="s">
         <v>1745</v>
       </c>
       <c r="F349" t="s">
         <v>1746</v>
       </c>
       <c r="G349" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="350">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B350" t="s">
         <v>1747</v>
       </c>
       <c r="C350" t="s">
         <v>1748</v>
       </c>
       <c r="D350" t="s">
         <v>1749</v>
       </c>
       <c r="E350" t="s">
         <v>1750</v>
       </c>
       <c r="F350" t="s">
         <v>1751</v>
       </c>
       <c r="G350" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="351">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B351" t="s">
         <v>1752</v>
       </c>
       <c r="C351" t="s">
         <v>1753</v>
       </c>
       <c r="D351" t="s">
         <v>1754</v>
       </c>
       <c r="E351" t="s">
         <v>1755</v>
       </c>
       <c r="F351" t="s">
         <v>1756</v>
       </c>
       <c r="G351" s="1">
-        <v>0.058</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="352">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B352" t="s">
         <v>1757</v>
       </c>
       <c r="C352" t="s">
         <v>1758</v>
       </c>
       <c r="D352" t="s">
         <v>1759</v>
       </c>
       <c r="E352" t="s">
         <v>1760</v>
       </c>
       <c r="F352" t="s">
         <v>1761</v>
       </c>
       <c r="G352" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="353">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B353" t="s">
         <v>1762</v>
       </c>
       <c r="C353" t="s">
         <v>1763</v>
       </c>
       <c r="D353" t="s">
         <v>1764</v>
       </c>
       <c r="E353" t="s">
         <v>1765</v>
       </c>
       <c r="F353" t="s">
         <v>1766</v>
       </c>
       <c r="G353" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="354">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B354" t="s">
         <v>1767</v>
       </c>
       <c r="C354" t="s">
         <v>1768</v>
       </c>
       <c r="D354" t="s">
         <v>1769</v>
       </c>
       <c r="E354" t="s">
         <v>1770</v>
       </c>
       <c r="F354" t="s">
         <v>1771</v>
       </c>
       <c r="G354" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="355">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B355" t="s">
         <v>1772</v>
       </c>
       <c r="C355" t="s">
         <v>1773</v>
       </c>
       <c r="D355" t="s">
         <v>1774</v>
       </c>
       <c r="E355" t="s">
         <v>1775</v>
       </c>
       <c r="F355" t="s">
         <v>1776</v>
       </c>
       <c r="G355" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="356">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B356" t="s">
         <v>1777</v>
       </c>
       <c r="C356" t="s">
         <v>1778</v>
       </c>
       <c r="D356" t="s">
         <v>1779</v>
       </c>
       <c r="E356" t="s">
         <v>1780</v>
       </c>
       <c r="F356" t="s">
         <v>1781</v>
       </c>
       <c r="G356" s="1">
-        <v>0.057</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="357">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B357" t="s">
         <v>1782</v>
       </c>
       <c r="C357" t="s">
         <v>1783</v>
       </c>
       <c r="D357" t="s">
         <v>1784</v>
       </c>
       <c r="E357" t="s">
         <v>1785</v>
       </c>
       <c r="F357" t="s">
         <v>1786</v>
       </c>
       <c r="G357" s="1">
-        <v>0.057</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="358">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B358" t="s">
         <v>1787</v>
       </c>
       <c r="C358" t="s">
         <v>1788</v>
       </c>
       <c r="D358" t="s">
         <v>1789</v>
       </c>
       <c r="E358" t="s">
         <v>1790</v>
       </c>
       <c r="F358" t="s">
         <v>1791</v>
       </c>
       <c r="G358" s="1">
-        <v>0.056</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="359">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B359" t="s">
         <v>1792</v>
       </c>
       <c r="C359" t="s">
         <v>1793</v>
       </c>
       <c r="D359" t="s">
         <v>1794</v>
       </c>
       <c r="E359" t="s">
         <v>1795</v>
       </c>
       <c r="F359" t="s">
         <v>1796</v>
       </c>
       <c r="G359" s="1">
-        <v>0.056</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="360">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B360" t="s">
         <v>1797</v>
       </c>
       <c r="C360" t="s">
         <v>1798</v>
       </c>
       <c r="D360" t="s">
         <v>1799</v>
       </c>
       <c r="E360" t="s">
         <v>1800</v>
       </c>
       <c r="F360" t="s">
         <v>1801</v>
       </c>
       <c r="G360" s="1">
-        <v>0.056</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="361">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B361" t="s">
         <v>1802</v>
       </c>
       <c r="C361" t="s">
         <v>1803</v>
       </c>
       <c r="D361" t="s">
         <v>1804</v>
       </c>
       <c r="E361" t="s">
         <v>1805</v>
       </c>
       <c r="F361" t="s">
         <v>1806</v>
       </c>
       <c r="G361" s="1">
-        <v>0.056</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="362">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B362" t="s">
         <v>1807</v>
       </c>
       <c r="C362" t="s">
         <v>1808</v>
       </c>
       <c r="D362" t="s">
         <v>1809</v>
       </c>
       <c r="E362" t="s">
         <v>1810</v>
       </c>
       <c r="F362" t="s">
         <v>1811</v>
       </c>
       <c r="G362" s="1">
-        <v>0.056</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="363">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B363" t="s">
         <v>1812</v>
       </c>
       <c r="C363" t="s">
         <v>1813</v>
       </c>
       <c r="D363" t="s">
         <v>1814</v>
       </c>
       <c r="E363" t="s">
         <v>1815</v>
       </c>
       <c r="F363" t="s">
         <v>1816</v>
       </c>
       <c r="G363" s="1">
-        <v>0.056</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="364">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B364" t="s">
         <v>1817</v>
       </c>
       <c r="C364" t="s">
         <v>1818</v>
       </c>
       <c r="D364" t="s">
         <v>1819</v>
       </c>
       <c r="E364" t="s">
         <v>1820</v>
       </c>
       <c r="F364" t="s">
         <v>1821</v>
       </c>
       <c r="G364" s="1">
-        <v>0.055</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="365">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B365" t="s">
         <v>1822</v>
       </c>
       <c r="C365" t="s">
         <v>1823</v>
       </c>
       <c r="D365" t="s">
         <v>1824</v>
       </c>
       <c r="E365" t="s">
         <v>1825</v>
       </c>
       <c r="F365" t="s">
         <v>1826</v>
       </c>
       <c r="G365" s="1">
-        <v>0.055</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="366">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B366" t="s">
         <v>1827</v>
       </c>
       <c r="C366" t="s">
         <v>1828</v>
       </c>
       <c r="D366" t="s">
         <v>1829</v>
       </c>
       <c r="E366" t="s">
         <v>1830</v>
       </c>
       <c r="F366" t="s">
         <v>1831</v>
       </c>
       <c r="G366" s="1">
-        <v>0.054</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="367">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B367" t="s">
         <v>1832</v>
       </c>
       <c r="C367" t="s">
         <v>1833</v>
       </c>
       <c r="D367" t="s">
         <v>1834</v>
       </c>
       <c r="E367" t="s">
         <v>1835</v>
       </c>
       <c r="F367" t="s">
         <v>1836</v>
       </c>
       <c r="G367" s="1">
-        <v>0.054</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="368">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B368" t="s">
         <v>1837</v>
       </c>
       <c r="C368" t="s">
         <v>1838</v>
       </c>
       <c r="D368" t="s">
         <v>1839</v>
       </c>
       <c r="E368" t="s">
         <v>1840</v>
       </c>
       <c r="F368" t="s">
         <v>1841</v>
       </c>
       <c r="G368" s="1">
-        <v>0.054</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="369">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B369" t="s">
         <v>1842</v>
       </c>
       <c r="C369" t="s">
         <v>1843</v>
       </c>
       <c r="D369" t="s">
         <v>1844</v>
       </c>
       <c r="E369" t="s">
         <v>1845</v>
       </c>
       <c r="F369" t="s">
         <v>1846</v>
       </c>
       <c r="G369" s="1">
-        <v>0.054</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="370">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B370" t="s">
         <v>1847</v>
       </c>
       <c r="C370" t="s">
         <v>1848</v>
       </c>
       <c r="D370" t="s">
         <v>1849</v>
       </c>
       <c r="E370" t="s">
         <v>1850</v>
       </c>
       <c r="F370" t="s">
         <v>1851</v>
       </c>
       <c r="G370" s="1">
-        <v>0.054</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="371">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B371" t="s">
         <v>1852</v>
       </c>
       <c r="C371" t="s">
         <v>1853</v>
       </c>
       <c r="D371" t="s">
         <v>1854</v>
       </c>
       <c r="E371" t="s">
         <v>1855</v>
       </c>
       <c r="F371" t="s">
         <v>1856</v>
       </c>
       <c r="G371" s="1">
-        <v>0.054</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="372">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B372" t="s">
         <v>1857</v>
       </c>
       <c r="C372" t="s">
         <v>1858</v>
       </c>
       <c r="D372" t="s">
         <v>1859</v>
       </c>
       <c r="E372" t="s">
         <v>1860</v>
       </c>
       <c r="F372" t="s">
         <v>1861</v>
       </c>
       <c r="G372" s="1">
-        <v>0.054</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="373">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B373" t="s">
         <v>1862</v>
       </c>
       <c r="C373" t="s">
         <v>1863</v>
       </c>
       <c r="D373" t="s">
         <v>1864</v>
       </c>
       <c r="E373" t="s">
         <v>1865</v>
       </c>
       <c r="F373" t="s">
         <v>1866</v>
       </c>
       <c r="G373" s="1">
-        <v>0.054</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="374">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B374" t="s">
         <v>1867</v>
       </c>
       <c r="C374" t="s">
         <v>1868</v>
       </c>
       <c r="D374" t="s">
         <v>1869</v>
       </c>
       <c r="E374" t="s">
         <v>1870</v>
       </c>
       <c r="F374" t="s">
         <v>1871</v>
       </c>
       <c r="G374" s="1">
-        <v>0.054</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="375">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B375" t="s">
         <v>1872</v>
       </c>
       <c r="C375" t="s">
         <v>1873</v>
       </c>
       <c r="D375" t="s">
         <v>1874</v>
       </c>
       <c r="E375" t="s">
         <v>1875</v>
       </c>
       <c r="F375" t="s">
         <v>1876</v>
       </c>
       <c r="G375" s="1">
-        <v>0.054</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="376">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B376" t="s">
         <v>1877</v>
       </c>
       <c r="C376" t="s">
         <v>1878</v>
       </c>
       <c r="D376" t="s">
         <v>1879</v>
       </c>
       <c r="E376" t="s">
         <v>1880</v>
       </c>
       <c r="F376" t="s">
         <v>1881</v>
       </c>
       <c r="G376" s="1">
-        <v>0.054</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="377">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B377" t="s">
         <v>1882</v>
       </c>
       <c r="C377" t="s">
         <v>1883</v>
       </c>
       <c r="D377" t="s">
         <v>1884</v>
       </c>
       <c r="E377" t="s">
         <v>1885</v>
       </c>
       <c r="F377" t="s">
         <v>1886</v>
       </c>
       <c r="G377" s="1">
         <v>0.054</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="378">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B378" t="s">
         <v>1887</v>
       </c>
       <c r="C378" t="s">
         <v>1888</v>
       </c>
       <c r="D378" t="s">
         <v>1889</v>
       </c>
       <c r="E378" t="s">
         <v>1890</v>
       </c>
       <c r="F378" t="s">
         <v>1891</v>
       </c>
       <c r="G378" s="1">
-        <v>0.053</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="379">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B379" t="s">
         <v>1892</v>
       </c>
       <c r="C379" t="s">
         <v>1893</v>
       </c>
       <c r="D379" t="s">
         <v>1894</v>
       </c>
       <c r="E379" t="s">
         <v>1895</v>
       </c>
       <c r="F379" t="s">
         <v>1896</v>
       </c>
       <c r="G379" s="1">
-        <v>0.053</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="380">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B380" t="s">
         <v>1897</v>
       </c>
       <c r="C380" t="s">
         <v>1898</v>
       </c>
       <c r="D380" t="s">
         <v>1899</v>
       </c>
       <c r="E380" t="s">
         <v>1900</v>
       </c>
       <c r="F380" t="s">
         <v>1901</v>
       </c>
       <c r="G380" s="1">
-        <v>0.053</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="381">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B381" t="s">
         <v>1902</v>
       </c>
       <c r="C381" t="s">
         <v>1903</v>
       </c>
       <c r="D381" t="s">
         <v>1904</v>
       </c>
       <c r="E381" t="s">
         <v>1905</v>
       </c>
       <c r="F381" t="s">
         <v>1906</v>
       </c>
       <c r="G381" s="1">
-        <v>0.053</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="382">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B382" t="s">
         <v>1907</v>
       </c>
       <c r="C382" t="s">
         <v>1908</v>
       </c>
       <c r="D382" t="s">
         <v>1909</v>
       </c>
       <c r="E382" t="s">
         <v>1910</v>
       </c>
       <c r="F382" t="s">
         <v>1911</v>
       </c>
       <c r="G382" s="1">
-        <v>0.053</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="383">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B383" t="s">
         <v>1912</v>
       </c>
       <c r="C383" t="s">
         <v>1913</v>
       </c>
       <c r="D383" t="s">
         <v>1914</v>
       </c>
       <c r="E383" t="s">
         <v>1915</v>
       </c>
       <c r="F383" t="s">
         <v>1916</v>
       </c>
       <c r="G383" s="1">
         <v>0.053</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="384">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B384" t="s">
         <v>1917</v>
       </c>
       <c r="C384" t="s">
         <v>1918</v>
       </c>
       <c r="D384" t="s">
         <v>1919</v>
       </c>
       <c r="E384" t="s">
         <v>1920</v>
       </c>
       <c r="F384" t="s">
         <v>1921</v>
       </c>
       <c r="G384" s="1">
         <v>0.053</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="385">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B385" t="s">
         <v>1922</v>
       </c>
       <c r="C385" t="s">
         <v>1923</v>
       </c>
       <c r="D385" t="s">
         <v>1924</v>
       </c>
       <c r="E385" t="s">
         <v>1925</v>
       </c>
       <c r="F385" t="s">
         <v>1926</v>
       </c>
       <c r="G385" s="1">
-        <v>0.052</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="386">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B386" t="s">
         <v>1927</v>
       </c>
       <c r="C386" t="s">
         <v>1928</v>
       </c>
       <c r="D386" t="s">
         <v>1929</v>
       </c>
       <c r="E386" t="s">
         <v>1930</v>
       </c>
       <c r="F386" t="s">
         <v>1931</v>
       </c>
       <c r="G386" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="387">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B387" t="s">
         <v>1932</v>
       </c>
       <c r="C387" t="s">
         <v>1933</v>
       </c>
       <c r="D387" t="s">
         <v>1934</v>
       </c>
       <c r="E387" t="s">
         <v>1935</v>
       </c>
       <c r="F387" t="s">
         <v>1936</v>
       </c>
       <c r="G387" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="388">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B388" t="s">
         <v>1937</v>
       </c>
       <c r="C388" t="s">
         <v>1938</v>
       </c>
       <c r="D388" t="s">
         <v>1939</v>
       </c>
       <c r="E388" t="s">
         <v>1940</v>
       </c>
       <c r="F388" t="s">
         <v>1941</v>
       </c>
       <c r="G388" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="389">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B389" t="s">
         <v>1942</v>
       </c>
       <c r="C389" t="s">
         <v>1943</v>
       </c>
       <c r="D389" t="s">
         <v>1944</v>
       </c>
       <c r="E389" t="s">
         <v>1945</v>
       </c>
       <c r="F389" t="s">
         <v>1946</v>
       </c>
       <c r="G389" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="390">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B390" t="s">
         <v>1947</v>
       </c>
       <c r="C390" t="s">
         <v>1948</v>
       </c>
       <c r="D390" t="s">
         <v>1949</v>
       </c>
       <c r="E390" t="s">
         <v>1950</v>
       </c>
       <c r="F390" t="s">
         <v>1951</v>
       </c>
       <c r="G390" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="391">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B391" t="s">
         <v>1952</v>
       </c>
       <c r="C391" t="s">
         <v>1953</v>
       </c>
       <c r="D391" t="s">
         <v>1954</v>
       </c>
       <c r="E391" t="s">
         <v>1955</v>
       </c>
       <c r="F391" t="s">
         <v>1956</v>
       </c>
       <c r="G391" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="392">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B392" t="s">
         <v>1957</v>
       </c>
       <c r="C392" t="s">
         <v>1958</v>
       </c>
       <c r="D392" t="s">
         <v>1959</v>
       </c>
       <c r="E392" t="s">
         <v>1960</v>
       </c>
       <c r="F392" t="s">
         <v>1961</v>
       </c>
       <c r="G392" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="393">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B393" t="s">
         <v>1962</v>
       </c>
       <c r="C393" t="s">
         <v>1963</v>
       </c>
       <c r="D393" t="s">
         <v>1964</v>
       </c>
       <c r="E393" t="s">
         <v>1965</v>
       </c>
       <c r="F393" t="s">
         <v>1966</v>
       </c>
       <c r="G393" s="1">
-        <v>0.051</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="394">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B394" t="s">
         <v>1967</v>
       </c>
       <c r="C394" t="s">
         <v>1968</v>
       </c>
       <c r="D394" t="s">
         <v>1969</v>
       </c>
       <c r="E394" t="s">
         <v>1970</v>
       </c>
       <c r="F394" t="s">
         <v>1971</v>
       </c>
       <c r="G394" s="1">
-        <v>0.051</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="395">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B395" t="s">
         <v>1972</v>
       </c>
       <c r="C395" t="s">
         <v>1973</v>
       </c>
       <c r="D395" t="s">
         <v>1974</v>
       </c>
       <c r="E395" t="s">
         <v>1975</v>
       </c>
       <c r="F395" t="s">
         <v>1976</v>
       </c>
       <c r="G395" s="1">
-        <v>0.051</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="396">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B396" t="s">
         <v>1977</v>
       </c>
       <c r="C396" t="s">
         <v>1978</v>
       </c>
       <c r="D396" t="s">
         <v>1979</v>
       </c>
       <c r="E396" t="s">
         <v>1980</v>
       </c>
       <c r="F396" t="s">
         <v>1981</v>
       </c>
       <c r="G396" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="397">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B397" t="s">
         <v>1982</v>
       </c>
       <c r="C397" t="s">
         <v>1983</v>
       </c>
       <c r="D397" t="s">
         <v>1984</v>
       </c>
       <c r="E397" t="s">
         <v>1985</v>
       </c>
       <c r="F397" t="s">
         <v>1986</v>
       </c>
       <c r="G397" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="398">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B398" t="s">
         <v>1987</v>
       </c>
       <c r="C398" t="s">
         <v>1988</v>
       </c>
       <c r="D398" t="s">
         <v>1989</v>
       </c>
       <c r="E398" t="s">
         <v>1990</v>
       </c>
       <c r="F398" t="s">
         <v>1991</v>
       </c>
       <c r="G398" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="399">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B399" t="s">
         <v>1992</v>
       </c>
       <c r="C399" t="s">
         <v>1993</v>
       </c>
       <c r="D399" t="s">
         <v>1994</v>
       </c>
       <c r="E399" t="s">
         <v>1995</v>
       </c>
       <c r="F399" t="s">
         <v>1996</v>
       </c>
       <c r="G399" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="400">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B400" t="s">
         <v>1997</v>
       </c>
       <c r="C400" t="s">
         <v>1998</v>
       </c>
       <c r="D400" t="s">
         <v>1999</v>
       </c>
       <c r="E400" t="s">
         <v>2000</v>
       </c>
       <c r="F400" t="s">
         <v>2001</v>
       </c>
       <c r="G400" s="1">
-        <v>0.051</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="401">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B401" t="s">
         <v>2002</v>
       </c>
       <c r="C401" t="s">
         <v>2003</v>
       </c>
       <c r="D401" t="s">
         <v>2004</v>
       </c>
       <c r="E401" t="s">
         <v>2005</v>
       </c>
       <c r="F401" t="s">
         <v>2006</v>
       </c>
       <c r="G401" s="1">
-        <v>0.051</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="402">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B402" t="s">
         <v>2007</v>
       </c>
       <c r="C402" t="s">
         <v>2008</v>
       </c>
       <c r="D402" t="s">
         <v>2009</v>
       </c>
       <c r="E402" t="s">
         <v>2010</v>
       </c>
       <c r="F402" t="s">
         <v>2011</v>
       </c>
       <c r="G402" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="403">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B403" t="s">
         <v>2012</v>
       </c>
       <c r="C403" t="s">
         <v>2013</v>
       </c>
       <c r="D403" t="s">
         <v>2014</v>
       </c>
       <c r="E403" t="s">
         <v>2015</v>
       </c>
       <c r="F403" t="s">
         <v>2016</v>
       </c>
       <c r="G403" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="404">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B404" t="s">
         <v>2017</v>
       </c>
       <c r="C404" t="s">
         <v>2018</v>
       </c>
       <c r="D404" t="s">
         <v>2019</v>
       </c>
       <c r="E404" t="s">
         <v>2020</v>
       </c>
       <c r="F404" t="s">
         <v>2021</v>
       </c>
       <c r="G404" s="1">
-        <v>0.05</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="405">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B405" t="s">
         <v>2022</v>
       </c>
       <c r="C405" t="s">
         <v>2023</v>
       </c>
       <c r="D405" t="s">
         <v>2024</v>
       </c>
       <c r="E405" t="s">
         <v>2025</v>
       </c>
       <c r="F405" t="s">
         <v>2026</v>
       </c>
       <c r="G405" s="1">
-        <v>0.05</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="406">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B406" t="s">
         <v>2027</v>
       </c>
       <c r="C406" t="s">
         <v>2028</v>
       </c>
       <c r="D406" t="s">
         <v>2029</v>
       </c>
       <c r="E406" t="s">
         <v>2030</v>
       </c>
       <c r="F406" t="s">
         <v>2031</v>
       </c>
       <c r="G406" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="407">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B407" t="s">
         <v>2032</v>
       </c>
       <c r="C407" t="s">
         <v>2033</v>
       </c>
       <c r="D407" t="s">
         <v>2034</v>
       </c>
       <c r="E407" t="s">
         <v>2035</v>
       </c>
       <c r="F407" t="s">
         <v>2036</v>
       </c>
       <c r="G407" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="408">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B408" t="s">
         <v>2037</v>
       </c>
       <c r="C408" t="s">
         <v>2038</v>
       </c>
       <c r="D408" t="s">
         <v>2039</v>
       </c>
       <c r="E408" t="s">
         <v>2040</v>
       </c>
       <c r="F408" t="s">
         <v>2041</v>
       </c>
       <c r="G408" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="409">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B409" t="s">
         <v>2042</v>
       </c>
       <c r="C409" t="s">
         <v>2043</v>
       </c>
       <c r="D409" t="s">
         <v>2044</v>
       </c>
       <c r="E409" t="s">
         <v>2045</v>
       </c>
       <c r="F409" t="s">
         <v>2046</v>
       </c>
       <c r="G409" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="410">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B410" t="s">
         <v>2047</v>
       </c>
       <c r="C410" t="s">
         <v>2048</v>
       </c>
       <c r="D410" t="s">
         <v>2049</v>
       </c>
       <c r="E410" t="s">
         <v>2050</v>
       </c>
       <c r="F410" t="s">
         <v>2051</v>
       </c>
       <c r="G410" s="1">
-        <v>0.049</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="411">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B411" t="s">
         <v>2052</v>
       </c>
       <c r="C411" t="s">
         <v>2053</v>
       </c>
       <c r="D411" t="s">
         <v>2054</v>
       </c>
       <c r="E411" t="s">
         <v>2055</v>
       </c>
       <c r="F411" t="s">
         <v>2056</v>
       </c>
       <c r="G411" s="1">
-        <v>0.049</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="412">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B412" t="s">
         <v>2057</v>
       </c>
       <c r="C412" t="s">
         <v>2058</v>
       </c>
       <c r="D412" t="s">
         <v>2059</v>
       </c>
       <c r="E412" t="s">
         <v>2060</v>
       </c>
       <c r="F412" t="s">
         <v>2061</v>
       </c>
       <c r="G412" s="1">
-        <v>0.049</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="413">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B413" t="s">
         <v>2062</v>
       </c>
       <c r="C413" t="s">
         <v>2063</v>
       </c>
       <c r="D413" t="s">
         <v>2064</v>
       </c>
       <c r="E413" t="s">
         <v>2065</v>
       </c>
       <c r="F413" t="s">
         <v>2066</v>
       </c>
       <c r="G413" s="1">
-        <v>0.049</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="414">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B414" t="s">
         <v>2067</v>
       </c>
       <c r="C414" t="s">
         <v>2068</v>
       </c>
       <c r="D414" t="s">
         <v>2069</v>
       </c>
       <c r="E414" t="s">
         <v>2070</v>
       </c>
       <c r="F414" t="s">
         <v>2071</v>
       </c>
       <c r="G414" s="1">
-        <v>0.049</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="415">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B415" t="s">
         <v>2072</v>
       </c>
       <c r="C415" t="s">
         <v>2073</v>
       </c>
       <c r="D415" t="s">
         <v>2074</v>
       </c>
       <c r="E415" t="s">
         <v>2075</v>
       </c>
       <c r="F415" t="s">
         <v>2076</v>
       </c>
       <c r="G415" s="1">
-        <v>0.049</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="416">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B416" t="s">
         <v>2077</v>
       </c>
       <c r="C416" t="s">
         <v>2078</v>
       </c>
       <c r="D416" t="s">
         <v>2079</v>
       </c>
       <c r="E416" t="s">
         <v>2080</v>
       </c>
       <c r="F416" t="s">
         <v>2081</v>
       </c>
       <c r="G416" s="1">
         <v>0.048</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="417">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B417" t="s">
         <v>2082</v>
       </c>
       <c r="C417" t="s">
         <v>2083</v>
       </c>
       <c r="D417" t="s">
         <v>2084</v>
       </c>
       <c r="E417" t="s">
         <v>2085</v>
       </c>
       <c r="F417" t="s">
         <v>2086</v>
       </c>
       <c r="G417" s="1">
         <v>0.048</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="418">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B418" t="s">
         <v>2087</v>
       </c>
       <c r="C418" t="s">
         <v>2088</v>
       </c>
       <c r="D418" t="s">
         <v>2089</v>
       </c>
       <c r="E418" t="s">
         <v>2090</v>
       </c>
       <c r="F418" t="s">
         <v>2091</v>
       </c>
       <c r="G418" s="1">
         <v>0.048</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="419">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B419" t="s">
         <v>2092</v>
       </c>
       <c r="C419" t="s">
         <v>2093</v>
       </c>
       <c r="D419" t="s">
         <v>2094</v>
       </c>
       <c r="E419" t="s">
         <v>2095</v>
       </c>
       <c r="F419" t="s">
         <v>2096</v>
       </c>
       <c r="G419" s="1">
         <v>0.048</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="420">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B420" t="s">
         <v>2097</v>
       </c>
       <c r="C420" t="s">
         <v>2098</v>
       </c>
       <c r="D420" t="s">
         <v>2099</v>
       </c>
       <c r="E420" t="s">
         <v>2100</v>
       </c>
       <c r="F420" t="s">
         <v>2101</v>
       </c>
       <c r="G420" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="421">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B421" t="s">
         <v>2102</v>
       </c>
       <c r="C421" t="s">
         <v>2103</v>
       </c>
       <c r="D421" t="s">
         <v>2104</v>
       </c>
       <c r="E421" t="s">
         <v>2105</v>
       </c>
       <c r="F421" t="s">
         <v>2106</v>
       </c>
       <c r="G421" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="422">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B422" t="s">
         <v>2107</v>
       </c>
       <c r="C422" t="s">
         <v>2108</v>
       </c>
       <c r="D422" t="s">
         <v>2109</v>
       </c>
       <c r="E422" t="s">
         <v>2110</v>
       </c>
       <c r="F422" t="s">
         <v>2111</v>
       </c>
       <c r="G422" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="423">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B423" t="s">
         <v>2112</v>
       </c>
       <c r="C423" t="s">
         <v>2113</v>
       </c>
       <c r="D423" t="s">
         <v>2114</v>
       </c>
       <c r="E423" t="s">
         <v>2115</v>
       </c>
       <c r="F423" t="s">
         <v>2116</v>
       </c>
       <c r="G423" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="424">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B424" t="s">
         <v>2117</v>
       </c>
       <c r="C424" t="s">
         <v>2118</v>
       </c>
       <c r="D424" t="s">
         <v>2119</v>
       </c>
       <c r="E424" t="s">
         <v>2120</v>
       </c>
       <c r="F424" t="s">
         <v>2121</v>
       </c>
       <c r="G424" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="425">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B425" t="s">
         <v>2122</v>
       </c>
       <c r="C425" t="s">
         <v>2123</v>
       </c>
       <c r="D425" t="s">
         <v>2124</v>
       </c>
       <c r="E425" t="s">
         <v>2125</v>
       </c>
       <c r="F425" t="s">
         <v>2126</v>
       </c>
       <c r="G425" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="426">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B426" t="s">
         <v>2127</v>
       </c>
       <c r="C426" t="s">
         <v>2128</v>
       </c>
       <c r="D426" t="s">
         <v>2129</v>
       </c>
       <c r="E426" t="s">
         <v>2130</v>
       </c>
       <c r="F426" t="s">
         <v>2131</v>
       </c>
       <c r="G426" s="1">
         <v>0.047</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="427">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B427" t="s">
         <v>2132</v>
       </c>
       <c r="C427" t="s">
         <v>2133</v>
       </c>
       <c r="D427" t="s">
         <v>2134</v>
       </c>
       <c r="E427" t="s">
         <v>2135</v>
       </c>
       <c r="F427" t="s">
         <v>2136</v>
       </c>
       <c r="G427" s="1">
-        <v>0.047</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="428">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B428" t="s">
         <v>2137</v>
       </c>
       <c r="C428" t="s">
         <v>2138</v>
       </c>
       <c r="D428" t="s">
         <v>2139</v>
       </c>
       <c r="E428" t="s">
         <v>2140</v>
       </c>
       <c r="F428" t="s">
         <v>2141</v>
       </c>
       <c r="G428" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="429">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B429" t="s">
         <v>2142</v>
       </c>
       <c r="C429" t="s">
         <v>2143</v>
       </c>
       <c r="D429" t="s">
         <v>2144</v>
       </c>
       <c r="E429" t="s">
         <v>2145</v>
       </c>
       <c r="F429" t="s">
         <v>2146</v>
       </c>
       <c r="G429" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="430">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B430" t="s">
         <v>2147</v>
       </c>
       <c r="C430" t="s">
         <v>2148</v>
       </c>
       <c r="D430" t="s">
         <v>2149</v>
       </c>
       <c r="E430" t="s">
         <v>2150</v>
       </c>
       <c r="F430" t="s">
         <v>2151</v>
       </c>
       <c r="G430" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="431">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B431" t="s">
         <v>2152</v>
       </c>
       <c r="C431" t="s">
         <v>2153</v>
       </c>
       <c r="D431" t="s">
         <v>2154</v>
       </c>
       <c r="E431" t="s">
         <v>2155</v>
       </c>
       <c r="F431" t="s">
         <v>2156</v>
       </c>
       <c r="G431" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="432">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B432" t="s">
         <v>2157</v>
       </c>
       <c r="C432" t="s">
         <v>2158</v>
       </c>
       <c r="D432" t="s">
         <v>2159</v>
       </c>
       <c r="E432" t="s">
         <v>2160</v>
       </c>
       <c r="F432" t="s">
         <v>2161</v>
       </c>
       <c r="G432" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="433">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B433" t="s">
         <v>2162</v>
       </c>
       <c r="C433" t="s">
         <v>2163</v>
       </c>
       <c r="D433" t="s">
         <v>2164</v>
       </c>
       <c r="E433" t="s">
         <v>2165</v>
       </c>
       <c r="F433" t="s">
         <v>2166</v>
       </c>
       <c r="G433" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="434">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B434" t="s">
         <v>2167</v>
       </c>
       <c r="C434" t="s">
         <v>2168</v>
       </c>
       <c r="D434" t="s">
         <v>2169</v>
       </c>
       <c r="E434" t="s">
         <v>2170</v>
       </c>
       <c r="F434" t="s">
         <v>2171</v>
       </c>
       <c r="G434" s="1">
-        <v>0.046</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="435">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B435" t="s">
         <v>2172</v>
       </c>
       <c r="C435" t="s">
         <v>2173</v>
       </c>
       <c r="D435" t="s">
         <v>2174</v>
       </c>
       <c r="E435" t="s">
         <v>2175</v>
       </c>
       <c r="F435" t="s">
         <v>2176</v>
       </c>
       <c r="G435" s="1">
-        <v>0.046</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="436">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B436" t="s">
         <v>2177</v>
       </c>
       <c r="C436" t="s">
         <v>2178</v>
       </c>
       <c r="D436" t="s">
         <v>2179</v>
       </c>
       <c r="E436" t="s">
         <v>2180</v>
       </c>
       <c r="F436" t="s">
         <v>2181</v>
       </c>
       <c r="G436" s="1">
-        <v>0.046</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="437">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B437" t="s">
         <v>2182</v>
       </c>
       <c r="C437" t="s">
         <v>2183</v>
       </c>
       <c r="D437" t="s">
         <v>2184</v>
       </c>
       <c r="E437" t="s">
         <v>2185</v>
       </c>
       <c r="F437" t="s">
         <v>2186</v>
       </c>
       <c r="G437" s="1">
-        <v>0.046</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="438">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B438" t="s">
         <v>2187</v>
       </c>
       <c r="C438" t="s">
         <v>2188</v>
       </c>
       <c r="D438" t="s">
         <v>2189</v>
       </c>
       <c r="E438" t="s">
         <v>2190</v>
       </c>
       <c r="F438" t="s">
         <v>2191</v>
       </c>
       <c r="G438" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="439">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B439" t="s">
         <v>2192</v>
       </c>
       <c r="C439" t="s">
         <v>2193</v>
       </c>
       <c r="D439" t="s">
         <v>2194</v>
       </c>
       <c r="E439" t="s">
         <v>2195</v>
       </c>
       <c r="F439" t="s">
         <v>2196</v>
       </c>
       <c r="G439" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="440">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B440" t="s">
         <v>2197</v>
       </c>
       <c r="C440" t="s">
         <v>2198</v>
       </c>
       <c r="D440" t="s">
         <v>2199</v>
       </c>
       <c r="E440" t="s">
         <v>2200</v>
       </c>
       <c r="F440" t="s">
         <v>2201</v>
       </c>
       <c r="G440" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="441">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B441" t="s">
         <v>2202</v>
       </c>
       <c r="C441" t="s">
         <v>2203</v>
       </c>
       <c r="D441" t="s">
         <v>2204</v>
       </c>
       <c r="E441" t="s">
         <v>2205</v>
       </c>
       <c r="F441" t="s">
         <v>2206</v>
       </c>
       <c r="G441" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="442">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B442" t="s">
         <v>2207</v>
       </c>
       <c r="C442" t="s">
         <v>2208</v>
       </c>
       <c r="D442" t="s">
         <v>2209</v>
       </c>
       <c r="E442" t="s">
         <v>2210</v>
       </c>
       <c r="F442" t="s">
         <v>2211</v>
       </c>
       <c r="G442" s="1">
-        <v>0.044</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="443">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B443" t="s">
         <v>2212</v>
       </c>
       <c r="C443" t="s">
         <v>2213</v>
       </c>
       <c r="D443" t="s">
         <v>2214</v>
       </c>
       <c r="E443" t="s">
         <v>2215</v>
       </c>
       <c r="F443" t="s">
         <v>2216</v>
       </c>
       <c r="G443" s="1">
-        <v>0.044</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="444">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B444" t="s">
         <v>2217</v>
       </c>
       <c r="C444" t="s">
         <v>2218</v>
       </c>
       <c r="D444" t="s">
         <v>2219</v>
       </c>
       <c r="E444" t="s">
         <v>2220</v>
       </c>
       <c r="F444" t="s">
         <v>2221</v>
       </c>
       <c r="G444" s="1">
-        <v>0.043</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="445">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B445" t="s">
         <v>2222</v>
       </c>
       <c r="C445" t="s">
         <v>2223</v>
       </c>
       <c r="D445" t="s">
         <v>2224</v>
       </c>
       <c r="E445" t="s">
         <v>2225</v>
       </c>
       <c r="F445" t="s">
         <v>2226</v>
       </c>
       <c r="G445" s="1">
-        <v>0.043</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="446">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B446" t="s">
         <v>2227</v>
       </c>
       <c r="C446" t="s">
         <v>2228</v>
       </c>
       <c r="D446" t="s">
         <v>2229</v>
       </c>
       <c r="E446" t="s">
         <v>2230</v>
       </c>
       <c r="F446" t="s">
         <v>2231</v>
       </c>
       <c r="G446" s="1">
-        <v>0.043</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="447">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B447" t="s">
         <v>2232</v>
       </c>
       <c r="C447" t="s">
         <v>2233</v>
       </c>
       <c r="D447" t="s">
         <v>2234</v>
       </c>
       <c r="E447" t="s">
         <v>2235</v>
       </c>
       <c r="F447" t="s">
         <v>2236</v>
       </c>
       <c r="G447" s="1">
-        <v>0.043</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="448">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B448" t="s">
         <v>2237</v>
       </c>
       <c r="C448" t="s">
         <v>2238</v>
       </c>
       <c r="D448" t="s">
         <v>2239</v>
       </c>
       <c r="E448" t="s">
         <v>2240</v>
       </c>
       <c r="F448" t="s">
         <v>2241</v>
       </c>
       <c r="G448" s="1">
-        <v>0.043</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="449">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B449" t="s">
         <v>2242</v>
       </c>
       <c r="C449" t="s">
         <v>2243</v>
       </c>
       <c r="D449" t="s">
         <v>2244</v>
       </c>
       <c r="E449" t="s">
         <v>2245</v>
       </c>
       <c r="F449" t="s">
         <v>2246</v>
       </c>
       <c r="G449" s="1">
-        <v>0.043</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="450">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B450" t="s">
         <v>2247</v>
       </c>
       <c r="C450" t="s">
         <v>2248</v>
       </c>
       <c r="D450" t="s">
         <v>2249</v>
       </c>
       <c r="E450" t="s">
         <v>2250</v>
       </c>
       <c r="F450" t="s">
         <v>2251</v>
       </c>
       <c r="G450" s="1">
-        <v>0.043</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="451">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B451" t="s">
         <v>2252</v>
       </c>
       <c r="C451" t="s">
         <v>2253</v>
       </c>
       <c r="D451" t="s">
         <v>2254</v>
       </c>
       <c r="E451" t="s">
         <v>2255</v>
       </c>
       <c r="F451" t="s">
         <v>2256</v>
       </c>
       <c r="G451" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="452">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B452" t="s">
         <v>2257</v>
       </c>
       <c r="C452" t="s">
         <v>2258</v>
       </c>
       <c r="D452" t="s">
         <v>2259</v>
       </c>
       <c r="E452" t="s">
         <v>2260</v>
       </c>
       <c r="F452" t="s">
         <v>2261</v>
       </c>
       <c r="G452" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="453">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B453" t="s">
         <v>2262</v>
       </c>
       <c r="C453" t="s">
         <v>2263</v>
       </c>
       <c r="D453" t="s">
         <v>2264</v>
       </c>
       <c r="E453" t="s">
         <v>2265</v>
       </c>
       <c r="F453" t="s">
         <v>2266</v>
       </c>
       <c r="G453" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="454">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B454" t="s">
         <v>2267</v>
       </c>
       <c r="C454" t="s">
         <v>2268</v>
       </c>
       <c r="D454" t="s">
         <v>2269</v>
       </c>
       <c r="E454" t="s">
         <v>2270</v>
       </c>
       <c r="F454" t="s">
         <v>2271</v>
       </c>
       <c r="G454" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="455">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B455" t="s">
         <v>2272</v>
       </c>
       <c r="C455" t="s">
         <v>2273</v>
       </c>
       <c r="D455" t="s">
         <v>2274</v>
       </c>
       <c r="E455" t="s">
         <v>2275</v>
       </c>
       <c r="F455" t="s">
         <v>2276</v>
       </c>
       <c r="G455" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="456">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B456" t="s">
         <v>2277</v>
       </c>
       <c r="C456" t="s">
         <v>2278</v>
       </c>
       <c r="D456" t="s">
         <v>2279</v>
       </c>
       <c r="E456" t="s">
         <v>2280</v>
       </c>
       <c r="F456" t="s">
         <v>2281</v>
       </c>
       <c r="G456" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="457">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B457" t="s">
         <v>2282</v>
       </c>
       <c r="C457" t="s">
         <v>2283</v>
       </c>
       <c r="D457" t="s">
         <v>2284</v>
       </c>
       <c r="E457" t="s">
         <v>2285</v>
       </c>
       <c r="F457" t="s">
         <v>2286</v>
       </c>
       <c r="G457" s="1">
-        <v>0.042</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="458">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B458" t="s">
         <v>2287</v>
       </c>
       <c r="C458" t="s">
         <v>2288</v>
       </c>
       <c r="D458" t="s">
         <v>2289</v>
       </c>
       <c r="E458" t="s">
         <v>2290</v>
       </c>
       <c r="F458" t="s">
         <v>2291</v>
       </c>
       <c r="G458" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="459">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B459" t="s">
         <v>2292</v>
       </c>
       <c r="C459" t="s">
         <v>2293</v>
       </c>
       <c r="D459" t="s">
         <v>2294</v>
       </c>
       <c r="E459" t="s">
         <v>2295</v>
       </c>
       <c r="F459" t="s">
         <v>2296</v>
       </c>
       <c r="G459" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="460">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B460" t="s">
         <v>2297</v>
       </c>
       <c r="C460" t="s">
         <v>2298</v>
       </c>
       <c r="D460" t="s">
         <v>2299</v>
       </c>
       <c r="E460" t="s">
         <v>2300</v>
       </c>
       <c r="F460" t="s">
         <v>2301</v>
       </c>
       <c r="G460" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="461">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B461" t="s">
         <v>2302</v>
       </c>
       <c r="C461" t="s">
         <v>2303</v>
       </c>
       <c r="D461" t="s">
         <v>2304</v>
       </c>
       <c r="E461" t="s">
         <v>2305</v>
       </c>
       <c r="F461" t="s">
         <v>2306</v>
       </c>
       <c r="G461" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="462">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B462" t="s">
         <v>2307</v>
       </c>
       <c r="C462" t="s">
         <v>2308</v>
       </c>
       <c r="D462" t="s">
         <v>2309</v>
       </c>
       <c r="E462" t="s">
         <v>2310</v>
       </c>
       <c r="F462" t="s">
         <v>2311</v>
       </c>
       <c r="G462" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="463">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B463" t="s">
         <v>2312</v>
       </c>
       <c r="C463" t="s">
         <v>2313</v>
       </c>
       <c r="D463" t="s">
         <v>2314</v>
       </c>
       <c r="E463" t="s">
         <v>2315</v>
       </c>
       <c r="F463" t="s">
         <v>2316</v>
       </c>
       <c r="G463" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="464">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B464" t="s">
         <v>2317</v>
       </c>
       <c r="C464" t="s">
         <v>2318</v>
       </c>
       <c r="D464" t="s">
         <v>2319</v>
       </c>
       <c r="E464" t="s">
         <v>2320</v>
       </c>
       <c r="F464" t="s">
         <v>2321</v>
       </c>
       <c r="G464" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="465">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B465" t="s">
         <v>2322</v>
       </c>
       <c r="C465" t="s">
         <v>2323</v>
       </c>
       <c r="D465" t="s">
         <v>2324</v>
       </c>
       <c r="E465" t="s">
         <v>2325</v>
       </c>
       <c r="F465" t="s">
         <v>2326</v>
       </c>
       <c r="G465" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="466">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B466" t="s">
         <v>2327</v>
       </c>
       <c r="C466" t="s">
         <v>2328</v>
       </c>
       <c r="D466" t="s">
         <v>2329</v>
       </c>
       <c r="E466" t="s">
         <v>2330</v>
       </c>
       <c r="F466" t="s">
         <v>2331</v>
       </c>
       <c r="G466" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="467">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B467" t="s">
         <v>2332</v>
       </c>
       <c r="C467" t="s">
         <v>2333</v>
       </c>
       <c r="D467" t="s">
         <v>2334</v>
       </c>
       <c r="E467" t="s">
         <v>2335</v>
       </c>
       <c r="F467" t="s">
         <v>2336</v>
       </c>
       <c r="G467" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="468">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B468" t="s">
         <v>2337</v>
       </c>
       <c r="C468" t="s">
         <v>2338</v>
       </c>
       <c r="D468" t="s">
         <v>2339</v>
       </c>
       <c r="E468" t="s">
         <v>2340</v>
       </c>
       <c r="F468" t="s">
         <v>2341</v>
       </c>
       <c r="G468" s="1">
-        <v>0.04</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="469">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B469" t="s">
         <v>2342</v>
       </c>
       <c r="C469" t="s">
         <v>2343</v>
       </c>
       <c r="D469" t="s">
         <v>2344</v>
       </c>
       <c r="E469" t="s">
         <v>2345</v>
       </c>
       <c r="F469" t="s">
         <v>2346</v>
       </c>
       <c r="G469" s="1">
-        <v>0.04</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="470">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B470" t="s">
         <v>2347</v>
       </c>
       <c r="C470" t="s">
         <v>2348</v>
       </c>
       <c r="D470" t="s">
         <v>2349</v>
       </c>
       <c r="E470" t="s">
         <v>2350</v>
       </c>
       <c r="F470" t="s">
         <v>2351</v>
       </c>
       <c r="G470" s="1">
-        <v>0.04</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="471">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B471" t="s">
         <v>2352</v>
       </c>
       <c r="C471" t="s">
         <v>2353</v>
       </c>
       <c r="D471" t="s">
         <v>2354</v>
       </c>
       <c r="E471" t="s">
         <v>2355</v>
       </c>
       <c r="F471" t="s">
         <v>2356</v>
       </c>
       <c r="G471" s="1">
-        <v>0.04</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="472">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B472" t="s">
         <v>2357</v>
       </c>
       <c r="C472" t="s">
         <v>2358</v>
       </c>
       <c r="D472" t="s">
         <v>2359</v>
       </c>
       <c r="E472" t="s">
         <v>2360</v>
       </c>
       <c r="F472" t="s">
         <v>2361</v>
       </c>
       <c r="G472" s="1">
-        <v>0.04</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="473">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B473" t="s">
         <v>2362</v>
       </c>
       <c r="C473" t="s">
         <v>2363</v>
       </c>
       <c r="D473" t="s">
         <v>2364</v>
       </c>
       <c r="E473" t="s">
         <v>2365</v>
       </c>
       <c r="F473" t="s">
         <v>2366</v>
       </c>
       <c r="G473" s="1">
-        <v>0.04</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="474">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B474" t="s">
         <v>2367</v>
       </c>
       <c r="C474" t="s">
         <v>2368</v>
       </c>
       <c r="D474" t="s">
         <v>2369</v>
       </c>
       <c r="E474" t="s">
         <v>2370</v>
       </c>
       <c r="F474" t="s">
         <v>2371</v>
       </c>
       <c r="G474" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="475">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B475" t="s">
         <v>2372</v>
       </c>
       <c r="C475" t="s">
         <v>2373</v>
       </c>
       <c r="D475" t="s">
         <v>2374</v>
       </c>
       <c r="E475" t="s">
         <v>2375</v>
       </c>
       <c r="F475" t="s">
         <v>2376</v>
       </c>
       <c r="G475" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="476">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B476" t="s">
         <v>2377</v>
       </c>
       <c r="C476" t="s">
         <v>2378</v>
       </c>
       <c r="D476" t="s">
         <v>2379</v>
       </c>
       <c r="E476" t="s">
         <v>2380</v>
       </c>
       <c r="F476" t="s">
         <v>2381</v>
       </c>
       <c r="G476" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="477">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B477" t="s">
         <v>2382</v>
       </c>
       <c r="C477" t="s">
         <v>2383</v>
       </c>
       <c r="D477" t="s">
         <v>2384</v>
       </c>
       <c r="E477" t="s">
         <v>2385</v>
       </c>
       <c r="F477" t="s">
         <v>2386</v>
       </c>
       <c r="G477" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="478">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B478" t="s">
         <v>2387</v>
       </c>
       <c r="C478" t="s">
         <v>2388</v>
       </c>
       <c r="D478" t="s">
         <v>2389</v>
       </c>
       <c r="E478" t="s">
         <v>2390</v>
       </c>
       <c r="F478" t="s">
         <v>2391</v>
       </c>
       <c r="G478" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="479">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B479" t="s">
         <v>2392</v>
       </c>
       <c r="C479" t="s">
         <v>2393</v>
       </c>
       <c r="D479" t="s">
         <v>2394</v>
       </c>
       <c r="E479" t="s">
         <v>2395</v>
       </c>
       <c r="F479" t="s">
         <v>2396</v>
       </c>
       <c r="G479" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="480">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B480" t="s">
         <v>2397</v>
       </c>
       <c r="C480" t="s">
         <v>2398</v>
       </c>
       <c r="D480" t="s">
         <v>2399</v>
       </c>
       <c r="E480" t="s">
         <v>2400</v>
       </c>
       <c r="F480" t="s">
         <v>2401</v>
       </c>
       <c r="G480" s="1">
-        <v>0.039</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="481">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B481" t="s">
         <v>2402</v>
       </c>
       <c r="C481" t="s">
         <v>2403</v>
       </c>
       <c r="D481" t="s">
         <v>2404</v>
       </c>
       <c r="E481" t="s">
         <v>2405</v>
       </c>
       <c r="F481" t="s">
         <v>2406</v>
       </c>
       <c r="G481" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="482">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B482" t="s">
         <v>2407</v>
       </c>
       <c r="C482" t="s">
         <v>2408</v>
       </c>
       <c r="D482" t="s">
         <v>2409</v>
       </c>
       <c r="E482" t="s">
         <v>2410</v>
       </c>
       <c r="F482" t="s">
         <v>2411</v>
       </c>
       <c r="G482" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="483">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B483" t="s">
         <v>2412</v>
       </c>
       <c r="C483" t="s">
         <v>2413</v>
       </c>
       <c r="D483" t="s">
         <v>2414</v>
       </c>
       <c r="E483" t="s">
         <v>2415</v>
       </c>
       <c r="F483" t="s">
         <v>2416</v>
       </c>
       <c r="G483" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="484">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B484" t="s">
         <v>2417</v>
       </c>
       <c r="C484" t="s">
         <v>2418</v>
       </c>
       <c r="D484" t="s">
         <v>2419</v>
       </c>
       <c r="E484" t="s">
         <v>2420</v>
       </c>
       <c r="F484" t="s">
         <v>2421</v>
       </c>
       <c r="G484" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="485">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B485" t="s">
         <v>2422</v>
       </c>
       <c r="C485" t="s">
         <v>2423</v>
       </c>
       <c r="D485" t="s">
         <v>2424</v>
       </c>
       <c r="E485" t="s">
         <v>2425</v>
       </c>
       <c r="F485" t="s">
         <v>2426</v>
       </c>
       <c r="G485" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="486">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B486" t="s">
         <v>2427</v>
       </c>
       <c r="C486" t="s">
         <v>2428</v>
       </c>
       <c r="D486" t="s">
         <v>2429</v>
       </c>
       <c r="E486" t="s">
         <v>2430</v>
       </c>
       <c r="F486" t="s">
         <v>2431</v>
       </c>
       <c r="G486" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="487">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B487" t="s">
         <v>2432</v>
       </c>
       <c r="C487" t="s">
         <v>2433</v>
       </c>
       <c r="D487" t="s">
         <v>2434</v>
       </c>
       <c r="E487" t="s">
         <v>2435</v>
       </c>
       <c r="F487" t="s">
         <v>2436</v>
       </c>
       <c r="G487" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="488">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B488" t="s">
         <v>2437</v>
       </c>
       <c r="C488" t="s">
         <v>2438</v>
       </c>
       <c r="D488" t="s">
         <v>2439</v>
       </c>
       <c r="E488" t="s">
         <v>2440</v>
       </c>
       <c r="F488" t="s">
         <v>2441</v>
       </c>
       <c r="G488" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="489">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B489" t="s">
         <v>2442</v>
       </c>
       <c r="C489" t="s">
         <v>2443</v>
       </c>
       <c r="D489" t="s">
         <v>2444</v>
       </c>
       <c r="E489" t="s">
         <v>2445</v>
       </c>
       <c r="F489" t="s">
         <v>2446</v>
       </c>
       <c r="G489" s="1">
-        <v>0.038</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="490">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B490" t="s">
         <v>2447</v>
       </c>
       <c r="C490" t="s">
         <v>2448</v>
       </c>
       <c r="D490" t="s">
         <v>2449</v>
       </c>
       <c r="E490" t="s">
         <v>2450</v>
       </c>
       <c r="F490" t="s">
         <v>2451</v>
       </c>
       <c r="G490" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="491">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B491" t="s">
         <v>2452</v>
       </c>
       <c r="C491" t="s">
         <v>2453</v>
       </c>
       <c r="D491" t="s">
         <v>2454</v>
       </c>
       <c r="E491" t="s">
         <v>2455</v>
       </c>
       <c r="F491" t="s">
         <v>2456</v>
       </c>
       <c r="G491" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="492">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B492" t="s">
         <v>2457</v>
       </c>
       <c r="C492" t="s">
         <v>2458</v>
       </c>
       <c r="D492" t="s">
         <v>2459</v>
       </c>
       <c r="E492" t="s">
         <v>2460</v>
       </c>
       <c r="F492" t="s">
         <v>2461</v>
       </c>
       <c r="G492" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="493">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B493" t="s">
         <v>2462</v>
       </c>
       <c r="C493" t="s">
         <v>2463</v>
       </c>
       <c r="D493" t="s">
         <v>2464</v>
       </c>
       <c r="E493" t="s">
         <v>2465</v>
       </c>
       <c r="F493" t="s">
         <v>2466</v>
       </c>
       <c r="G493" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="494">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B494" t="s">
         <v>2467</v>
       </c>
       <c r="C494" t="s">
         <v>2468</v>
       </c>
       <c r="D494" t="s">
         <v>2469</v>
       </c>
       <c r="E494" t="s">
         <v>2470</v>
       </c>
       <c r="F494" t="s">
         <v>2471</v>
       </c>
       <c r="G494" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="495">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B495" t="s">
         <v>2472</v>
       </c>
       <c r="C495" t="s">
         <v>2473</v>
       </c>
       <c r="D495" t="s">
         <v>2474</v>
       </c>
       <c r="E495" t="s">
         <v>2475</v>
       </c>
       <c r="F495" t="s">
         <v>2476</v>
       </c>
       <c r="G495" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="496">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B496" t="s">
         <v>2477</v>
       </c>
       <c r="C496" t="s">
         <v>2478</v>
       </c>
       <c r="D496" t="s">
         <v>2479</v>
       </c>
       <c r="E496" t="s">
         <v>2480</v>
       </c>
       <c r="F496" t="s">
         <v>2481</v>
       </c>
       <c r="G496" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="497">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B497" t="s">
         <v>2482</v>
       </c>
       <c r="C497" t="s">
         <v>2483</v>
       </c>
       <c r="D497" t="s">
         <v>2484</v>
       </c>
       <c r="E497" t="s">
         <v>2485</v>
       </c>
       <c r="F497" t="s">
         <v>2486</v>
       </c>
       <c r="G497" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="498">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B498" t="s">
         <v>2487</v>
       </c>
       <c r="C498" t="s">
         <v>2488</v>
       </c>
       <c r="D498" t="s">
         <v>2489</v>
       </c>
       <c r="E498" t="s">
         <v>2490</v>
       </c>
       <c r="F498" t="s">
         <v>2491</v>
       </c>
       <c r="G498" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="499">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B499" t="s">
         <v>2492</v>
       </c>
       <c r="C499" t="s">
         <v>2493</v>
       </c>
       <c r="D499" t="s">
         <v>2494</v>
       </c>
       <c r="E499" t="s">
         <v>2495</v>
       </c>
       <c r="F499" t="s">
         <v>2496</v>
       </c>
       <c r="G499" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="500">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B500" t="s">
         <v>2497</v>
       </c>
       <c r="C500" t="s">
         <v>2498</v>
       </c>
       <c r="D500" t="s">
         <v>2499</v>
       </c>
       <c r="E500" t="s">
         <v>2500</v>
       </c>
       <c r="F500" t="s">
         <v>2501</v>
       </c>
       <c r="G500" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="501">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B501" t="s">
         <v>2502</v>
       </c>
       <c r="C501" t="s">
         <v>2503</v>
       </c>
       <c r="D501" t="s">
         <v>2504</v>
       </c>
       <c r="E501" t="s">
         <v>2505</v>
       </c>
       <c r="F501" t="s">
         <v>2506</v>
       </c>
       <c r="G501" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="502">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B502" t="s">
         <v>2507</v>
       </c>
       <c r="C502" t="s">
         <v>2508</v>
       </c>
       <c r="D502" t="s">
         <v>2509</v>
       </c>
       <c r="E502" t="s">
         <v>2510</v>
       </c>
       <c r="F502" t="s">
         <v>2511</v>
       </c>
       <c r="G502" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="503">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B503" t="s">
         <v>2512</v>
       </c>
       <c r="C503" t="s">
         <v>2513</v>
       </c>
       <c r="D503" t="s">
         <v>2514</v>
       </c>
       <c r="E503" t="s">
         <v>2515</v>
       </c>
       <c r="F503" t="s">
         <v>2516</v>
       </c>
       <c r="G503" s="1">
-        <v>0.037</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="504">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B504" t="s">
         <v>2517</v>
       </c>
       <c r="C504" t="s">
         <v>2518</v>
       </c>
       <c r="D504" t="s">
         <v>2519</v>
       </c>
       <c r="E504" t="s">
         <v>2520</v>
       </c>
       <c r="F504" t="s">
         <v>2521</v>
       </c>
       <c r="G504" s="1">
-        <v>0.037</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="505">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B505" t="s">
         <v>2522</v>
       </c>
       <c r="C505" t="s">
         <v>2523</v>
       </c>
       <c r="D505" t="s">
         <v>2524</v>
       </c>
       <c r="E505" t="s">
         <v>2525</v>
       </c>
       <c r="F505" t="s">
         <v>2526</v>
       </c>
       <c r="G505" s="1">
-        <v>0.037</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="506">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B506" t="s">
         <v>2527</v>
       </c>
       <c r="C506" t="s">
         <v>2528</v>
       </c>
       <c r="D506" t="s">
         <v>2529</v>
       </c>
       <c r="E506" t="s">
         <v>2530</v>
       </c>
       <c r="F506" t="s">
         <v>2531</v>
       </c>
       <c r="G506" s="1">
-        <v>0.037</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="507">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B507" t="s">
         <v>2532</v>
       </c>
       <c r="C507" t="s">
         <v>2533</v>
       </c>
       <c r="D507" t="s">
         <v>2534</v>
       </c>
       <c r="E507" t="s">
         <v>2535</v>
       </c>
       <c r="F507" t="s">
         <v>2536</v>
       </c>
       <c r="G507" s="1">
-        <v>0.037</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="508">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B508" t="s">
         <v>2537</v>
       </c>
       <c r="C508" t="s">
         <v>2538</v>
       </c>
       <c r="D508" t="s">
         <v>2539</v>
       </c>
       <c r="E508" t="s">
         <v>2540</v>
       </c>
       <c r="F508" t="s">
         <v>2541</v>
       </c>
       <c r="G508" s="1">
-        <v>0.037</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="509">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B509" t="s">
         <v>2542</v>
       </c>
       <c r="C509" t="s">
         <v>2543</v>
       </c>
       <c r="D509" t="s">
         <v>2544</v>
       </c>
       <c r="E509" t="s">
         <v>2545</v>
       </c>
       <c r="F509" t="s">
         <v>2546</v>
       </c>
       <c r="G509" s="1">
-        <v>0.036</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="510">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B510" t="s">
         <v>2547</v>
       </c>
       <c r="C510" t="s">
         <v>2548</v>
       </c>
       <c r="D510" t="s">
         <v>2549</v>
       </c>
       <c r="E510" t="s">
         <v>2550</v>
       </c>
       <c r="F510" t="s">
         <v>2551</v>
       </c>
       <c r="G510" s="1">
-        <v>0.036</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="511">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B511" t="s">
         <v>2552</v>
       </c>
       <c r="C511" t="s">
         <v>2553</v>
       </c>
       <c r="D511" t="s">
         <v>2554</v>
       </c>
       <c r="E511" t="s">
         <v>2555</v>
       </c>
       <c r="F511" t="s">
         <v>2556</v>
       </c>
       <c r="G511" s="1">
-        <v>0.036</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="512">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B512" t="s">
         <v>2557</v>
       </c>
       <c r="C512" t="s">
         <v>2558</v>
       </c>
       <c r="D512" t="s">
         <v>2559</v>
       </c>
       <c r="E512" t="s">
         <v>2560</v>
       </c>
       <c r="F512" t="s">
         <v>2561</v>
       </c>
       <c r="G512" s="1">
-        <v>0.036</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="513">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B513" t="s">
         <v>2562</v>
       </c>
       <c r="C513" t="s">
         <v>2563</v>
       </c>
       <c r="D513" t="s">
         <v>2564</v>
       </c>
       <c r="E513" t="s">
         <v>2565</v>
       </c>
       <c r="F513" t="s">
         <v>2566</v>
       </c>
       <c r="G513" s="1">
-        <v>0.036</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="514">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B514" t="s">
         <v>2567</v>
       </c>
       <c r="C514" t="s">
         <v>2568</v>
       </c>
       <c r="D514" t="s">
         <v>2569</v>
       </c>
       <c r="E514" t="s">
         <v>2570</v>
       </c>
       <c r="F514" t="s">
         <v>2571</v>
       </c>
       <c r="G514" s="1">
-        <v>0.036</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="515">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B515" t="s">
         <v>2572</v>
       </c>
       <c r="C515" t="s">
         <v>2573</v>
       </c>
       <c r="D515" t="s">
         <v>2574</v>
       </c>
       <c r="E515" t="s">
         <v>2575</v>
       </c>
       <c r="F515" t="s">
         <v>2576</v>
       </c>
       <c r="G515" s="1">
-        <v>0.036</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="516">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B516" t="s">
         <v>2577</v>
       </c>
       <c r="C516" t="s">
         <v>2578</v>
       </c>
       <c r="D516" t="s">
         <v>2579</v>
       </c>
       <c r="E516" t="s">
         <v>2580</v>
       </c>
       <c r="F516" t="s">
         <v>2581</v>
       </c>
       <c r="G516" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="517">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B517" t="s">
         <v>2582</v>
       </c>
       <c r="C517" t="s">
         <v>2583</v>
       </c>
       <c r="D517" t="s">
         <v>2584</v>
       </c>
       <c r="E517" t="s">
         <v>2585</v>
       </c>
       <c r="F517" t="s">
         <v>2586</v>
       </c>
       <c r="G517" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="518">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B518" t="s">
         <v>2587</v>
       </c>
       <c r="C518" t="s">
         <v>2588</v>
       </c>
       <c r="D518" t="s">
         <v>2589</v>
       </c>
       <c r="E518" t="s">
         <v>2590</v>
       </c>
       <c r="F518" t="s">
         <v>2591</v>
       </c>
       <c r="G518" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="519">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B519" t="s">
         <v>2592</v>
       </c>
       <c r="C519" t="s">
         <v>2593</v>
       </c>
       <c r="D519" t="s">
         <v>2594</v>
       </c>
       <c r="E519" t="s">
         <v>2595</v>
       </c>
       <c r="F519" t="s">
         <v>2596</v>
       </c>
       <c r="G519" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="520">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B520" t="s">
         <v>2597</v>
       </c>
       <c r="C520" t="s">
         <v>2598</v>
       </c>
       <c r="D520" t="s">
         <v>2599</v>
       </c>
       <c r="E520" t="s">
         <v>2600</v>
       </c>
       <c r="F520" t="s">
         <v>2601</v>
       </c>
       <c r="G520" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="521">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B521" t="s">
         <v>2602</v>
       </c>
       <c r="C521" t="s">
         <v>2603</v>
       </c>
       <c r="D521" t="s">
         <v>2604</v>
       </c>
       <c r="E521" t="s">
         <v>2605</v>
       </c>
       <c r="F521" t="s">
         <v>2606</v>
       </c>
       <c r="G521" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="522">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B522" t="s">
         <v>2607</v>
       </c>
       <c r="C522" t="s">
         <v>2608</v>
       </c>
       <c r="D522" t="s">
         <v>2609</v>
       </c>
       <c r="E522" t="s">
         <v>2610</v>
       </c>
       <c r="F522" t="s">
         <v>2611</v>
       </c>
       <c r="G522" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="523">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B523" t="s">
         <v>2612</v>
       </c>
       <c r="C523" t="s">
         <v>2613</v>
       </c>
       <c r="D523" t="s">
         <v>2614</v>
       </c>
       <c r="E523" t="s">
         <v>2615</v>
       </c>
       <c r="F523" t="s">
         <v>2616</v>
       </c>
       <c r="G523" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="524">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B524" t="s">
         <v>2617</v>
       </c>
       <c r="C524" t="s">
         <v>2618</v>
       </c>
       <c r="D524" t="s">
         <v>2619</v>
       </c>
       <c r="E524" t="s">
         <v>2620</v>
       </c>
       <c r="F524" t="s">
         <v>2621</v>
       </c>
       <c r="G524" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="525">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B525" t="s">
         <v>2622</v>
       </c>
       <c r="C525" t="s">
         <v>2623</v>
       </c>
       <c r="D525" t="s">
         <v>2624</v>
       </c>
       <c r="E525" t="s">
         <v>2625</v>
       </c>
       <c r="F525" t="s">
         <v>2626</v>
       </c>
       <c r="G525" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="526">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B526" t="s">
         <v>2627</v>
       </c>
       <c r="C526" t="s">
         <v>2628</v>
       </c>
       <c r="D526" t="s">
         <v>2629</v>
       </c>
       <c r="E526" t="s">
         <v>2630</v>
       </c>
       <c r="F526" t="s">
         <v>2631</v>
       </c>
       <c r="G526" s="1">
-        <v>0.035</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="527">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B527" t="s">
         <v>2632</v>
       </c>
       <c r="C527" t="s">
         <v>2633</v>
       </c>
       <c r="D527" t="s">
         <v>2634</v>
       </c>
       <c r="E527" t="s">
         <v>2635</v>
       </c>
       <c r="F527" t="s">
         <v>2636</v>
       </c>
       <c r="G527" s="1">
-        <v>0.035</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="528">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B528" t="s">
         <v>2637</v>
       </c>
       <c r="C528" t="s">
         <v>2638</v>
       </c>
       <c r="D528" t="s">
         <v>2639</v>
       </c>
       <c r="E528" t="s">
         <v>2640</v>
       </c>
       <c r="F528" t="s">
         <v>2641</v>
       </c>
       <c r="G528" s="1">
-        <v>0.035</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="529">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B529" t="s">
         <v>2642</v>
       </c>
       <c r="C529" t="s">
         <v>2643</v>
       </c>
       <c r="D529" t="s">
         <v>2644</v>
       </c>
       <c r="E529" t="s">
         <v>2645</v>
       </c>
       <c r="F529" t="s">
         <v>2646</v>
       </c>
       <c r="G529" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="530">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B530" t="s">
         <v>2647</v>
       </c>
       <c r="C530" t="s">
         <v>2648</v>
       </c>
       <c r="D530" t="s">
         <v>2649</v>
       </c>
       <c r="E530" t="s">
         <v>2650</v>
       </c>
       <c r="F530" t="s">
         <v>2651</v>
       </c>
       <c r="G530" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="531">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B531" t="s">
         <v>2652</v>
       </c>
       <c r="C531" t="s">
         <v>2653</v>
       </c>
       <c r="D531" t="s">
         <v>2654</v>
       </c>
       <c r="E531" t="s">
         <v>2655</v>
       </c>
       <c r="F531" t="s">
         <v>2656</v>
       </c>
       <c r="G531" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="532">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B532" t="s">
         <v>2657</v>
       </c>
       <c r="C532" t="s">
         <v>2658</v>
       </c>
       <c r="D532" t="s">
         <v>2659</v>
       </c>
       <c r="E532" t="s">
         <v>2660</v>
       </c>
       <c r="F532" t="s">
         <v>2661</v>
       </c>
       <c r="G532" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="533">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B533" t="s">
         <v>2662</v>
       </c>
       <c r="C533" t="s">
         <v>2663</v>
       </c>
       <c r="D533" t="s">
         <v>2664</v>
       </c>
       <c r="E533" t="s">
         <v>2665</v>
       </c>
       <c r="F533" t="s">
         <v>2666</v>
       </c>
       <c r="G533" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="534">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B534" t="s">
         <v>2667</v>
       </c>
       <c r="C534" t="s">
         <v>2668</v>
       </c>
       <c r="D534" t="s">
         <v>2669</v>
       </c>
       <c r="E534" t="s">
         <v>2670</v>
       </c>
       <c r="F534" t="s">
         <v>2671</v>
       </c>
       <c r="G534" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="535">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B535" t="s">
         <v>2672</v>
       </c>
       <c r="C535" t="s">
         <v>2673</v>
       </c>
       <c r="D535" t="s">
         <v>2674</v>
       </c>
       <c r="E535" t="s">
         <v>2675</v>
       </c>
       <c r="F535" t="s">
         <v>2676</v>
       </c>
       <c r="G535" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="536">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B536" t="s">
         <v>2677</v>
       </c>
       <c r="C536" t="s">
         <v>2678</v>
       </c>
       <c r="D536" t="s">
         <v>2679</v>
       </c>
       <c r="E536" t="s">
         <v>2680</v>
       </c>
       <c r="F536" t="s">
         <v>2681</v>
       </c>
       <c r="G536" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="537">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B537" t="s">
         <v>2682</v>
       </c>
       <c r="C537" t="s">
         <v>2683</v>
       </c>
       <c r="D537" t="s">
         <v>2684</v>
       </c>
       <c r="E537" t="s">
         <v>2685</v>
       </c>
       <c r="F537" t="s">
         <v>2686</v>
       </c>
       <c r="G537" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="538">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B538" t="s">
         <v>2687</v>
       </c>
       <c r="C538" t="s">
         <v>2688</v>
       </c>
       <c r="D538" t="s">
         <v>2689</v>
       </c>
       <c r="E538" t="s">
         <v>2690</v>
       </c>
       <c r="F538" t="s">
         <v>2691</v>
       </c>
       <c r="G538" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="539">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B539" t="s">
         <v>2692</v>
       </c>
       <c r="C539" t="s">
         <v>2693</v>
       </c>
       <c r="D539" t="s">
         <v>2694</v>
       </c>
       <c r="E539" t="s">
         <v>2695</v>
       </c>
       <c r="F539" t="s">
         <v>2696</v>
       </c>
       <c r="G539" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="540">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B540" t="s">
         <v>2697</v>
       </c>
       <c r="C540" t="s">
         <v>2698</v>
       </c>
       <c r="D540" t="s">
         <v>2699</v>
       </c>
       <c r="E540" t="s">
         <v>2700</v>
       </c>
       <c r="F540" t="s">
         <v>2701</v>
       </c>
       <c r="G540" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="541">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B541" t="s">
         <v>2702</v>
       </c>
       <c r="C541" t="s">
         <v>2703</v>
       </c>
       <c r="D541" t="s">
         <v>2704</v>
       </c>
       <c r="E541" t="s">
         <v>2705</v>
       </c>
       <c r="F541" t="s">
         <v>2706</v>
       </c>
       <c r="G541" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="542">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B542" t="s">
         <v>2707</v>
       </c>
       <c r="C542" t="s">
         <v>2708</v>
       </c>
       <c r="D542" t="s">
         <v>2709</v>
       </c>
       <c r="E542" t="s">
         <v>2710</v>
       </c>
       <c r="F542" t="s">
         <v>2711</v>
       </c>
       <c r="G542" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="543">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B543" t="s">
         <v>2712</v>
       </c>
       <c r="C543" t="s">
         <v>2713</v>
       </c>
       <c r="D543" t="s">
         <v>2714</v>
       </c>
       <c r="E543" t="s">
         <v>2715</v>
       </c>
       <c r="F543" t="s">
         <v>2716</v>
       </c>
       <c r="G543" s="1">
-        <v>0.034</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="544">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B544" t="s">
         <v>2717</v>
       </c>
       <c r="C544" t="s">
         <v>2718</v>
       </c>
       <c r="D544" t="s">
         <v>2719</v>
       </c>
       <c r="E544" t="s">
         <v>2720</v>
       </c>
       <c r="F544" t="s">
         <v>2721</v>
       </c>
       <c r="G544" s="1">
-        <v>0.033</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="545">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B545" t="s">
         <v>2722</v>
       </c>
       <c r="C545" t="s">
         <v>2723</v>
       </c>
       <c r="D545" t="s">
         <v>2724</v>
       </c>
       <c r="E545" t="s">
         <v>2725</v>
       </c>
       <c r="F545" t="s">
         <v>2726</v>
       </c>
       <c r="G545" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="546">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B546" t="s">
         <v>2727</v>
       </c>
       <c r="C546" t="s">
         <v>2728</v>
       </c>
       <c r="D546" t="s">
         <v>2729</v>
       </c>
       <c r="E546" t="s">
         <v>2730</v>
       </c>
       <c r="F546" t="s">
         <v>2731</v>
       </c>
       <c r="G546" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="547">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B547" t="s">
         <v>2732</v>
       </c>
       <c r="C547" t="s">
         <v>2733</v>
       </c>
       <c r="D547" t="s">
         <v>2734</v>
       </c>
       <c r="E547" t="s">
         <v>2735</v>
       </c>
       <c r="F547" t="s">
         <v>2736</v>
       </c>
       <c r="G547" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="548">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B548" t="s">
         <v>2737</v>
       </c>
       <c r="C548" t="s">
         <v>2738</v>
       </c>
       <c r="D548" t="s">
         <v>2739</v>
       </c>
       <c r="E548" t="s">
         <v>2740</v>
       </c>
       <c r="F548" t="s">
         <v>2741</v>
       </c>
       <c r="G548" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="549">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B549" t="s">
         <v>2742</v>
       </c>
       <c r="C549" t="s">
         <v>2743</v>
       </c>
       <c r="D549" t="s">
         <v>2744</v>
       </c>
       <c r="E549" t="s">
         <v>2745</v>
       </c>
       <c r="F549" t="s">
         <v>2746</v>
       </c>
       <c r="G549" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="550">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B550" t="s">
         <v>2747</v>
       </c>
       <c r="C550" t="s">
         <v>2748</v>
       </c>
       <c r="D550" t="s">
         <v>2749</v>
       </c>
       <c r="E550" t="s">
         <v>2750</v>
       </c>
       <c r="F550" t="s">
         <v>2751</v>
       </c>
       <c r="G550" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="551">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B551" t="s">
         <v>2752</v>
       </c>
       <c r="C551" t="s">
         <v>2753</v>
       </c>
       <c r="D551" t="s">
         <v>2754</v>
       </c>
       <c r="E551" t="s">
         <v>2755</v>
       </c>
       <c r="F551" t="s">
         <v>2756</v>
       </c>
       <c r="G551" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="552">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B552" t="s">
         <v>2757</v>
       </c>
       <c r="C552" t="s">
         <v>2758</v>
       </c>
       <c r="D552" t="s">
         <v>2759</v>
       </c>
       <c r="E552" t="s">
         <v>2760</v>
       </c>
       <c r="F552" t="s">
         <v>2761</v>
       </c>
       <c r="G552" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="553">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B553" t="s">
         <v>2762</v>
       </c>
       <c r="C553" t="s">
         <v>2763</v>
       </c>
       <c r="D553" t="s">
         <v>2764</v>
       </c>
       <c r="E553" t="s">
         <v>2765</v>
       </c>
       <c r="F553" t="s">
         <v>2766</v>
       </c>
       <c r="G553" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="554">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B554" t="s">
         <v>2767</v>
       </c>
       <c r="C554" t="s">
         <v>2768</v>
       </c>
       <c r="D554" t="s">
         <v>2769</v>
       </c>
       <c r="E554" t="s">
         <v>2770</v>
       </c>
       <c r="F554" t="s">
         <v>2771</v>
       </c>
       <c r="G554" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="555">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B555" t="s">
         <v>2772</v>
       </c>
       <c r="C555" t="s">
         <v>2773</v>
       </c>
       <c r="D555" t="s">
         <v>2774</v>
       </c>
       <c r="E555" t="s">
         <v>2775</v>
       </c>
       <c r="F555" t="s">
         <v>2776</v>
       </c>
       <c r="G555" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="556">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B556" t="s">
         <v>2777</v>
       </c>
       <c r="C556" t="s">
         <v>2778</v>
       </c>
       <c r="D556" t="s">
         <v>2779</v>
       </c>
       <c r="E556" t="s">
         <v>2780</v>
       </c>
       <c r="F556" t="s">
         <v>2781</v>
       </c>
       <c r="G556" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="557">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B557" t="s">
         <v>2782</v>
       </c>
       <c r="C557" t="s">
         <v>2783</v>
       </c>
       <c r="D557" t="s">
         <v>2784</v>
       </c>
       <c r="E557" t="s">
         <v>2785</v>
       </c>
       <c r="F557" t="s">
         <v>2786</v>
       </c>
       <c r="G557" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="558">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B558" t="s">
         <v>2787</v>
       </c>
       <c r="C558" t="s">
         <v>2788</v>
       </c>
       <c r="D558" t="s">
         <v>2789</v>
       </c>
       <c r="E558" t="s">
         <v>2790</v>
       </c>
       <c r="F558" t="s">
         <v>2791</v>
       </c>
       <c r="G558" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="559">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B559" t="s">
         <v>2792</v>
       </c>
       <c r="C559" t="s">
         <v>2793</v>
       </c>
       <c r="D559" t="s">
         <v>2794</v>
       </c>
       <c r="E559" t="s">
         <v>2795</v>
       </c>
       <c r="F559" t="s">
         <v>2796</v>
       </c>
       <c r="G559" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="560">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B560" t="s">
         <v>2797</v>
       </c>
       <c r="C560" t="s">
         <v>2798</v>
       </c>
       <c r="D560" t="s">
         <v>2799</v>
       </c>
       <c r="E560" t="s">
         <v>2800</v>
       </c>
       <c r="F560" t="s">
         <v>2801</v>
       </c>
       <c r="G560" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="561">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B561" t="s">
         <v>2802</v>
       </c>
       <c r="C561" t="s">
         <v>2803</v>
       </c>
       <c r="D561" t="s">
         <v>2804</v>
       </c>
       <c r="E561" t="s">
         <v>2805</v>
       </c>
       <c r="F561" t="s">
         <v>2806</v>
       </c>
       <c r="G561" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="562">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B562" t="s">
         <v>2807</v>
       </c>
       <c r="C562" t="s">
         <v>2808</v>
       </c>
       <c r="D562" t="s">
         <v>2809</v>
       </c>
       <c r="E562" t="s">
         <v>2810</v>
       </c>
       <c r="F562" t="s">
         <v>2811</v>
       </c>
       <c r="G562" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="563">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B563" t="s">
         <v>2812</v>
       </c>
       <c r="C563" t="s">
         <v>2813</v>
       </c>
       <c r="D563" t="s">
         <v>2814</v>
       </c>
       <c r="E563" t="s">
         <v>2815</v>
       </c>
       <c r="F563" t="s">
         <v>2816</v>
       </c>
       <c r="G563" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="564">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B564" t="s">
         <v>2817</v>
       </c>
       <c r="C564" t="s">
         <v>2818</v>
       </c>
       <c r="D564" t="s">
         <v>2819</v>
       </c>
       <c r="E564" t="s">
         <v>2820</v>
       </c>
       <c r="F564" t="s">
         <v>2821</v>
       </c>
       <c r="G564" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="565">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B565" t="s">
         <v>2822</v>
       </c>
       <c r="C565" t="s">
         <v>2823</v>
       </c>
       <c r="D565" t="s">
         <v>2824</v>
       </c>
       <c r="E565" t="s">
         <v>2825</v>
       </c>
       <c r="F565" t="s">
         <v>2826</v>
       </c>
       <c r="G565" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="566">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B566" t="s">
         <v>2827</v>
       </c>
       <c r="C566" t="s">
         <v>2828</v>
       </c>
       <c r="D566" t="s">
         <v>2829</v>
       </c>
       <c r="E566" t="s">
         <v>2830</v>
       </c>
       <c r="F566" t="s">
         <v>2831</v>
       </c>
       <c r="G566" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="567">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B567" t="s">
         <v>2832</v>
       </c>
       <c r="C567" t="s">
         <v>2833</v>
       </c>
       <c r="D567" t="s">
         <v>2834</v>
       </c>
       <c r="E567" t="s">
         <v>2835</v>
       </c>
       <c r="F567" t="s">
         <v>2836</v>
       </c>
       <c r="G567" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="568">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B568" t="s">
         <v>2837</v>
       </c>
       <c r="C568" t="s">
         <v>2838</v>
       </c>
       <c r="D568" t="s">
         <v>2839</v>
       </c>
       <c r="E568" t="s">
         <v>2840</v>
       </c>
       <c r="F568" t="s">
         <v>2841</v>
       </c>
       <c r="G568" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="569">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B569" t="s">
         <v>2842</v>
       </c>
       <c r="C569" t="s">
         <v>2843</v>
       </c>
       <c r="D569" t="s">
         <v>2844</v>
       </c>
       <c r="E569" t="s">
         <v>2845</v>
       </c>
       <c r="F569" t="s">
         <v>2846</v>
       </c>
       <c r="G569" s="1">
-        <v>0.032</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="570">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B570" t="s">
         <v>2847</v>
       </c>
       <c r="C570" t="s">
         <v>2848</v>
       </c>
       <c r="D570" t="s">
         <v>2849</v>
       </c>
       <c r="E570" t="s">
         <v>2850</v>
       </c>
       <c r="F570" t="s">
         <v>2851</v>
       </c>
       <c r="G570" s="1">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="571">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B571" t="s">
         <v>2852</v>
       </c>
       <c r="C571" t="s">
         <v>2853</v>
       </c>
       <c r="D571" t="s">
         <v>2854</v>
       </c>
       <c r="E571" t="s">
         <v>2855</v>
       </c>
       <c r="F571" t="s">
         <v>2856</v>
       </c>
       <c r="G571" s="1">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="572">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B572" t="s">
         <v>2857</v>
       </c>
       <c r="C572" t="s">
         <v>2858</v>
       </c>
       <c r="D572" t="s">
         <v>2859</v>
       </c>
       <c r="E572" t="s">
         <v>2860</v>
       </c>
       <c r="F572" t="s">
         <v>2861</v>
       </c>
       <c r="G572" s="1">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="573">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B573" t="s">
         <v>2862</v>
       </c>
       <c r="C573" t="s">
         <v>2863</v>
       </c>
       <c r="D573" t="s">
         <v>2864</v>
       </c>
       <c r="E573" t="s">
         <v>2865</v>
       </c>
       <c r="F573" t="s">
         <v>2866</v>
       </c>
       <c r="G573" s="1">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="574">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B574" t="s">
         <v>2867</v>
       </c>
       <c r="C574" t="s">
         <v>2868</v>
       </c>
       <c r="D574" t="s">
         <v>2869</v>
       </c>
       <c r="E574" t="s">
         <v>2870</v>
       </c>
       <c r="F574" t="s">
         <v>2871</v>
       </c>
       <c r="G574" s="1">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="575">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B575" t="s">
         <v>2872</v>
       </c>
       <c r="C575" t="s">
         <v>2873</v>
       </c>
       <c r="D575" t="s">
         <v>2874</v>
       </c>
       <c r="E575" t="s">
         <v>2875</v>
       </c>
       <c r="F575" t="s">
         <v>2876</v>
       </c>
       <c r="G575" s="1">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="576">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B576" t="s">
         <v>2877</v>
       </c>
       <c r="C576" t="s">
         <v>2878</v>
       </c>
       <c r="D576" t="s">
         <v>2879</v>
       </c>
       <c r="E576" t="s">
         <v>2880</v>
       </c>
       <c r="F576" t="s">
         <v>2881</v>
       </c>
       <c r="G576" s="1">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="577">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B577" t="s">
         <v>2882</v>
       </c>
       <c r="C577" t="s">
         <v>2883</v>
       </c>
       <c r="D577" t="s">
         <v>2884</v>
       </c>
       <c r="E577" t="s">
         <v>2885</v>
       </c>
       <c r="F577" t="s">
         <v>2886</v>
       </c>
       <c r="G577" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="578">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B578" t="s">
         <v>2887</v>
       </c>
       <c r="C578" t="s">
         <v>2888</v>
       </c>
       <c r="D578" t="s">
         <v>2889</v>
       </c>
       <c r="E578" t="s">
         <v>2890</v>
       </c>
       <c r="F578" t="s">
         <v>2891</v>
       </c>
       <c r="G578" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="579">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B579" t="s">
         <v>2892</v>
       </c>
       <c r="C579" t="s">
         <v>2893</v>
       </c>
       <c r="D579" t="s">
         <v>2894</v>
       </c>
       <c r="E579" t="s">
         <v>2895</v>
       </c>
       <c r="F579" t="s">
         <v>2896</v>
       </c>
       <c r="G579" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="580">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B580" t="s">
         <v>2897</v>
       </c>
       <c r="C580" t="s">
         <v>2898</v>
       </c>
       <c r="D580" t="s">
         <v>2899</v>
       </c>
       <c r="E580" t="s">
         <v>2900</v>
       </c>
       <c r="F580" t="s">
         <v>2901</v>
       </c>
       <c r="G580" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="581">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B581" t="s">
         <v>2902</v>
       </c>
       <c r="C581" t="s">
         <v>2903</v>
       </c>
       <c r="D581" t="s">
         <v>2904</v>
       </c>
       <c r="E581" t="s">
         <v>2905</v>
       </c>
       <c r="F581" t="s">
         <v>2906</v>
       </c>
       <c r="G581" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="582">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B582" t="s">
         <v>2907</v>
       </c>
       <c r="C582" t="s">
         <v>2908</v>
       </c>
       <c r="D582" t="s">
         <v>2909</v>
       </c>
       <c r="E582" t="s">
         <v>2910</v>
       </c>
       <c r="F582" t="s">
         <v>2911</v>
       </c>
       <c r="G582" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="583">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B583" t="s">
         <v>2912</v>
       </c>
       <c r="C583" t="s">
         <v>2913</v>
       </c>
       <c r="D583" t="s">
         <v>2914</v>
       </c>
       <c r="E583" t="s">
         <v>2915</v>
       </c>
       <c r="F583" t="s">
         <v>2916</v>
       </c>
       <c r="G583" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="584">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B584" t="s">
         <v>2917</v>
       </c>
       <c r="C584" t="s">
         <v>2918</v>
       </c>
       <c r="D584" t="s">
         <v>2919</v>
       </c>
       <c r="E584" t="s">
         <v>2920</v>
       </c>
       <c r="F584" t="s">
         <v>2921</v>
       </c>
       <c r="G584" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="585">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B585" t="s">
         <v>2922</v>
       </c>
       <c r="C585" t="s">
         <v>2923</v>
       </c>
       <c r="D585" t="s">
         <v>2924</v>
       </c>
       <c r="E585" t="s">
         <v>2925</v>
       </c>
       <c r="F585" t="s">
         <v>2926</v>
       </c>
       <c r="G585" s="1">
-        <v>0.03</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="586">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B586" t="s">
         <v>2927</v>
       </c>
       <c r="C586" t="s">
         <v>2928</v>
       </c>
       <c r="D586" t="s">
         <v>2929</v>
       </c>
       <c r="E586" t="s">
         <v>2930</v>
       </c>
       <c r="F586" t="s">
         <v>2931</v>
       </c>
       <c r="G586" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="587">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B587" t="s">
         <v>2932</v>
       </c>
       <c r="C587" t="s">
         <v>2933</v>
       </c>
       <c r="D587" t="s">
         <v>2934</v>
       </c>
       <c r="E587" t="s">
         <v>2935</v>
       </c>
       <c r="F587" t="s">
         <v>2936</v>
       </c>
       <c r="G587" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="588">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B588" t="s">
         <v>2937</v>
       </c>
       <c r="C588" t="s">
         <v>2938</v>
       </c>
       <c r="D588" t="s">
         <v>2939</v>
       </c>
       <c r="E588" t="s">
         <v>2940</v>
       </c>
       <c r="F588" t="s">
         <v>2941</v>
       </c>
       <c r="G588" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="589">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B589" t="s">
         <v>2942</v>
       </c>
       <c r="C589" t="s">
         <v>2943</v>
       </c>
       <c r="D589" t="s">
         <v>2944</v>
       </c>
       <c r="E589" t="s">
         <v>2945</v>
       </c>
       <c r="F589" t="s">
         <v>2946</v>
       </c>
       <c r="G589" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="590">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B590" t="s">
         <v>2947</v>
       </c>
       <c r="C590" t="s">
         <v>2948</v>
       </c>
       <c r="D590" t="s">
         <v>2949</v>
       </c>
       <c r="E590" t="s">
         <v>2950</v>
       </c>
       <c r="F590" t="s">
         <v>2951</v>
       </c>
       <c r="G590" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="591">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B591" t="s">
         <v>2952</v>
       </c>
       <c r="C591" t="s">
         <v>2953</v>
       </c>
       <c r="D591" t="s">
         <v>2954</v>
       </c>
       <c r="E591" t="s">
         <v>2955</v>
       </c>
       <c r="F591" t="s">
         <v>2956</v>
       </c>
       <c r="G591" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="592">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B592" t="s">
         <v>2957</v>
       </c>
       <c r="C592" t="s">
         <v>2958</v>
       </c>
       <c r="D592" t="s">
         <v>2959</v>
       </c>
       <c r="E592" t="s">
         <v>2960</v>
       </c>
       <c r="F592" t="s">
         <v>2961</v>
       </c>
       <c r="G592" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="593">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B593" t="s">
         <v>2962</v>
       </c>
       <c r="C593" t="s">
         <v>2963</v>
       </c>
       <c r="D593" t="s">
         <v>2964</v>
       </c>
       <c r="E593" t="s">
         <v>2965</v>
       </c>
       <c r="F593" t="s">
         <v>2966</v>
       </c>
       <c r="G593" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="594">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B594" t="s">
         <v>2967</v>
       </c>
       <c r="C594" t="s">
         <v>2968</v>
       </c>
       <c r="D594" t="s">
         <v>2969</v>
       </c>
       <c r="E594" t="s">
         <v>2970</v>
       </c>
       <c r="F594" t="s">
         <v>2971</v>
       </c>
       <c r="G594" s="1">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="595">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B595" t="s">
         <v>2972</v>
       </c>
       <c r="C595" t="s">
         <v>2973</v>
       </c>
       <c r="D595" t="s">
         <v>2974</v>
       </c>
       <c r="E595" t="s">
         <v>2975</v>
       </c>
       <c r="F595" t="s">
         <v>2976</v>
       </c>
       <c r="G595" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="596">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B596" t="s">
         <v>2977</v>
       </c>
       <c r="C596" t="s">
         <v>2978</v>
       </c>
       <c r="D596" t="s">
         <v>2979</v>
       </c>
       <c r="E596" t="s">
         <v>2980</v>
       </c>
       <c r="F596" t="s">
         <v>2981</v>
       </c>
       <c r="G596" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="597">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B597" t="s">
         <v>2982</v>
       </c>
       <c r="C597" t="s">
         <v>2983</v>
       </c>
       <c r="D597" t="s">
         <v>2984</v>
       </c>
       <c r="E597" t="s">
         <v>2985</v>
       </c>
       <c r="F597" t="s">
         <v>2986</v>
       </c>
       <c r="G597" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="598">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B598" t="s">
         <v>2987</v>
       </c>
       <c r="C598" t="s">
         <v>2988</v>
       </c>
       <c r="D598" t="s">
         <v>2989</v>
       </c>
       <c r="E598" t="s">
         <v>2990</v>
       </c>
       <c r="F598" t="s">
         <v>2991</v>
       </c>
       <c r="G598" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="599">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B599" t="s">
         <v>2992</v>
       </c>
       <c r="C599" t="s">
         <v>2993</v>
       </c>
       <c r="D599" t="s">
         <v>2994</v>
       </c>
       <c r="E599" t="s">
         <v>2995</v>
       </c>
       <c r="F599" t="s">
         <v>2996</v>
       </c>
       <c r="G599" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="600">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B600" t="s">
         <v>2997</v>
       </c>
       <c r="C600" t="s">
         <v>2998</v>
       </c>
       <c r="D600" t="s">
         <v>2999</v>
       </c>
       <c r="E600" t="s">
         <v>3000</v>
       </c>
       <c r="F600" t="s">
         <v>3001</v>
       </c>
       <c r="G600" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="601">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B601" t="s">
         <v>3002</v>
       </c>
       <c r="C601" t="s">
         <v>3003</v>
       </c>
       <c r="D601" t="s">
         <v>3004</v>
       </c>
       <c r="E601" t="s">
         <v>3005</v>
       </c>
       <c r="F601" t="s">
         <v>3006</v>
       </c>
       <c r="G601" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="602">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B602" t="s">
         <v>3007</v>
       </c>
       <c r="C602" t="s">
         <v>3008</v>
       </c>
       <c r="D602" t="s">
         <v>3009</v>
       </c>
       <c r="E602" t="s">
         <v>3010</v>
       </c>
       <c r="F602" t="s">
         <v>3011</v>
       </c>
       <c r="G602" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="603">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B603" t="s">
         <v>3012</v>
       </c>
       <c r="C603" t="s">
         <v>3013</v>
       </c>
       <c r="D603" t="s">
         <v>3014</v>
       </c>
       <c r="E603" t="s">
         <v>3015</v>
       </c>
       <c r="F603" t="s">
         <v>3016</v>
       </c>
       <c r="G603" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="604">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B604" t="s">
         <v>3017</v>
       </c>
       <c r="C604" t="s">
         <v>3018</v>
       </c>
       <c r="D604" t="s">
         <v>3019</v>
       </c>
       <c r="E604" t="s">
         <v>3020</v>
       </c>
       <c r="F604" t="s">
         <v>3021</v>
       </c>
       <c r="G604" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="605">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B605" t="s">
         <v>3022</v>
       </c>
       <c r="C605" t="s">
         <v>3023</v>
       </c>
       <c r="D605" t="s">
         <v>3024</v>
       </c>
       <c r="E605" t="s">
         <v>3025</v>
       </c>
       <c r="F605" t="s">
         <v>3026</v>
       </c>
       <c r="G605" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="606">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B606" t="s">
         <v>3027</v>
       </c>
       <c r="C606" t="s">
         <v>3028</v>
       </c>
       <c r="D606" t="s">
         <v>3029</v>
       </c>
       <c r="E606" t="s">
         <v>3030</v>
       </c>
       <c r="F606" t="s">
         <v>3031</v>
       </c>
       <c r="G606" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="607">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B607" t="s">
         <v>3032</v>
       </c>
       <c r="C607" t="s">
         <v>3033</v>
       </c>
       <c r="D607" t="s">
         <v>3034</v>
       </c>
       <c r="E607" t="s">
         <v>3035</v>
       </c>
       <c r="F607" t="s">
         <v>3036</v>
       </c>
       <c r="G607" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="608">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B608" t="s">
         <v>3037</v>
       </c>
       <c r="C608" t="s">
         <v>3038</v>
       </c>
       <c r="D608" t="s">
         <v>3039</v>
       </c>
       <c r="E608" t="s">
         <v>3040</v>
       </c>
       <c r="F608" t="s">
         <v>3041</v>
       </c>
       <c r="G608" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="609">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B609" t="s">
         <v>3042</v>
       </c>
       <c r="C609" t="s">
         <v>3043</v>
       </c>
       <c r="D609" t="s">
         <v>3044</v>
       </c>
       <c r="E609" t="s">
         <v>3045</v>
       </c>
       <c r="F609" t="s">
         <v>3046</v>
       </c>
       <c r="G609" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="610">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B610" t="s">
         <v>3047</v>
       </c>
       <c r="C610" t="s">
         <v>3048</v>
       </c>
       <c r="D610" t="s">
         <v>3049</v>
       </c>
       <c r="E610" t="s">
         <v>3050</v>
       </c>
       <c r="F610" t="s">
         <v>3051</v>
       </c>
       <c r="G610" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="611">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B611" t="s">
         <v>3052</v>
       </c>
       <c r="C611" t="s">
         <v>3053</v>
       </c>
       <c r="D611" t="s">
         <v>3054</v>
       </c>
       <c r="E611" t="s">
         <v>3055</v>
       </c>
       <c r="F611" t="s">
         <v>3056</v>
       </c>
       <c r="G611" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="612">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B612" t="s">
         <v>3057</v>
       </c>
       <c r="C612" t="s">
         <v>3058</v>
       </c>
       <c r="D612" t="s">
         <v>3059</v>
       </c>
       <c r="E612" t="s">
         <v>3060</v>
       </c>
       <c r="F612" t="s">
         <v>3061</v>
       </c>
       <c r="G612" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="613">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B613" t="s">
         <v>3062</v>
       </c>
       <c r="C613" t="s">
         <v>3063</v>
       </c>
       <c r="D613" t="s">
         <v>3064</v>
       </c>
       <c r="E613" t="s">
         <v>3065</v>
       </c>
       <c r="F613" t="s">
         <v>3066</v>
       </c>
       <c r="G613" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="614">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B614" t="s">
         <v>3067</v>
       </c>
       <c r="C614" t="s">
         <v>3068</v>
       </c>
       <c r="D614" t="s">
         <v>3069</v>
       </c>
       <c r="E614" t="s">
         <v>3070</v>
       </c>
       <c r="F614" t="s">
         <v>3071</v>
       </c>
       <c r="G614" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="615">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B615" t="s">
         <v>3072</v>
       </c>
       <c r="C615" t="s">
         <v>3073</v>
       </c>
       <c r="D615" t="s">
         <v>3074</v>
       </c>
       <c r="E615" t="s">
         <v>3075</v>
       </c>
       <c r="F615" t="s">
         <v>3076</v>
       </c>
       <c r="G615" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="616">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B616" t="s">
         <v>3077</v>
       </c>
       <c r="C616" t="s">
         <v>3078</v>
       </c>
       <c r="D616" t="s">
         <v>3079</v>
       </c>
       <c r="E616" t="s">
         <v>3080</v>
       </c>
       <c r="F616" t="s">
         <v>3081</v>
       </c>
       <c r="G616" s="1">
         <v>0.029</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="617">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B617" t="s">
         <v>3082</v>
       </c>
       <c r="C617" t="s">
         <v>3083</v>
       </c>
       <c r="D617" t="s">
         <v>3084</v>
       </c>
       <c r="E617" t="s">
         <v>3085</v>
       </c>
       <c r="F617" t="s">
         <v>3086</v>
       </c>
       <c r="G617" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="618">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B618" t="s">
         <v>3087</v>
       </c>
       <c r="C618" t="s">
         <v>3088</v>
       </c>
       <c r="D618" t="s">
         <v>3089</v>
       </c>
       <c r="E618" t="s">
         <v>3090</v>
       </c>
       <c r="F618" t="s">
         <v>3091</v>
       </c>
       <c r="G618" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="619">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B619" t="s">
         <v>3092</v>
       </c>
       <c r="C619" t="s">
         <v>3093</v>
       </c>
       <c r="D619" t="s">
         <v>3094</v>
       </c>
       <c r="E619" t="s">
         <v>3095</v>
       </c>
       <c r="F619" t="s">
         <v>3096</v>
       </c>
       <c r="G619" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="620">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B620" t="s">
         <v>3097</v>
       </c>
       <c r="C620" t="s">
         <v>3098</v>
       </c>
       <c r="D620" t="s">
         <v>3099</v>
       </c>
       <c r="E620" t="s">
         <v>3100</v>
       </c>
       <c r="F620" t="s">
         <v>3101</v>
       </c>
       <c r="G620" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="621">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B621" t="s">
         <v>3102</v>
       </c>
       <c r="C621" t="s">
         <v>3103</v>
       </c>
       <c r="D621" t="s">
         <v>3104</v>
       </c>
       <c r="E621" t="s">
         <v>3105</v>
       </c>
       <c r="F621" t="s">
         <v>3106</v>
       </c>
       <c r="G621" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="622">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B622" t="s">
         <v>3107</v>
       </c>
       <c r="C622" t="s">
         <v>3108</v>
       </c>
       <c r="D622" t="s">
         <v>3109</v>
       </c>
       <c r="E622" t="s">
         <v>3110</v>
       </c>
       <c r="F622" t="s">
         <v>3111</v>
       </c>
       <c r="G622" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="623">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B623" t="s">
         <v>3112</v>
       </c>
       <c r="C623" t="s">
         <v>3113</v>
       </c>
       <c r="D623" t="s">
         <v>3114</v>
       </c>
       <c r="E623" t="s">
         <v>3115</v>
       </c>
       <c r="F623" t="s">
         <v>3116</v>
       </c>
       <c r="G623" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="624">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B624" t="s">
         <v>3117</v>
       </c>
       <c r="C624" t="s">
         <v>3118</v>
       </c>
       <c r="D624" t="s">
         <v>3119</v>
       </c>
       <c r="E624" t="s">
         <v>3120</v>
       </c>
       <c r="F624" t="s">
         <v>3121</v>
       </c>
       <c r="G624" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="625">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B625" t="s">
         <v>3122</v>
       </c>
       <c r="C625" t="s">
         <v>3123</v>
       </c>
       <c r="D625" t="s">
         <v>3124</v>
       </c>
       <c r="E625" t="s">
         <v>3125</v>
       </c>
       <c r="F625" t="s">
         <v>3126</v>
       </c>
       <c r="G625" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="626">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B626" t="s">
         <v>3127</v>
       </c>
       <c r="C626" t="s">
         <v>3128</v>
       </c>
       <c r="D626" t="s">
         <v>3129</v>
       </c>
       <c r="E626" t="s">
         <v>3130</v>
       </c>
       <c r="F626" t="s">
         <v>3131</v>
       </c>
       <c r="G626" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="627">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B627" t="s">
         <v>3132</v>
       </c>
       <c r="C627" t="s">
         <v>3133</v>
       </c>
       <c r="D627" t="s">
         <v>3134</v>
       </c>
       <c r="E627" t="s">
         <v>3135</v>
       </c>
       <c r="F627" t="s">
         <v>3136</v>
       </c>
       <c r="G627" s="1">
-        <v>0.027</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="628">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B628" t="s">
         <v>3137</v>
       </c>
       <c r="C628" t="s">
         <v>3138</v>
       </c>
       <c r="D628" t="s">
         <v>3139</v>
       </c>
       <c r="E628" t="s">
         <v>3140</v>
       </c>
       <c r="F628" t="s">
         <v>3141</v>
       </c>
       <c r="G628" s="1">
-        <v>0.027</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="629">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B629" t="s">
         <v>3142</v>
       </c>
       <c r="C629" t="s">
         <v>3143</v>
       </c>
       <c r="D629" t="s">
         <v>3144</v>
       </c>
       <c r="E629" t="s">
         <v>3145</v>
       </c>
       <c r="F629" t="s">
         <v>3146</v>
       </c>
       <c r="G629" s="1">
-        <v>0.027</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="630">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B630" t="s">
         <v>3147</v>
       </c>
       <c r="C630" t="s">
         <v>3148</v>
       </c>
       <c r="D630" t="s">
         <v>3149</v>
       </c>
       <c r="E630" t="s">
         <v>3150</v>
       </c>
       <c r="F630" t="s">
         <v>3151</v>
       </c>
       <c r="G630" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="631">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B631" t="s">
         <v>3152</v>
       </c>
       <c r="C631" t="s">
         <v>3153</v>
       </c>
       <c r="D631" t="s">
         <v>3154</v>
       </c>
       <c r="E631" t="s">
         <v>3155</v>
       </c>
       <c r="F631" t="s">
         <v>3156</v>
       </c>
       <c r="G631" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="632">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B632" t="s">
         <v>3157</v>
       </c>
       <c r="C632" t="s">
         <v>3158</v>
       </c>
       <c r="D632" t="s">
         <v>3159</v>
       </c>
       <c r="E632" t="s">
         <v>3160</v>
       </c>
       <c r="F632" t="s">
         <v>3161</v>
       </c>
       <c r="G632" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="633">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B633" t="s">
         <v>3162</v>
       </c>
       <c r="C633" t="s">
         <v>3163</v>
       </c>
       <c r="D633" t="s">
         <v>3164</v>
       </c>
       <c r="E633" t="s">
         <v>3165</v>
       </c>
       <c r="F633" t="s">
         <v>3166</v>
       </c>
       <c r="G633" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="634">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B634" t="s">
         <v>3167</v>
       </c>
       <c r="C634" t="s">
         <v>3168</v>
       </c>
       <c r="D634" t="s">
         <v>3169</v>
       </c>
       <c r="E634" t="s">
         <v>3170</v>
       </c>
       <c r="F634" t="s">
         <v>3171</v>
       </c>
       <c r="G634" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="635">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B635" t="s">
         <v>3172</v>
       </c>
       <c r="C635" t="s">
         <v>3173</v>
       </c>
       <c r="D635" t="s">
         <v>3174</v>
       </c>
       <c r="E635" t="s">
         <v>3175</v>
       </c>
       <c r="F635" t="s">
         <v>3176</v>
       </c>
       <c r="G635" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="636">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B636" t="s">
         <v>3177</v>
       </c>
       <c r="C636" t="s">
         <v>3178</v>
       </c>
       <c r="D636" t="s">
         <v>3179</v>
       </c>
       <c r="E636" t="s">
         <v>3180</v>
       </c>
       <c r="F636" t="s">
         <v>3181</v>
       </c>
       <c r="G636" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="637">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B637" t="s">
         <v>3182</v>
       </c>
       <c r="C637" t="s">
         <v>3183</v>
       </c>
       <c r="D637" t="s">
         <v>3184</v>
       </c>
       <c r="E637" t="s">
         <v>3185</v>
       </c>
       <c r="F637" t="s">
         <v>3186</v>
       </c>
       <c r="G637" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="638">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B638" t="s">
         <v>3187</v>
       </c>
       <c r="C638" t="s">
         <v>3188</v>
       </c>
       <c r="D638" t="s">
         <v>3189</v>
       </c>
       <c r="E638" t="s">
         <v>3190</v>
       </c>
       <c r="F638" t="s">
         <v>3191</v>
       </c>
       <c r="G638" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="639">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B639" t="s">
         <v>3192</v>
       </c>
       <c r="C639" t="s">
         <v>3193</v>
       </c>
       <c r="D639" t="s">
         <v>3194</v>
       </c>
       <c r="E639" t="s">
         <v>3195</v>
       </c>
       <c r="F639" t="s">
         <v>3196</v>
       </c>
       <c r="G639" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="640">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B640" t="s">
         <v>3197</v>
       </c>
       <c r="C640" t="s">
         <v>3198</v>
       </c>
       <c r="D640" t="s">
         <v>3199</v>
       </c>
       <c r="E640" t="s">
         <v>3200</v>
       </c>
       <c r="F640" t="s">
         <v>3201</v>
       </c>
       <c r="G640" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="641">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B641" t="s">
         <v>3202</v>
       </c>
       <c r="C641" t="s">
         <v>3203</v>
       </c>
       <c r="D641" t="s">
         <v>3204</v>
       </c>
       <c r="E641" t="s">
         <v>3205</v>
       </c>
       <c r="F641" t="s">
         <v>3206</v>
       </c>
       <c r="G641" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="642">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B642" t="s">
         <v>3207</v>
       </c>
       <c r="C642" t="s">
         <v>3208</v>
       </c>
       <c r="D642" t="s">
         <v>3209</v>
       </c>
       <c r="E642" t="s">
         <v>3210</v>
       </c>
       <c r="F642" t="s">
         <v>3211</v>
       </c>
       <c r="G642" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="643">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B643" t="s">
         <v>3212</v>
       </c>
       <c r="C643" t="s">
         <v>3213</v>
       </c>
       <c r="D643" t="s">
         <v>3214</v>
       </c>
       <c r="E643" t="s">
         <v>3215</v>
       </c>
       <c r="F643" t="s">
         <v>3216</v>
       </c>
       <c r="G643" s="1">
-        <v>0.026</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="644">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B644" t="s">
         <v>3217</v>
       </c>
       <c r="C644" t="s">
         <v>3218</v>
       </c>
       <c r="D644" t="s">
         <v>3219</v>
       </c>
       <c r="E644" t="s">
         <v>3220</v>
       </c>
       <c r="F644" t="s">
         <v>3221</v>
       </c>
       <c r="G644" s="1">
-        <v>0.026</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="645">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B645" t="s">
         <v>3222</v>
       </c>
       <c r="C645" t="s">
         <v>3223</v>
       </c>
       <c r="D645" t="s">
         <v>3224</v>
       </c>
       <c r="E645" t="s">
         <v>3225</v>
       </c>
       <c r="F645" t="s">
         <v>3226</v>
       </c>
       <c r="G645" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="646">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B646" t="s">
         <v>3227</v>
       </c>
       <c r="C646" t="s">
         <v>3228</v>
       </c>
       <c r="D646" t="s">
         <v>3229</v>
       </c>
       <c r="E646" t="s">
         <v>3230</v>
       </c>
       <c r="F646" t="s">
         <v>3231</v>
       </c>
       <c r="G646" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="647">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B647" t="s">
         <v>3232</v>
       </c>
       <c r="C647" t="s">
         <v>3233</v>
       </c>
       <c r="D647" t="s">
         <v>3234</v>
       </c>
       <c r="E647" t="s">
         <v>3235</v>
       </c>
       <c r="F647" t="s">
         <v>3236</v>
       </c>
       <c r="G647" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="648">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B648" t="s">
         <v>3237</v>
       </c>
       <c r="C648" t="s">
         <v>3238</v>
       </c>
       <c r="D648" t="s">
         <v>3239</v>
       </c>
       <c r="E648" t="s">
         <v>3240</v>
       </c>
       <c r="F648" t="s">
         <v>3241</v>
       </c>
       <c r="G648" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="649">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B649" t="s">
         <v>3242</v>
       </c>
       <c r="C649" t="s">
         <v>3243</v>
       </c>
       <c r="D649" t="s">
         <v>3244</v>
       </c>
       <c r="E649" t="s">
         <v>3245</v>
       </c>
       <c r="F649" t="s">
         <v>3246</v>
       </c>
       <c r="G649" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="650">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B650" t="s">
         <v>3247</v>
       </c>
       <c r="C650" t="s">
         <v>3248</v>
       </c>
       <c r="D650" t="s">
         <v>3249</v>
       </c>
       <c r="E650" t="s">
         <v>3250</v>
       </c>
       <c r="F650" t="s">
         <v>3251</v>
       </c>
       <c r="G650" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="651">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B651" t="s">
         <v>3252</v>
       </c>
       <c r="C651" t="s">
         <v>3253</v>
       </c>
       <c r="D651" t="s">
         <v>3254</v>
       </c>
       <c r="E651" t="s">
         <v>3255</v>
       </c>
       <c r="F651" t="s">
         <v>3256</v>
       </c>
       <c r="G651" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="652">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B652" t="s">
         <v>3257</v>
       </c>
       <c r="C652" t="s">
         <v>3258</v>
       </c>
       <c r="D652" t="s">
         <v>3259</v>
       </c>
       <c r="E652" t="s">
         <v>3260</v>
       </c>
       <c r="F652" t="s">
         <v>3261</v>
       </c>
       <c r="G652" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="653">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B653" t="s">
         <v>3262</v>
       </c>
       <c r="C653" t="s">
         <v>3263</v>
       </c>
       <c r="D653" t="s">
         <v>3264</v>
       </c>
       <c r="E653" t="s">
         <v>3265</v>
       </c>
       <c r="F653" t="s">
         <v>3266</v>
       </c>
       <c r="G653" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="654">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B654" t="s">
         <v>3267</v>
       </c>
       <c r="C654" t="s">
         <v>3268</v>
       </c>
       <c r="D654" t="s">
         <v>3269</v>
       </c>
       <c r="E654" t="s">
         <v>3270</v>
       </c>
       <c r="F654" t="s">
         <v>3271</v>
       </c>
       <c r="G654" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="655">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B655" t="s">
         <v>3272</v>
       </c>
       <c r="C655" t="s">
         <v>3273</v>
       </c>
       <c r="D655" t="s">
         <v>3274</v>
       </c>
       <c r="E655" t="s">
         <v>3275</v>
       </c>
       <c r="F655" t="s">
         <v>3276</v>
       </c>
       <c r="G655" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="656">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B656" t="s">
         <v>3277</v>
       </c>
       <c r="C656" t="s">
         <v>3278</v>
       </c>
       <c r="D656" t="s">
         <v>3279</v>
       </c>
       <c r="E656" t="s">
         <v>3280</v>
       </c>
       <c r="F656" t="s">
         <v>3281</v>
       </c>
       <c r="G656" s="1">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="657">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B657" t="s">
         <v>3282</v>
       </c>
       <c r="C657" t="s">
         <v>3283</v>
       </c>
       <c r="D657" t="s">
         <v>3284</v>
       </c>
       <c r="E657" t="s">
         <v>3285</v>
       </c>
       <c r="F657" t="s">
         <v>3286</v>
       </c>
       <c r="G657" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="658">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B658" t="s">
         <v>3287</v>
       </c>
       <c r="C658" t="s">
         <v>3288</v>
       </c>
       <c r="D658" t="s">
         <v>3289</v>
       </c>
       <c r="E658" t="s">
         <v>3290</v>
       </c>
       <c r="F658" t="s">
         <v>3291</v>
       </c>
       <c r="G658" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="659">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B659" t="s">
         <v>3292</v>
       </c>
       <c r="C659" t="s">
         <v>3293</v>
       </c>
       <c r="D659" t="s">
         <v>3294</v>
       </c>
       <c r="E659" t="s">
         <v>3295</v>
       </c>
       <c r="F659" t="s">
         <v>3296</v>
       </c>
       <c r="G659" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="660">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B660" t="s">
         <v>3297</v>
       </c>
       <c r="C660" t="s">
         <v>3298</v>
       </c>
       <c r="D660" t="s">
         <v>3299</v>
       </c>
       <c r="E660" t="s">
         <v>3300</v>
       </c>
       <c r="F660" t="s">
         <v>3301</v>
       </c>
       <c r="G660" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="661">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B661" t="s">
         <v>3302</v>
       </c>
       <c r="C661" t="s">
         <v>3303</v>
       </c>
       <c r="D661" t="s">
         <v>3304</v>
       </c>
       <c r="E661" t="s">
         <v>3305</v>
       </c>
       <c r="F661" t="s">
         <v>3306</v>
       </c>
       <c r="G661" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="662">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B662" t="s">
         <v>3307</v>
       </c>
       <c r="C662" t="s">
         <v>3308</v>
       </c>
       <c r="D662" t="s">
         <v>3309</v>
       </c>
       <c r="E662" t="s">
         <v>3310</v>
       </c>
       <c r="F662" t="s">
         <v>3311</v>
       </c>
       <c r="G662" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="663">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B663" t="s">
         <v>3312</v>
       </c>
       <c r="C663" t="s">
         <v>3313</v>
       </c>
       <c r="D663" t="s">
         <v>3314</v>
       </c>
       <c r="E663" t="s">
         <v>3315</v>
       </c>
       <c r="F663" t="s">
         <v>3316</v>
       </c>
       <c r="G663" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="664">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B664" t="s">
         <v>3317</v>
       </c>
       <c r="C664" t="s">
         <v>3318</v>
       </c>
       <c r="D664" t="s">
         <v>3319</v>
       </c>
       <c r="E664" t="s">
         <v>3320</v>
       </c>
       <c r="F664" t="s">
         <v>3321</v>
       </c>
       <c r="G664" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="665">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B665" t="s">
         <v>3322</v>
       </c>
       <c r="C665" t="s">
         <v>3323</v>
       </c>
       <c r="D665" t="s">
         <v>3324</v>
       </c>
       <c r="E665" t="s">
         <v>3325</v>
       </c>
       <c r="F665" t="s">
         <v>3326</v>
       </c>
       <c r="G665" s="1">
-        <v>0.025</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="666">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B666" t="s">
         <v>3327</v>
       </c>
       <c r="C666" t="s">
         <v>3328</v>
       </c>
       <c r="D666" t="s">
         <v>3329</v>
       </c>
       <c r="E666" t="s">
         <v>3330</v>
       </c>
       <c r="F666" t="s">
         <v>3331</v>
       </c>
       <c r="G666" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="667">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B667" t="s">
         <v>3332</v>
       </c>
       <c r="C667" t="s">
         <v>3333</v>
       </c>
       <c r="D667" t="s">
         <v>3334</v>
       </c>
       <c r="E667" t="s">
         <v>3335</v>
       </c>
       <c r="F667" t="s">
         <v>3336</v>
       </c>
       <c r="G667" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="668">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B668" t="s">
         <v>3337</v>
       </c>
       <c r="C668" t="s">
         <v>3338</v>
       </c>
       <c r="D668" t="s">
         <v>3339</v>
       </c>
       <c r="E668" t="s">
         <v>3340</v>
       </c>
       <c r="F668" t="s">
         <v>3341</v>
       </c>
       <c r="G668" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="669">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B669" t="s">
         <v>3342</v>
       </c>
       <c r="C669" t="s">
         <v>3343</v>
       </c>
       <c r="D669" t="s">
         <v>3344</v>
       </c>
       <c r="E669" t="s">
         <v>3345</v>
       </c>
       <c r="F669" t="s">
         <v>3346</v>
       </c>
       <c r="G669" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="670">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B670" t="s">
         <v>3347</v>
       </c>
       <c r="C670" t="s">
         <v>3348</v>
       </c>
       <c r="D670" t="s">
         <v>3349</v>
       </c>
       <c r="E670" t="s">
         <v>3350</v>
       </c>
       <c r="F670" t="s">
         <v>3351</v>
       </c>
       <c r="G670" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="671">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B671" t="s">
         <v>3352</v>
       </c>
       <c r="C671" t="s">
         <v>3353</v>
       </c>
       <c r="D671" t="s">
         <v>3354</v>
       </c>
       <c r="E671" t="s">
         <v>3355</v>
       </c>
       <c r="F671" t="s">
         <v>3356</v>
       </c>
       <c r="G671" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="672">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B672" t="s">
         <v>3357</v>
       </c>
       <c r="C672" t="s">
         <v>3358</v>
       </c>
       <c r="D672" t="s">
         <v>3359</v>
       </c>
       <c r="E672" t="s">
         <v>3360</v>
       </c>
       <c r="F672" t="s">
         <v>3361</v>
       </c>
       <c r="G672" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="673">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B673" t="s">
         <v>3362</v>
       </c>
       <c r="C673" t="s">
         <v>3363</v>
       </c>
       <c r="D673" t="s">
         <v>3364</v>
       </c>
       <c r="E673" t="s">
         <v>3365</v>
       </c>
       <c r="F673" t="s">
         <v>3366</v>
       </c>
       <c r="G673" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="674">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B674" t="s">
         <v>3367</v>
       </c>
       <c r="C674" t="s">
         <v>3368</v>
       </c>
       <c r="D674" t="s">
         <v>3369</v>
       </c>
       <c r="E674" t="s">
         <v>3370</v>
       </c>
       <c r="F674" t="s">
         <v>3371</v>
       </c>
       <c r="G674" s="1">
-        <v>0.025</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="675">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B675" t="s">
         <v>3372</v>
       </c>
       <c r="C675" t="s">
         <v>3373</v>
       </c>
       <c r="D675" t="s">
         <v>3374</v>
       </c>
       <c r="E675" t="s">
         <v>3375</v>
       </c>
       <c r="F675" t="s">
         <v>3376</v>
       </c>
       <c r="G675" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="676">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B676" t="s">
         <v>3377</v>
       </c>
       <c r="C676" t="s">
         <v>3378</v>
       </c>
       <c r="D676" t="s">
         <v>3379</v>
       </c>
       <c r="E676" t="s">
         <v>3380</v>
       </c>
       <c r="F676" t="s">
         <v>3381</v>
       </c>
       <c r="G676" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="677">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B677" t="s">
         <v>3382</v>
       </c>
       <c r="C677" t="s">
         <v>3383</v>
       </c>
       <c r="D677" t="s">
         <v>3384</v>
       </c>
       <c r="E677" t="s">
         <v>3385</v>
       </c>
       <c r="F677" t="s">
         <v>3386</v>
       </c>
       <c r="G677" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="678">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B678" t="s">
         <v>3387</v>
       </c>
       <c r="C678" t="s">
         <v>3388</v>
       </c>
       <c r="D678" t="s">
         <v>3389</v>
       </c>
       <c r="E678" t="s">
         <v>3390</v>
       </c>
       <c r="F678" t="s">
         <v>3391</v>
       </c>
       <c r="G678" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="679">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B679" t="s">
         <v>3392</v>
       </c>
       <c r="C679" t="s">
         <v>3393</v>
       </c>
       <c r="D679" t="s">
         <v>3394</v>
       </c>
       <c r="E679" t="s">
         <v>3395</v>
       </c>
       <c r="F679" t="s">
         <v>3396</v>
       </c>
       <c r="G679" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="680">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B680" t="s">
         <v>3397</v>
       </c>
       <c r="C680" t="s">
         <v>3398</v>
       </c>
       <c r="D680" t="s">
         <v>3399</v>
       </c>
       <c r="E680" t="s">
         <v>3400</v>
       </c>
       <c r="F680" t="s">
         <v>3401</v>
       </c>
       <c r="G680" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="681">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B681" t="s">
         <v>3402</v>
       </c>
       <c r="C681" t="s">
         <v>3403</v>
       </c>
       <c r="D681" t="s">
         <v>3404</v>
       </c>
       <c r="E681" t="s">
         <v>3405</v>
       </c>
       <c r="F681" t="s">
         <v>3406</v>
       </c>
       <c r="G681" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="682">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B682" t="s">
         <v>3407</v>
       </c>
       <c r="C682" t="s">
         <v>3408</v>
       </c>
       <c r="D682" t="s">
         <v>3409</v>
       </c>
       <c r="E682" t="s">
         <v>3410</v>
       </c>
       <c r="F682" t="s">
         <v>3411</v>
       </c>
       <c r="G682" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="683">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B683" t="s">
         <v>3412</v>
       </c>
       <c r="C683" t="s">
         <v>3413</v>
       </c>
       <c r="D683" t="s">
         <v>3414</v>
       </c>
       <c r="E683" t="s">
         <v>3415</v>
       </c>
       <c r="F683" t="s">
         <v>3416</v>
       </c>
       <c r="G683" s="1">
-        <v>0.024</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="684">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B684" t="s">
         <v>3417</v>
       </c>
       <c r="C684" t="s">
         <v>3418</v>
       </c>
       <c r="D684" t="s">
         <v>3419</v>
       </c>
       <c r="E684" t="s">
         <v>3420</v>
       </c>
       <c r="F684" t="s">
         <v>3421</v>
       </c>
       <c r="G684" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="685">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B685" t="s">
         <v>3422</v>
       </c>
       <c r="C685" t="s">
         <v>3423</v>
       </c>
       <c r="D685" t="s">
         <v>3424</v>
       </c>
       <c r="E685" t="s">
         <v>3425</v>
       </c>
       <c r="F685" t="s">
         <v>3426</v>
       </c>
       <c r="G685" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="686">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B686" t="s">
         <v>3427</v>
       </c>
       <c r="C686" t="s">
         <v>3428</v>
       </c>
       <c r="D686" t="s">
         <v>3429</v>
       </c>
       <c r="E686" t="s">
         <v>3430</v>
       </c>
       <c r="F686" t="s">
         <v>3431</v>
       </c>
       <c r="G686" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="687">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B687" t="s">
         <v>3432</v>
       </c>
       <c r="C687" t="s">
         <v>3433</v>
       </c>
       <c r="D687" t="s">
         <v>3434</v>
       </c>
       <c r="E687" t="s">
         <v>3435</v>
       </c>
       <c r="F687" t="s">
         <v>3436</v>
       </c>
       <c r="G687" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="688">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B688" t="s">
         <v>3437</v>
       </c>
       <c r="C688" t="s">
         <v>3438</v>
       </c>
       <c r="D688" t="s">
         <v>3439</v>
       </c>
       <c r="E688" t="s">
         <v>3440</v>
       </c>
       <c r="F688" t="s">
         <v>3441</v>
       </c>
       <c r="G688" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="689">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B689" t="s">
         <v>3442</v>
       </c>
       <c r="C689" t="s">
         <v>3443</v>
       </c>
       <c r="D689" t="s">
         <v>3444</v>
       </c>
       <c r="E689" t="s">
         <v>3445</v>
       </c>
       <c r="F689" t="s">
         <v>3446</v>
       </c>
       <c r="G689" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="690">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B690" t="s">
         <v>3447</v>
       </c>
       <c r="C690" t="s">
         <v>3448</v>
       </c>
       <c r="D690" t="s">
         <v>3449</v>
       </c>
       <c r="E690" t="s">
         <v>3450</v>
       </c>
       <c r="F690" t="s">
         <v>3451</v>
       </c>
       <c r="G690" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="691">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B691" t="s">
         <v>3452</v>
       </c>
       <c r="C691" t="s">
         <v>3453</v>
       </c>
       <c r="D691" t="s">
         <v>3454</v>
       </c>
       <c r="E691" t="s">
         <v>3455</v>
       </c>
       <c r="F691" t="s">
         <v>3456</v>
       </c>
       <c r="G691" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="692">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B692" t="s">
         <v>3457</v>
       </c>
       <c r="C692" t="s">
         <v>3458</v>
       </c>
       <c r="D692" t="s">
         <v>3459</v>
       </c>
       <c r="E692" t="s">
         <v>3460</v>
       </c>
       <c r="F692" t="s">
         <v>3461</v>
       </c>
       <c r="G692" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="693">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B693" t="s">
         <v>3462</v>
       </c>
       <c r="C693" t="s">
         <v>3463</v>
       </c>
       <c r="D693" t="s">
         <v>3464</v>
       </c>
       <c r="E693" t="s">
         <v>3465</v>
       </c>
       <c r="F693" t="s">
         <v>3466</v>
       </c>
       <c r="G693" s="1">
-        <v>0.024</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="694">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B694" t="s">
         <v>3467</v>
       </c>
       <c r="C694" t="s">
         <v>3468</v>
       </c>
       <c r="D694" t="s">
         <v>3469</v>
       </c>
       <c r="E694" t="s">
         <v>3470</v>
       </c>
       <c r="F694" t="s">
         <v>3471</v>
       </c>
       <c r="G694" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="695">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B695" t="s">
         <v>3472</v>
       </c>
       <c r="C695" t="s">
         <v>3473</v>
       </c>
       <c r="D695" t="s">
         <v>3474</v>
       </c>
       <c r="E695" t="s">
         <v>3475</v>
       </c>
       <c r="F695" t="s">
         <v>3476</v>
       </c>
       <c r="G695" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="696">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B696" t="s">
         <v>3477</v>
       </c>
       <c r="C696" t="s">
         <v>3478</v>
       </c>
       <c r="D696" t="s">
         <v>3479</v>
       </c>
       <c r="E696" t="s">
         <v>3480</v>
       </c>
       <c r="F696" t="s">
         <v>3481</v>
       </c>
       <c r="G696" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="697">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B697" t="s">
         <v>3482</v>
       </c>
       <c r="C697" t="s">
         <v>3483</v>
       </c>
       <c r="D697" t="s">
         <v>3484</v>
       </c>
       <c r="E697" t="s">
         <v>3485</v>
       </c>
       <c r="F697" t="s">
         <v>3486</v>
       </c>
       <c r="G697" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="698">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B698" t="s">
         <v>3487</v>
       </c>
       <c r="C698" t="s">
         <v>3488</v>
       </c>
       <c r="D698" t="s">
         <v>3489</v>
       </c>
       <c r="E698" t="s">
         <v>3490</v>
       </c>
       <c r="F698" t="s">
         <v>3491</v>
       </c>
       <c r="G698" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="699">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B699" t="s">
         <v>3492</v>
       </c>
       <c r="C699" t="s">
         <v>3493</v>
       </c>
       <c r="D699" t="s">
         <v>3494</v>
       </c>
       <c r="E699" t="s">
         <v>3495</v>
       </c>
       <c r="F699" t="s">
         <v>3496</v>
       </c>
       <c r="G699" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="700">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B700" t="s">
         <v>3497</v>
       </c>
       <c r="C700" t="s">
         <v>3498</v>
       </c>
       <c r="D700" t="s">
         <v>3499</v>
       </c>
       <c r="E700" t="s">
         <v>3500</v>
       </c>
       <c r="F700" t="s">
         <v>3501</v>
       </c>
       <c r="G700" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="701">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B701" t="s">
         <v>3502</v>
       </c>
       <c r="C701" t="s">
         <v>3503</v>
       </c>
       <c r="D701" t="s">
         <v>3504</v>
       </c>
       <c r="E701" t="s">
         <v>3505</v>
       </c>
       <c r="F701" t="s">
         <v>3506</v>
       </c>
       <c r="G701" s="1">
-        <v>0.023</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="702">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B702" t="s">
         <v>3507</v>
       </c>
       <c r="C702" t="s">
         <v>3508</v>
       </c>
       <c r="D702" t="s">
         <v>3509</v>
       </c>
       <c r="E702" t="s">
         <v>3510</v>
       </c>
       <c r="F702" t="s">
         <v>3511</v>
       </c>
       <c r="G702" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="703">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B703" t="s">
         <v>3512</v>
       </c>
       <c r="C703" t="s">
         <v>3513</v>
       </c>
       <c r="D703" t="s">
         <v>3514</v>
       </c>
       <c r="E703" t="s">
         <v>3515</v>
       </c>
       <c r="F703" t="s">
         <v>3516</v>
       </c>
       <c r="G703" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="704">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B704" t="s">
         <v>3517</v>
       </c>
       <c r="C704" t="s">
         <v>3518</v>
       </c>
       <c r="D704" t="s">
         <v>3519</v>
       </c>
       <c r="E704" t="s">
         <v>3520</v>
       </c>
       <c r="F704" t="s">
         <v>3521</v>
       </c>
       <c r="G704" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="705">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B705" t="s">
         <v>3522</v>
       </c>
       <c r="C705" t="s">
         <v>3523</v>
       </c>
       <c r="D705" t="s">
         <v>3524</v>
       </c>
       <c r="E705" t="s">
         <v>3525</v>
       </c>
       <c r="F705" t="s">
         <v>3526</v>
       </c>
       <c r="G705" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="706">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B706" t="s">
         <v>3527</v>
       </c>
       <c r="C706" t="s">
         <v>3528</v>
       </c>
       <c r="D706" t="s">
         <v>3529</v>
       </c>
       <c r="E706" t="s">
         <v>3530</v>
       </c>
       <c r="F706" t="s">
         <v>3531</v>
       </c>
       <c r="G706" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="707">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B707" t="s">
         <v>3532</v>
       </c>
       <c r="C707" t="s">
         <v>3533</v>
       </c>
       <c r="D707" t="s">
         <v>3534</v>
       </c>
       <c r="E707" t="s">
         <v>3535</v>
       </c>
       <c r="F707" t="s">
         <v>3536</v>
       </c>
       <c r="G707" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="708">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B708" t="s">
         <v>3537</v>
       </c>
       <c r="C708" t="s">
         <v>3538</v>
       </c>
       <c r="D708" t="s">
         <v>3539</v>
       </c>
       <c r="E708" t="s">
         <v>3540</v>
       </c>
       <c r="F708" t="s">
         <v>3541</v>
       </c>
       <c r="G708" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="709">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B709" t="s">
         <v>3542</v>
       </c>
       <c r="C709" t="s">
         <v>3543</v>
       </c>
       <c r="D709" t="s">
         <v>3544</v>
       </c>
       <c r="E709" t="s">
         <v>3545</v>
       </c>
       <c r="F709" t="s">
         <v>3546</v>
       </c>
       <c r="G709" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="710">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B710" t="s">
         <v>3547</v>
       </c>
       <c r="C710" t="s">
         <v>3548</v>
       </c>
       <c r="D710" t="s">
         <v>3549</v>
       </c>
       <c r="E710" t="s">
         <v>3550</v>
       </c>
       <c r="F710" t="s">
         <v>3551</v>
       </c>
       <c r="G710" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="711">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B711" t="s">
         <v>3552</v>
       </c>
       <c r="C711" t="s">
         <v>3553</v>
       </c>
       <c r="D711" t="s">
         <v>3554</v>
       </c>
       <c r="E711" t="s">
         <v>3555</v>
       </c>
       <c r="F711" t="s">
         <v>3556</v>
       </c>
       <c r="G711" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="712">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B712" t="s">
         <v>3557</v>
       </c>
       <c r="C712" t="s">
         <v>3558</v>
       </c>
       <c r="D712" t="s">
         <v>3559</v>
       </c>
       <c r="E712" t="s">
         <v>3560</v>
       </c>
       <c r="F712" t="s">
         <v>3561</v>
       </c>
       <c r="G712" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="713">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B713" t="s">
         <v>3562</v>
       </c>
       <c r="C713" t="s">
         <v>3563</v>
       </c>
       <c r="D713" t="s">
         <v>3564</v>
       </c>
       <c r="E713" t="s">
         <v>3565</v>
       </c>
       <c r="F713" t="s">
         <v>3566</v>
       </c>
       <c r="G713" s="1">
-        <v>0.023</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="714">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B714" t="s">
         <v>3567</v>
       </c>
       <c r="C714" t="s">
         <v>3568</v>
       </c>
       <c r="D714" t="s">
         <v>3569</v>
       </c>
       <c r="E714" t="s">
         <v>3570</v>
       </c>
       <c r="F714" t="s">
         <v>3571</v>
       </c>
       <c r="G714" s="1">
         <v>0.023</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="715">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B715" t="s">
         <v>3572</v>
       </c>
       <c r="C715" t="s">
         <v>3573</v>
       </c>
       <c r="D715" t="s">
         <v>3574</v>
       </c>
       <c r="E715" t="s">
         <v>3575</v>
       </c>
       <c r="F715" t="s">
         <v>3576</v>
       </c>
       <c r="G715" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="716">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B716" t="s">
         <v>3577</v>
       </c>
       <c r="C716" t="s">
         <v>3578</v>
       </c>
       <c r="D716" t="s">
         <v>3579</v>
       </c>
       <c r="E716" t="s">
         <v>3580</v>
       </c>
       <c r="F716" t="s">
         <v>3581</v>
       </c>
       <c r="G716" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="717">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B717" t="s">
         <v>3582</v>
       </c>
       <c r="C717" t="s">
         <v>3583</v>
       </c>
       <c r="D717" t="s">
         <v>3584</v>
       </c>
       <c r="E717" t="s">
         <v>3585</v>
       </c>
       <c r="F717" t="s">
         <v>3586</v>
       </c>
       <c r="G717" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="718">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B718" t="s">
         <v>3587</v>
       </c>
       <c r="C718" t="s">
         <v>3588</v>
       </c>
       <c r="D718" t="s">
         <v>3589</v>
       </c>
       <c r="E718" t="s">
         <v>3590</v>
       </c>
       <c r="F718" t="s">
         <v>3591</v>
       </c>
       <c r="G718" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="719">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B719" t="s">
         <v>3592</v>
       </c>
       <c r="C719" t="s">
         <v>3593</v>
       </c>
       <c r="D719" t="s">
         <v>3594</v>
       </c>
       <c r="E719" t="s">
         <v>3595</v>
       </c>
       <c r="F719" t="s">
         <v>3596</v>
       </c>
       <c r="G719" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="720">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B720" t="s">
         <v>3597</v>
       </c>
       <c r="C720" t="s">
         <v>3598</v>
       </c>
       <c r="D720" t="s">
         <v>3599</v>
       </c>
       <c r="E720" t="s">
         <v>3600</v>
       </c>
       <c r="F720" t="s">
         <v>3601</v>
       </c>
       <c r="G720" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="721">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B721" t="s">
         <v>3602</v>
       </c>
       <c r="C721" t="s">
         <v>3603</v>
       </c>
       <c r="D721" t="s">
         <v>3604</v>
       </c>
       <c r="E721" t="s">
         <v>3605</v>
       </c>
       <c r="F721" t="s">
         <v>3606</v>
       </c>
       <c r="G721" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="722">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B722" t="s">
         <v>3607</v>
       </c>
       <c r="C722" t="s">
         <v>3608</v>
       </c>
       <c r="D722" t="s">
         <v>3609</v>
       </c>
       <c r="E722" t="s">
         <v>3610</v>
       </c>
       <c r="F722" t="s">
         <v>3611</v>
       </c>
       <c r="G722" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="723">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B723" t="s">
         <v>3612</v>
       </c>
       <c r="C723" t="s">
         <v>3613</v>
       </c>
       <c r="D723" t="s">
         <v>3614</v>
       </c>
       <c r="E723" t="s">
         <v>3615</v>
       </c>
       <c r="F723" t="s">
         <v>3616</v>
       </c>
       <c r="G723" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="724">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B724" t="s">
         <v>3617</v>
       </c>
       <c r="C724" t="s">
         <v>3618</v>
       </c>
       <c r="D724" t="s">
         <v>3619</v>
       </c>
       <c r="E724" t="s">
         <v>3620</v>
       </c>
       <c r="F724" t="s">
         <v>3621</v>
       </c>
       <c r="G724" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="725">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B725" t="s">
         <v>3622</v>
       </c>
       <c r="C725" t="s">
         <v>3623</v>
       </c>
       <c r="D725" t="s">
         <v>3624</v>
       </c>
       <c r="E725" t="s">
         <v>3625</v>
       </c>
       <c r="F725" t="s">
         <v>3626</v>
       </c>
       <c r="G725" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="726">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B726" t="s">
         <v>3627</v>
       </c>
       <c r="C726" t="s">
         <v>3628</v>
       </c>
       <c r="D726" t="s">
         <v>3629</v>
       </c>
       <c r="E726" t="s">
         <v>3630</v>
       </c>
       <c r="F726" t="s">
         <v>3631</v>
       </c>
       <c r="G726" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="727">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B727" t="s">
         <v>3632</v>
       </c>
       <c r="C727" t="s">
         <v>3633</v>
       </c>
       <c r="D727" t="s">
         <v>3634</v>
       </c>
       <c r="E727" t="s">
         <v>3635</v>
       </c>
       <c r="F727" t="s">
         <v>3636</v>
       </c>
       <c r="G727" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="728">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B728" t="s">
         <v>3637</v>
       </c>
       <c r="C728" t="s">
         <v>3638</v>
       </c>
       <c r="D728" t="s">
         <v>3639</v>
       </c>
       <c r="E728" t="s">
         <v>3640</v>
       </c>
       <c r="F728" t="s">
         <v>3641</v>
       </c>
       <c r="G728" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="729">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B729" t="s">
         <v>3642</v>
       </c>
       <c r="C729" t="s">
         <v>3643</v>
       </c>
       <c r="D729" t="s">
         <v>3644</v>
       </c>
       <c r="E729" t="s">
         <v>3645</v>
       </c>
       <c r="F729" t="s">
         <v>3646</v>
       </c>
       <c r="G729" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="730">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B730" t="s">
         <v>3647</v>
       </c>
       <c r="C730" t="s">
         <v>3648</v>
       </c>
       <c r="D730" t="s">
         <v>3649</v>
       </c>
       <c r="E730" t="s">
         <v>3650</v>
       </c>
       <c r="F730" t="s">
         <v>3651</v>
       </c>
       <c r="G730" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="731">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B731" t="s">
         <v>3652</v>
       </c>
       <c r="C731" t="s">
         <v>3653</v>
       </c>
       <c r="D731" t="s">
         <v>3654</v>
       </c>
       <c r="E731" t="s">
         <v>3655</v>
       </c>
       <c r="F731" t="s">
         <v>3656</v>
       </c>
       <c r="G731" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="732">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B732" t="s">
         <v>3657</v>
       </c>
       <c r="C732" t="s">
         <v>3658</v>
       </c>
       <c r="D732" t="s">
         <v>3659</v>
       </c>
       <c r="E732" t="s">
         <v>3660</v>
       </c>
       <c r="F732" t="s">
         <v>3661</v>
       </c>
       <c r="G732" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="733">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B733" t="s">
         <v>3662</v>
       </c>
       <c r="C733" t="s">
         <v>3663</v>
       </c>
       <c r="D733" t="s">
         <v>3664</v>
       </c>
       <c r="E733" t="s">
         <v>3665</v>
       </c>
       <c r="F733" t="s">
         <v>3666</v>
       </c>
       <c r="G733" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="734">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B734" t="s">
         <v>3667</v>
       </c>
       <c r="C734" t="s">
         <v>3668</v>
       </c>
       <c r="D734" t="s">
         <v>3669</v>
       </c>
       <c r="E734" t="s">
         <v>3670</v>
       </c>
       <c r="F734" t="s">
         <v>3671</v>
       </c>
       <c r="G734" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="735">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B735" t="s">
         <v>3672</v>
       </c>
       <c r="C735" t="s">
         <v>3673</v>
       </c>
       <c r="D735" t="s">
         <v>3674</v>
       </c>
       <c r="E735" t="s">
         <v>3675</v>
       </c>
       <c r="F735" t="s">
         <v>3676</v>
       </c>
       <c r="G735" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="736">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B736" t="s">
         <v>3677</v>
       </c>
       <c r="C736" t="s">
         <v>3678</v>
       </c>
       <c r="D736" t="s">
         <v>3679</v>
       </c>
       <c r="E736" t="s">
         <v>3680</v>
       </c>
       <c r="F736" t="s">
         <v>3681</v>
       </c>
       <c r="G736" s="1">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="737">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B737" t="s">
         <v>3682</v>
       </c>
       <c r="C737" t="s">
         <v>3683</v>
       </c>
       <c r="D737" t="s">
         <v>3684</v>
       </c>
       <c r="E737" t="s">
         <v>3685</v>
       </c>
       <c r="F737" t="s">
         <v>3686</v>
       </c>
       <c r="G737" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="738">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B738" t="s">
         <v>3687</v>
       </c>
       <c r="C738" t="s">
         <v>3688</v>
       </c>
       <c r="D738" t="s">
         <v>3689</v>
       </c>
       <c r="E738" t="s">
         <v>3690</v>
       </c>
       <c r="F738" t="s">
         <v>3691</v>
       </c>
       <c r="G738" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="739">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B739" t="s">
         <v>3692</v>
       </c>
       <c r="C739" t="s">
         <v>3693</v>
       </c>
       <c r="D739" t="s">
         <v>3694</v>
       </c>
       <c r="E739" t="s">
         <v>3695</v>
       </c>
       <c r="F739" t="s">
         <v>3696</v>
       </c>
       <c r="G739" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="740">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B740" t="s">
         <v>3697</v>
       </c>
       <c r="C740" t="s">
         <v>3698</v>
       </c>
       <c r="D740" t="s">
         <v>3699</v>
       </c>
       <c r="E740" t="s">
         <v>3700</v>
       </c>
       <c r="F740" t="s">
         <v>3701</v>
       </c>
       <c r="G740" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="741">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B741" t="s">
         <v>3702</v>
       </c>
       <c r="C741" t="s">
         <v>3703</v>
       </c>
       <c r="D741" t="s">
         <v>3704</v>
       </c>
       <c r="E741" t="s">
         <v>3705</v>
       </c>
       <c r="F741" t="s">
         <v>3706</v>
       </c>
       <c r="G741" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="742">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B742" t="s">
         <v>3707</v>
       </c>
       <c r="C742" t="s">
         <v>3708</v>
       </c>
       <c r="D742" t="s">
         <v>3709</v>
       </c>
       <c r="E742" t="s">
         <v>3710</v>
       </c>
       <c r="F742" t="s">
         <v>3711</v>
       </c>
       <c r="G742" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="743">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B743" t="s">
         <v>3712</v>
       </c>
       <c r="C743" t="s">
         <v>3713</v>
       </c>
       <c r="D743" t="s">
         <v>3714</v>
       </c>
       <c r="E743" t="s">
         <v>3715</v>
       </c>
       <c r="F743" t="s">
         <v>3716</v>
       </c>
       <c r="G743" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="744">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B744" t="s">
         <v>3717</v>
       </c>
       <c r="C744" t="s">
         <v>3718</v>
       </c>
       <c r="D744" t="s">
         <v>3719</v>
       </c>
       <c r="E744" t="s">
         <v>3720</v>
       </c>
       <c r="F744" t="s">
         <v>3721</v>
       </c>
       <c r="G744" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="745">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B745" t="s">
         <v>3722</v>
       </c>
       <c r="C745" t="s">
         <v>3723</v>
       </c>
       <c r="D745" t="s">
         <v>3724</v>
       </c>
       <c r="E745" t="s">
         <v>3725</v>
       </c>
       <c r="F745" t="s">
         <v>3726</v>
       </c>
       <c r="G745" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="746">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B746" t="s">
         <v>3727</v>
       </c>
       <c r="C746" t="s">
         <v>3728</v>
       </c>
       <c r="D746" t="s">
         <v>3729</v>
       </c>
       <c r="E746" t="s">
         <v>3730</v>
       </c>
       <c r="F746" t="s">
         <v>3731</v>
       </c>
       <c r="G746" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="747">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B747" t="s">
         <v>3732</v>
       </c>
       <c r="C747" t="s">
         <v>3733</v>
       </c>
       <c r="D747" t="s">
         <v>3734</v>
       </c>
       <c r="E747" t="s">
         <v>3735</v>
       </c>
       <c r="F747" t="s">
         <v>3736</v>
       </c>
       <c r="G747" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="748">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B748" t="s">
         <v>3737</v>
       </c>
       <c r="C748" t="s">
         <v>3738</v>
       </c>
       <c r="D748" t="s">
         <v>3739</v>
       </c>
       <c r="E748" t="s">
         <v>3740</v>
       </c>
       <c r="F748" t="s">
         <v>3741</v>
       </c>
       <c r="G748" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="749">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B749" t="s">
         <v>3742</v>
       </c>
       <c r="C749" t="s">
         <v>3743</v>
       </c>
       <c r="D749" t="s">
         <v>3744</v>
       </c>
       <c r="E749" t="s">
         <v>3745</v>
       </c>
       <c r="F749" t="s">
         <v>3746</v>
       </c>
       <c r="G749" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="750">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B750" t="s">
         <v>3747</v>
       </c>
       <c r="C750" t="s">
         <v>3748</v>
       </c>
       <c r="D750" t="s">
         <v>3749</v>
       </c>
       <c r="E750" t="s">
         <v>3750</v>
       </c>
       <c r="F750" t="s">
         <v>3751</v>
       </c>
       <c r="G750" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="751">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B751" t="s">
         <v>3752</v>
       </c>
       <c r="C751" t="s">
         <v>3753</v>
       </c>
       <c r="D751" t="s">
         <v>3754</v>
       </c>
       <c r="E751" t="s">
         <v>3755</v>
       </c>
       <c r="F751" t="s">
         <v>3756</v>
       </c>
       <c r="G751" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="752">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B752" t="s">
         <v>3757</v>
       </c>
       <c r="C752" t="s">
         <v>3758</v>
       </c>
       <c r="D752" t="s">
         <v>3759</v>
       </c>
       <c r="E752" t="s">
         <v>3760</v>
       </c>
       <c r="F752" t="s">
         <v>3761</v>
       </c>
       <c r="G752" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="753">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B753" t="s">
         <v>3762</v>
       </c>
       <c r="C753" t="s">
         <v>3763</v>
       </c>
       <c r="D753" t="s">
         <v>3764</v>
       </c>
       <c r="E753" t="s">
         <v>3765</v>
       </c>
       <c r="F753" t="s">
         <v>3766</v>
       </c>
       <c r="G753" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="754">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B754" t="s">
         <v>3767</v>
       </c>
       <c r="C754" t="s">
         <v>3768</v>
       </c>
       <c r="D754" t="s">
         <v>3769</v>
       </c>
       <c r="E754" t="s">
         <v>3770</v>
       </c>
       <c r="F754" t="s">
         <v>3771</v>
       </c>
       <c r="G754" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="755">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B755" t="s">
         <v>3772</v>
       </c>
       <c r="C755" t="s">
         <v>3773</v>
       </c>
       <c r="D755" t="s">
         <v>3774</v>
       </c>
       <c r="E755" t="s">
         <v>3775</v>
       </c>
       <c r="F755" t="s">
         <v>3776</v>
       </c>
       <c r="G755" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="756">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B756" t="s">
         <v>3777</v>
       </c>
       <c r="C756" t="s">
         <v>3778</v>
       </c>
       <c r="D756" t="s">
         <v>3779</v>
       </c>
       <c r="E756" t="s">
         <v>3780</v>
       </c>
       <c r="F756" t="s">
         <v>3781</v>
       </c>
       <c r="G756" s="1">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="757">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B757" t="s">
         <v>3782</v>
       </c>
       <c r="C757" t="s">
         <v>3783</v>
       </c>
       <c r="D757" t="s">
         <v>3784</v>
       </c>
       <c r="E757" t="s">
         <v>3785</v>
       </c>
       <c r="F757" t="s">
         <v>3786</v>
       </c>
       <c r="G757" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="758">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B758" t="s">
         <v>3787</v>
       </c>
       <c r="C758" t="s">
         <v>3788</v>
       </c>
       <c r="D758" t="s">
         <v>3789</v>
       </c>
       <c r="E758" t="s">
         <v>3790</v>
       </c>
       <c r="F758" t="s">
         <v>3791</v>
       </c>
       <c r="G758" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="759">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B759" t="s">
         <v>3792</v>
       </c>
       <c r="C759" t="s">
         <v>3793</v>
       </c>
       <c r="D759" t="s">
         <v>3794</v>
       </c>
       <c r="E759" t="s">
         <v>3795</v>
       </c>
       <c r="F759" t="s">
         <v>3796</v>
       </c>
       <c r="G759" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="760">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B760" t="s">
         <v>3797</v>
       </c>
       <c r="C760" t="s">
         <v>3798</v>
       </c>
       <c r="D760" t="s">
         <v>3799</v>
       </c>
       <c r="E760" t="s">
         <v>3800</v>
       </c>
       <c r="F760" t="s">
         <v>3801</v>
       </c>
       <c r="G760" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="761">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B761" t="s">
         <v>3802</v>
       </c>
       <c r="C761" t="s">
         <v>3803</v>
       </c>
       <c r="D761" t="s">
         <v>3804</v>
       </c>
       <c r="E761" t="s">
         <v>3805</v>
       </c>
       <c r="F761" t="s">
         <v>3806</v>
       </c>
       <c r="G761" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="762">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B762" t="s">
         <v>3807</v>
       </c>
       <c r="C762" t="s">
         <v>3808</v>
       </c>
       <c r="D762" t="s">
         <v>3809</v>
       </c>
       <c r="E762" t="s">
         <v>3810</v>
       </c>
       <c r="F762" t="s">
         <v>3811</v>
       </c>
       <c r="G762" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="763">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B763" t="s">
         <v>3812</v>
       </c>
       <c r="C763" t="s">
         <v>3813</v>
       </c>
       <c r="D763" t="s">
         <v>3814</v>
       </c>
       <c r="E763" t="s">
         <v>3815</v>
       </c>
       <c r="F763" t="s">
         <v>3816</v>
       </c>
       <c r="G763" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="764">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B764" t="s">
         <v>3817</v>
       </c>
       <c r="C764" t="s">
         <v>3818</v>
       </c>
       <c r="D764" t="s">
         <v>3819</v>
       </c>
       <c r="E764" t="s">
         <v>3820</v>
       </c>
       <c r="F764" t="s">
         <v>3821</v>
       </c>
       <c r="G764" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="765">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B765" t="s">
         <v>3822</v>
       </c>
       <c r="C765" t="s">
         <v>3823</v>
       </c>
       <c r="D765" t="s">
         <v>3824</v>
       </c>
       <c r="E765" t="s">
         <v>3825</v>
       </c>
       <c r="F765" t="s">
         <v>3826</v>
       </c>
       <c r="G765" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="766">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B766" t="s">
         <v>3827</v>
       </c>
       <c r="C766" t="s">
         <v>3828</v>
       </c>
       <c r="D766" t="s">
         <v>3829</v>
       </c>
       <c r="E766" t="s">
         <v>3830</v>
       </c>
       <c r="F766" t="s">
         <v>3831</v>
       </c>
       <c r="G766" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="767">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B767" t="s">
         <v>3832</v>
       </c>
       <c r="C767" t="s">
         <v>3833</v>
       </c>
       <c r="D767" t="s">
         <v>3834</v>
       </c>
       <c r="E767" t="s">
         <v>3835</v>
       </c>
       <c r="F767" t="s">
         <v>3836</v>
       </c>
       <c r="G767" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="768">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B768" t="s">
         <v>3837</v>
       </c>
       <c r="C768" t="s">
         <v>3838</v>
       </c>
       <c r="D768" t="s">
         <v>3839</v>
       </c>
       <c r="E768" t="s">
         <v>3840</v>
       </c>
       <c r="F768" t="s">
         <v>3841</v>
       </c>
       <c r="G768" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="769">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B769" t="s">
         <v>3842</v>
       </c>
       <c r="C769" t="s">
         <v>3843</v>
       </c>
       <c r="D769" t="s">
         <v>3844</v>
       </c>
       <c r="E769" t="s">
         <v>3845</v>
       </c>
       <c r="F769" t="s">
         <v>3846</v>
       </c>
       <c r="G769" s="1">
-        <v>0.02</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="770">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B770" t="s">
         <v>3847</v>
       </c>
       <c r="C770" t="s">
         <v>3848</v>
       </c>
       <c r="D770" t="s">
         <v>3849</v>
       </c>
       <c r="E770" t="s">
         <v>3850</v>
       </c>
       <c r="F770" t="s">
         <v>3851</v>
       </c>
       <c r="G770" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="771">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B771" t="s">
         <v>3852</v>
       </c>
       <c r="C771" t="s">
         <v>3853</v>
       </c>
       <c r="D771" t="s">
         <v>3854</v>
       </c>
       <c r="E771" t="s">
         <v>3855</v>
       </c>
       <c r="F771" t="s">
         <v>3856</v>
       </c>
       <c r="G771" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="772">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B772" t="s">
         <v>3857</v>
       </c>
       <c r="C772" t="s">
         <v>3858</v>
       </c>
       <c r="D772" t="s">
         <v>3859</v>
       </c>
       <c r="E772" t="s">
         <v>3860</v>
       </c>
       <c r="F772" t="s">
         <v>3861</v>
       </c>
       <c r="G772" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="773">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B773" t="s">
         <v>3862</v>
       </c>
       <c r="C773" t="s">
         <v>3863</v>
       </c>
       <c r="D773" t="s">
         <v>3864</v>
       </c>
       <c r="E773" t="s">
         <v>3865</v>
       </c>
       <c r="F773" t="s">
         <v>3866</v>
       </c>
       <c r="G773" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="774">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B774" t="s">
         <v>3867</v>
       </c>
       <c r="C774" t="s">
         <v>3868</v>
       </c>
       <c r="D774" t="s">
         <v>3869</v>
       </c>
       <c r="E774" t="s">
         <v>3870</v>
       </c>
       <c r="F774" t="s">
         <v>3871</v>
       </c>
       <c r="G774" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="775">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B775" t="s">
         <v>3872</v>
       </c>
       <c r="C775" t="s">
         <v>3873</v>
       </c>
       <c r="D775" t="s">
         <v>3874</v>
       </c>
       <c r="E775" t="s">
         <v>3875</v>
       </c>
       <c r="F775" t="s">
         <v>3876</v>
       </c>
       <c r="G775" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="776">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B776" t="s">
         <v>3877</v>
       </c>
       <c r="C776" t="s">
         <v>3878</v>
       </c>
       <c r="D776" t="s">
         <v>3879</v>
       </c>
       <c r="E776" t="s">
         <v>3880</v>
       </c>
       <c r="F776" t="s">
         <v>3881</v>
       </c>
       <c r="G776" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="777">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B777" t="s">
         <v>3882</v>
       </c>
       <c r="C777" t="s">
         <v>3883</v>
       </c>
       <c r="D777" t="s">
         <v>3884</v>
       </c>
       <c r="E777" t="s">
         <v>3885</v>
       </c>
       <c r="F777" t="s">
         <v>3886</v>
       </c>
       <c r="G777" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="778">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B778" t="s">
         <v>3887</v>
       </c>
       <c r="C778" t="s">
         <v>3888</v>
       </c>
       <c r="D778" t="s">
         <v>3889</v>
       </c>
       <c r="E778" t="s">
         <v>3890</v>
       </c>
       <c r="F778" t="s">
         <v>3891</v>
       </c>
       <c r="G778" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="779">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B779" t="s">
         <v>3892</v>
       </c>
       <c r="C779" t="s">
         <v>3893</v>
       </c>
       <c r="D779" t="s">
         <v>3894</v>
       </c>
       <c r="E779" t="s">
         <v>3895</v>
       </c>
       <c r="F779" t="s">
         <v>3896</v>
       </c>
       <c r="G779" s="1">
-        <v>0.019</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="780">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B780" t="s">
         <v>3897</v>
       </c>
       <c r="C780" t="s">
         <v>3898</v>
       </c>
       <c r="D780" t="s">
         <v>3899</v>
       </c>
       <c r="E780" t="s">
         <v>3900</v>
       </c>
       <c r="F780" t="s">
         <v>3901</v>
       </c>
       <c r="G780" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="781">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B781" t="s">
         <v>3902</v>
       </c>
       <c r="C781" t="s">
         <v>3903</v>
       </c>
       <c r="D781" t="s">
         <v>3904</v>
       </c>
       <c r="E781" t="s">
         <v>3905</v>
       </c>
       <c r="F781" t="s">
         <v>3906</v>
       </c>
       <c r="G781" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="782">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B782" t="s">
         <v>3907</v>
       </c>
       <c r="C782" t="s">
         <v>3908</v>
       </c>
       <c r="D782" t="s">
         <v>3909</v>
       </c>
       <c r="E782" t="s">
         <v>3910</v>
       </c>
       <c r="F782" t="s">
         <v>3911</v>
       </c>
       <c r="G782" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="783">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B783" t="s">
         <v>3912</v>
       </c>
       <c r="C783" t="s">
         <v>3913</v>
       </c>
       <c r="D783" t="s">
         <v>3914</v>
       </c>
       <c r="E783" t="s">
         <v>3915</v>
       </c>
       <c r="F783" t="s">
         <v>3916</v>
       </c>
       <c r="G783" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="784">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B784" t="s">
         <v>3917</v>
       </c>
       <c r="C784" t="s">
         <v>3918</v>
       </c>
       <c r="D784" t="s">
         <v>3919</v>
       </c>
       <c r="E784" t="s">
         <v>3920</v>
       </c>
       <c r="F784" t="s">
         <v>3921</v>
       </c>
       <c r="G784" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="785">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B785" t="s">
         <v>3922</v>
       </c>
       <c r="C785" t="s">
         <v>3923</v>
       </c>
       <c r="D785" t="s">
         <v>3924</v>
       </c>
       <c r="E785" t="s">
         <v>3925</v>
       </c>
       <c r="F785" t="s">
         <v>3926</v>
       </c>
       <c r="G785" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="786">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B786" t="s">
         <v>3927</v>
       </c>
       <c r="C786" t="s">
         <v>3928</v>
       </c>
       <c r="D786" t="s">
         <v>3929</v>
       </c>
       <c r="E786" t="s">
         <v>3930</v>
       </c>
       <c r="F786" t="s">
         <v>3931</v>
       </c>
       <c r="G786" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="787">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B787" t="s">
         <v>3932</v>
       </c>
       <c r="C787" t="s">
         <v>3933</v>
       </c>
       <c r="D787" t="s">
         <v>3934</v>
       </c>
       <c r="E787" t="s">
         <v>3935</v>
       </c>
       <c r="F787" t="s">
         <v>3936</v>
       </c>
       <c r="G787" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="788">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B788" t="s">
         <v>3937</v>
       </c>
       <c r="C788" t="s">
         <v>3938</v>
       </c>
       <c r="D788" t="s">
         <v>3939</v>
       </c>
       <c r="E788" t="s">
         <v>3940</v>
       </c>
       <c r="F788" t="s">
         <v>3941</v>
       </c>
       <c r="G788" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="789">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B789" t="s">
         <v>3942</v>
       </c>
       <c r="C789" t="s">
         <v>3943</v>
       </c>
       <c r="D789" t="s">
         <v>3944</v>
       </c>
       <c r="E789" t="s">
         <v>3945</v>
       </c>
       <c r="F789" t="s">
         <v>3946</v>
       </c>
       <c r="G789" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="790">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B790" t="s">
         <v>3947</v>
       </c>
       <c r="C790" t="s">
         <v>3948</v>
       </c>
       <c r="D790" t="s">
         <v>3949</v>
       </c>
       <c r="E790" t="s">
         <v>3950</v>
       </c>
       <c r="F790" t="s">
         <v>3951</v>
       </c>
       <c r="G790" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="791">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B791" t="s">
         <v>3952</v>
       </c>
       <c r="C791" t="s">
         <v>3953</v>
       </c>
       <c r="D791" t="s">
         <v>3954</v>
       </c>
       <c r="E791" t="s">
         <v>3955</v>
       </c>
       <c r="F791" t="s">
         <v>3956</v>
       </c>
       <c r="G791" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="792">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B792" t="s">
         <v>3957</v>
       </c>
       <c r="C792" t="s">
         <v>3958</v>
       </c>
       <c r="D792" t="s">
         <v>3959</v>
       </c>
       <c r="E792" t="s">
         <v>3960</v>
       </c>
       <c r="F792" t="s">
         <v>3961</v>
       </c>
       <c r="G792" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="793">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B793" t="s">
         <v>3962</v>
       </c>
       <c r="C793" t="s">
         <v>3963</v>
       </c>
       <c r="D793" t="s">
         <v>3964</v>
       </c>
       <c r="E793" t="s">
         <v>3965</v>
       </c>
       <c r="F793" t="s">
         <v>3966</v>
       </c>
       <c r="G793" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="794">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B794" t="s">
         <v>3967</v>
       </c>
       <c r="C794" t="s">
         <v>3968</v>
       </c>
       <c r="D794" t="s">
         <v>3969</v>
       </c>
       <c r="E794" t="s">
         <v>3970</v>
       </c>
       <c r="F794" t="s">
         <v>3971</v>
       </c>
       <c r="G794" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="795">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B795" t="s">
         <v>3972</v>
       </c>
       <c r="C795" t="s">
         <v>3973</v>
       </c>
       <c r="D795" t="s">
         <v>3974</v>
       </c>
       <c r="E795" t="s">
         <v>3975</v>
       </c>
       <c r="F795" t="s">
         <v>3976</v>
       </c>
       <c r="G795" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="796">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B796" t="s">
         <v>3977</v>
       </c>
       <c r="C796" t="s">
         <v>3978</v>
       </c>
       <c r="D796" t="s">
         <v>3979</v>
       </c>
       <c r="E796" t="s">
         <v>3980</v>
       </c>
       <c r="F796" t="s">
         <v>3981</v>
       </c>
       <c r="G796" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="797">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B797" t="s">
         <v>3982</v>
       </c>
       <c r="C797" t="s">
         <v>3983</v>
       </c>
       <c r="D797" t="s">
         <v>3984</v>
       </c>
       <c r="E797" t="s">
         <v>3985</v>
       </c>
       <c r="F797" t="s">
         <v>3986</v>
       </c>
       <c r="G797" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="798">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B798" t="s">
         <v>3987</v>
       </c>
       <c r="C798" t="s">
         <v>3988</v>
       </c>
       <c r="D798" t="s">
         <v>3989</v>
       </c>
       <c r="E798" t="s">
         <v>3990</v>
       </c>
       <c r="F798" t="s">
         <v>3991</v>
       </c>
       <c r="G798" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="799">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B799" t="s">
         <v>3992</v>
       </c>
       <c r="C799" t="s">
         <v>3993</v>
       </c>
       <c r="D799" t="s">
         <v>3994</v>
       </c>
       <c r="E799" t="s">
         <v>3995</v>
       </c>
       <c r="F799" t="s">
         <v>3996</v>
       </c>
       <c r="G799" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="800">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B800" t="s">
         <v>3997</v>
       </c>
       <c r="C800" t="s">
         <v>3998</v>
       </c>
       <c r="D800" t="s">
         <v>3999</v>
       </c>
       <c r="E800" t="s">
         <v>4000</v>
       </c>
       <c r="F800" t="s">
         <v>4001</v>
       </c>
       <c r="G800" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="801">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B801" t="s">
         <v>4002</v>
       </c>
       <c r="C801" t="s">
         <v>4003</v>
       </c>
       <c r="D801" t="s">
         <v>4004</v>
       </c>
       <c r="E801" t="s">
         <v>4005</v>
       </c>
       <c r="F801" t="s">
         <v>4006</v>
       </c>
       <c r="G801" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="802">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B802" t="s">
         <v>4007</v>
       </c>
       <c r="C802" t="s">
         <v>4008</v>
       </c>
       <c r="D802" t="s">
         <v>4009</v>
       </c>
       <c r="E802" t="s">
         <v>4010</v>
       </c>
       <c r="F802" t="s">
         <v>4011</v>
       </c>
       <c r="G802" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="803">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B803" t="s">
         <v>4012</v>
       </c>
       <c r="C803" t="s">
         <v>4013</v>
       </c>
       <c r="D803" t="s">
         <v>4014</v>
       </c>
       <c r="E803" t="s">
         <v>4015</v>
       </c>
       <c r="F803" t="s">
         <v>4016</v>
       </c>
       <c r="G803" s="1">
-        <v>0.017</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="804">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B804" t="s">
         <v>4017</v>
       </c>
       <c r="C804" t="s">
         <v>4018</v>
       </c>
       <c r="D804" t="s">
         <v>4019</v>
       </c>
       <c r="E804" t="s">
         <v>4020</v>
       </c>
       <c r="F804" t="s">
         <v>4021</v>
       </c>
       <c r="G804" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="805">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B805" t="s">
         <v>4022</v>
       </c>
       <c r="C805" t="s">
         <v>4023</v>
       </c>
       <c r="D805" t="s">
         <v>4024</v>
       </c>
       <c r="E805" t="s">
         <v>4025</v>
       </c>
       <c r="F805" t="s">
         <v>4026</v>
       </c>
       <c r="G805" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="806">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B806" t="s">
         <v>4027</v>
       </c>
       <c r="C806" t="s">
         <v>4028</v>
       </c>
       <c r="D806" t="s">
         <v>4029</v>
       </c>
       <c r="E806" t="s">
         <v>4030</v>
       </c>
       <c r="F806" t="s">
         <v>4031</v>
       </c>
       <c r="G806" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="807">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B807" t="s">
         <v>4032</v>
       </c>
       <c r="C807" t="s">
         <v>4033</v>
       </c>
       <c r="D807" t="s">
         <v>4034</v>
       </c>
       <c r="E807" t="s">
         <v>4035</v>
       </c>
       <c r="F807" t="s">
         <v>4036</v>
       </c>
       <c r="G807" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="808">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B808" t="s">
         <v>4037</v>
       </c>
       <c r="C808" t="s">
         <v>4038</v>
       </c>
       <c r="D808" t="s">
         <v>4039</v>
       </c>
       <c r="E808" t="s">
         <v>4040</v>
       </c>
       <c r="F808" t="s">
         <v>4041</v>
       </c>
       <c r="G808" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="809">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B809" t="s">
         <v>4042</v>
       </c>
       <c r="C809" t="s">
         <v>4043</v>
       </c>
       <c r="D809" t="s">
         <v>4044</v>
       </c>
       <c r="E809" t="s">
         <v>4045</v>
       </c>
       <c r="F809" t="s">
         <v>4046</v>
       </c>
       <c r="G809" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="810">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B810" t="s">
         <v>4047</v>
       </c>
       <c r="C810" t="s">
         <v>4048</v>
       </c>
       <c r="D810" t="s">
         <v>4049</v>
       </c>
       <c r="E810" t="s">
         <v>4050</v>
       </c>
       <c r="F810" t="s">
         <v>4051</v>
       </c>
       <c r="G810" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="811">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B811" t="s">
         <v>4052</v>
       </c>
       <c r="C811" t="s">
         <v>4053</v>
       </c>
       <c r="D811" t="s">
         <v>4054</v>
       </c>
       <c r="E811" t="s">
         <v>4055</v>
       </c>
       <c r="F811" t="s">
         <v>4056</v>
       </c>
       <c r="G811" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="812">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B812" t="s">
         <v>4057</v>
       </c>
       <c r="C812" t="s">
         <v>4058</v>
       </c>
       <c r="D812" t="s">
         <v>4059</v>
       </c>
       <c r="E812" t="s">
         <v>4060</v>
       </c>
       <c r="F812" t="s">
         <v>4061</v>
       </c>
       <c r="G812" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="813">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B813" t="s">
         <v>4062</v>
       </c>
       <c r="C813" t="s">
         <v>4063</v>
       </c>
       <c r="D813" t="s">
         <v>4064</v>
       </c>
       <c r="E813" t="s">
         <v>4065</v>
       </c>
       <c r="F813" t="s">
         <v>4066</v>
       </c>
       <c r="G813" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="814">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B814" t="s">
         <v>4067</v>
       </c>
       <c r="C814" t="s">
         <v>4068</v>
       </c>
       <c r="D814" t="s">
         <v>4069</v>
       </c>
       <c r="E814" t="s">
         <v>4070</v>
       </c>
       <c r="F814" t="s">
         <v>4071</v>
       </c>
       <c r="G814" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="815">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B815" t="s">
         <v>4072</v>
       </c>
       <c r="C815" t="s">
         <v>4073</v>
       </c>
       <c r="D815" t="s">
         <v>4074</v>
       </c>
       <c r="E815" t="s">
         <v>4075</v>
       </c>
       <c r="F815" t="s">
         <v>4076</v>
       </c>
       <c r="G815" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="816">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B816" t="s">
         <v>4077</v>
       </c>
       <c r="C816" t="s">
         <v>4078</v>
       </c>
       <c r="D816" t="s">
         <v>4079</v>
       </c>
       <c r="E816" t="s">
         <v>4080</v>
       </c>
       <c r="F816" t="s">
         <v>4081</v>
       </c>
       <c r="G816" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="817">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B817" t="s">
         <v>4082</v>
       </c>
       <c r="C817" t="s">
         <v>4083</v>
       </c>
       <c r="D817" t="s">
         <v>4084</v>
       </c>
       <c r="E817" t="s">
         <v>4085</v>
       </c>
       <c r="F817" t="s">
         <v>4086</v>
       </c>
       <c r="G817" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="818">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B818" t="s">
         <v>4087</v>
       </c>
       <c r="C818" t="s">
         <v>4088</v>
       </c>
       <c r="D818" t="s">
         <v>4089</v>
       </c>
       <c r="E818" t="s">
         <v>4090</v>
       </c>
       <c r="F818" t="s">
         <v>4091</v>
       </c>
       <c r="G818" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="819">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B819" t="s">
         <v>4092</v>
       </c>
       <c r="C819" t="s">
         <v>4093</v>
       </c>
       <c r="D819" t="s">
         <v>4094</v>
       </c>
       <c r="E819" t="s">
         <v>4095</v>
       </c>
       <c r="F819" t="s">
         <v>4096</v>
       </c>
       <c r="G819" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="820">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B820" t="s">
         <v>4097</v>
       </c>
       <c r="C820" t="s">
         <v>4098</v>
       </c>
       <c r="D820" t="s">
         <v>4099</v>
       </c>
       <c r="E820" t="s">
         <v>4100</v>
       </c>
       <c r="F820" t="s">
         <v>4101</v>
       </c>
       <c r="G820" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="821">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B821" t="s">
         <v>4102</v>
       </c>
       <c r="C821" t="s">
         <v>4103</v>
       </c>
       <c r="D821" t="s">
         <v>4104</v>
       </c>
       <c r="E821" t="s">
         <v>4105</v>
       </c>
       <c r="F821" t="s">
         <v>4106</v>
       </c>
       <c r="G821" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="822">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B822" t="s">
         <v>4107</v>
       </c>
       <c r="C822" t="s">
         <v>4108</v>
       </c>
       <c r="D822" t="s">
         <v>4109</v>
       </c>
       <c r="E822" t="s">
         <v>4110</v>
       </c>
       <c r="F822" t="s">
         <v>4111</v>
       </c>
       <c r="G822" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="823">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B823" t="s">
         <v>4112</v>
       </c>
       <c r="C823" t="s">
         <v>4113</v>
       </c>
       <c r="D823" t="s">
         <v>4114</v>
       </c>
       <c r="E823" t="s">
         <v>4115</v>
       </c>
       <c r="F823" t="s">
         <v>4116</v>
       </c>
       <c r="G823" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="824">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B824" t="s">
         <v>4117</v>
       </c>
       <c r="C824" t="s">
         <v>4118</v>
       </c>
       <c r="D824" t="s">
         <v>4119</v>
       </c>
       <c r="E824" t="s">
         <v>4120</v>
       </c>
       <c r="F824" t="s">
         <v>4121</v>
       </c>
       <c r="G824" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="825">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B825" t="s">
         <v>4122</v>
       </c>
       <c r="C825" t="s">
         <v>4123</v>
       </c>
       <c r="D825" t="s">
         <v>4124</v>
       </c>
       <c r="E825" t="s">
         <v>4125</v>
       </c>
       <c r="F825" t="s">
         <v>4126</v>
       </c>
       <c r="G825" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="826">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B826" t="s">
         <v>4127</v>
       </c>
       <c r="C826" t="s">
         <v>4128</v>
       </c>
       <c r="D826" t="s">
         <v>4129</v>
       </c>
       <c r="E826" t="s">
         <v>4130</v>
       </c>
       <c r="F826" t="s">
         <v>4131</v>
       </c>
       <c r="G826" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="827">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B827" t="s">
         <v>4132</v>
       </c>
       <c r="C827" t="s">
         <v>4133</v>
       </c>
       <c r="D827" t="s">
         <v>4134</v>
       </c>
       <c r="E827" t="s">
         <v>4135</v>
       </c>
       <c r="F827" t="s">
         <v>4136</v>
       </c>
       <c r="G827" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="828">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B828" t="s">
         <v>4137</v>
       </c>
       <c r="C828" t="s">
         <v>4138</v>
       </c>
       <c r="D828" t="s">
         <v>4139</v>
       </c>
       <c r="E828" t="s">
         <v>4140</v>
       </c>
       <c r="F828" t="s">
         <v>4141</v>
       </c>
       <c r="G828" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="829">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B829" t="s">
         <v>4142</v>
       </c>
       <c r="C829" t="s">
         <v>4143</v>
       </c>
       <c r="D829" t="s">
         <v>4144</v>
       </c>
       <c r="E829" t="s">
         <v>4145</v>
       </c>
       <c r="F829" t="s">
         <v>4146</v>
       </c>
       <c r="G829" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="830">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B830" t="s">
         <v>4147</v>
       </c>
       <c r="C830" t="s">
         <v>4148</v>
       </c>
       <c r="D830" t="s">
         <v>4149</v>
       </c>
       <c r="E830" t="s">
         <v>4150</v>
       </c>
       <c r="F830" t="s">
         <v>4151</v>
       </c>
       <c r="G830" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="831">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B831" t="s">
         <v>4152</v>
       </c>
       <c r="C831" t="s">
         <v>4153</v>
       </c>
       <c r="D831" t="s">
         <v>4154</v>
       </c>
       <c r="E831" t="s">
         <v>4155</v>
       </c>
       <c r="F831" t="s">
         <v>4156</v>
       </c>
       <c r="G831" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="832">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B832" t="s">
         <v>4157</v>
       </c>
       <c r="C832" t="s">
         <v>4158</v>
       </c>
       <c r="D832" t="s">
         <v>4159</v>
       </c>
       <c r="E832" t="s">
         <v>4160</v>
       </c>
       <c r="F832" t="s">
         <v>4161</v>
       </c>
       <c r="G832" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="833">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B833" t="s">
         <v>4162</v>
       </c>
       <c r="C833" t="s">
         <v>4163</v>
       </c>
       <c r="D833" t="s">
         <v>4164</v>
       </c>
       <c r="E833" t="s">
         <v>4165</v>
       </c>
       <c r="F833" t="s">
         <v>4166</v>
       </c>
       <c r="G833" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="834">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B834" t="s">
         <v>4167</v>
       </c>
       <c r="C834" t="s">
         <v>4168</v>
       </c>
       <c r="D834" t="s">
         <v>4169</v>
       </c>
       <c r="E834" t="s">
         <v>4170</v>
       </c>
       <c r="F834" t="s">
         <v>4171</v>
       </c>
       <c r="G834" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="835">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B835" t="s">
         <v>4172</v>
       </c>
       <c r="C835" t="s">
         <v>4173</v>
       </c>
       <c r="D835" t="s">
         <v>4174</v>
       </c>
       <c r="E835" t="s">
         <v>4175</v>
       </c>
       <c r="F835" t="s">
         <v>4176</v>
       </c>
       <c r="G835" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="836">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B836" t="s">
         <v>4177</v>
       </c>
       <c r="C836" t="s">
         <v>4178</v>
       </c>
       <c r="D836" t="s">
         <v>4179</v>
       </c>
       <c r="E836" t="s">
         <v>4180</v>
       </c>
       <c r="F836" t="s">
         <v>4181</v>
       </c>
       <c r="G836" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="837">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B837" t="s">
         <v>4182</v>
       </c>
       <c r="C837" t="s">
         <v>4183</v>
       </c>
       <c r="D837" t="s">
         <v>4184</v>
       </c>
       <c r="E837" t="s">
         <v>4185</v>
       </c>
       <c r="F837" t="s">
         <v>4186</v>
       </c>
       <c r="G837" s="1">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="838">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B838" t="s">
         <v>4187</v>
       </c>
       <c r="C838" t="s">
         <v>4188</v>
       </c>
       <c r="D838" t="s">
         <v>4189</v>
       </c>
       <c r="E838" t="s">
         <v>4190</v>
       </c>
       <c r="F838" t="s">
         <v>4191</v>
       </c>
       <c r="G838" s="1">
-        <v>0.015</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="839">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B839" t="s">
         <v>4192</v>
       </c>
       <c r="C839" t="s">
         <v>4193</v>
       </c>
       <c r="D839" t="s">
         <v>4194</v>
       </c>
       <c r="E839" t="s">
         <v>4195</v>
       </c>
       <c r="F839" t="s">
         <v>4196</v>
       </c>
       <c r="G839" s="1">
-        <v>0.015</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="840">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B840" t="s">
         <v>4197</v>
       </c>
       <c r="C840" t="s">
         <v>4198</v>
       </c>
       <c r="D840" t="s">
         <v>4199</v>
       </c>
       <c r="E840" t="s">
         <v>4200</v>
       </c>
       <c r="F840" t="s">
         <v>4201</v>
       </c>
       <c r="G840" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="841">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B841" t="s">
         <v>4202</v>
       </c>
       <c r="C841" t="s">
         <v>4203</v>
       </c>
       <c r="D841" t="s">
         <v>4204</v>
       </c>
       <c r="E841" t="s">
         <v>4205</v>
       </c>
       <c r="F841" t="s">
         <v>4206</v>
       </c>
       <c r="G841" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="842">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B842" t="s">
         <v>4207</v>
       </c>
       <c r="C842" t="s">
         <v>4208</v>
       </c>
       <c r="D842" t="s">
         <v>4209</v>
       </c>
       <c r="E842" t="s">
         <v>4210</v>
       </c>
       <c r="F842" t="s">
         <v>4211</v>
       </c>
       <c r="G842" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="843">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B843" t="s">
         <v>4212</v>
       </c>
       <c r="C843" t="s">
         <v>4213</v>
       </c>
       <c r="D843" t="s">
         <v>4214</v>
       </c>
       <c r="E843" t="s">
         <v>4215</v>
       </c>
       <c r="F843" t="s">
         <v>4216</v>
       </c>
       <c r="G843" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="844">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B844" t="s">
         <v>4217</v>
       </c>
       <c r="C844" t="s">
         <v>4218</v>
       </c>
       <c r="D844" t="s">
         <v>4219</v>
       </c>
       <c r="E844" t="s">
         <v>4220</v>
       </c>
       <c r="F844" t="s">
         <v>4221</v>
       </c>
       <c r="G844" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="845">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B845" t="s">
         <v>4222</v>
       </c>
       <c r="C845" t="s">
         <v>4223</v>
       </c>
       <c r="D845" t="s">
         <v>4224</v>
       </c>
       <c r="E845" t="s">
         <v>4225</v>
       </c>
       <c r="F845" t="s">
         <v>4226</v>
       </c>
       <c r="G845" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="846">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B846" t="s">
         <v>4227</v>
       </c>
       <c r="C846" t="s">
         <v>4228</v>
       </c>
       <c r="D846" t="s">
         <v>4229</v>
       </c>
       <c r="E846" t="s">
         <v>4230</v>
       </c>
       <c r="F846" t="s">
         <v>4231</v>
       </c>
       <c r="G846" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="847">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B847" t="s">
         <v>4232</v>
       </c>
       <c r="C847" t="s">
         <v>4233</v>
       </c>
       <c r="D847" t="s">
         <v>4234</v>
       </c>
       <c r="E847" t="s">
         <v>4235</v>
       </c>
       <c r="F847" t="s">
         <v>4236</v>
       </c>
       <c r="G847" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="848">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B848" t="s">
         <v>4237</v>
       </c>
       <c r="C848" t="s">
         <v>4238</v>
       </c>
       <c r="D848" t="s">
         <v>4239</v>
       </c>
       <c r="E848" t="s">
         <v>4240</v>
       </c>
       <c r="F848" t="s">
         <v>4241</v>
       </c>
       <c r="G848" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="849">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B849" t="s">
         <v>4242</v>
       </c>
       <c r="C849" t="s">
         <v>4243</v>
       </c>
       <c r="D849" t="s">
         <v>4244</v>
       </c>
       <c r="E849" t="s">
         <v>4245</v>
       </c>
       <c r="F849" t="s">
         <v>4246</v>
       </c>
       <c r="G849" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="850">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B850" t="s">
         <v>4247</v>
       </c>
       <c r="C850" t="s">
         <v>4248</v>
       </c>
       <c r="D850" t="s">
         <v>4249</v>
       </c>
       <c r="E850" t="s">
         <v>4250</v>
       </c>
       <c r="F850" t="s">
         <v>4251</v>
       </c>
       <c r="G850" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="851">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B851" t="s">
         <v>4252</v>
       </c>
       <c r="C851" t="s">
         <v>4253</v>
       </c>
       <c r="D851" t="s">
         <v>4254</v>
       </c>
       <c r="E851" t="s">
         <v>4255</v>
       </c>
       <c r="F851" t="s">
         <v>4256</v>
       </c>
       <c r="G851" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="852">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B852" t="s">
         <v>4257</v>
       </c>
       <c r="C852" t="s">
         <v>4258</v>
       </c>
       <c r="D852" t="s">
         <v>4259</v>
       </c>
       <c r="E852" t="s">
         <v>4260</v>
       </c>
       <c r="F852" t="s">
         <v>4261</v>
       </c>
       <c r="G852" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="853">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B853" t="s">
         <v>4262</v>
       </c>
       <c r="C853" t="s">
         <v>4263</v>
       </c>
       <c r="D853" t="s">
         <v>4264</v>
       </c>
       <c r="E853" t="s">
         <v>4265</v>
       </c>
       <c r="F853" t="s">
         <v>4266</v>
       </c>
       <c r="G853" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="854">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B854" t="s">
         <v>4267</v>
       </c>
       <c r="C854" t="s">
         <v>4268</v>
       </c>
       <c r="D854" t="s">
         <v>4269</v>
       </c>
       <c r="E854" t="s">
         <v>4270</v>
       </c>
       <c r="F854" t="s">
         <v>4271</v>
       </c>
       <c r="G854" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="855">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B855" t="s">
         <v>4272</v>
       </c>
       <c r="C855" t="s">
         <v>4273</v>
       </c>
       <c r="D855" t="s">
         <v>4274</v>
       </c>
       <c r="E855" t="s">
         <v>4275</v>
       </c>
       <c r="F855" t="s">
         <v>4276</v>
       </c>
       <c r="G855" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="856">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B856" t="s">
         <v>4277</v>
       </c>
       <c r="C856" t="s">
         <v>4278</v>
       </c>
       <c r="D856" t="s">
         <v>4279</v>
       </c>
       <c r="E856" t="s">
         <v>4280</v>
       </c>
       <c r="F856" t="s">
         <v>4281</v>
       </c>
       <c r="G856" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="857">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B857" t="s">
         <v>4282</v>
       </c>
       <c r="C857" t="s">
         <v>4283</v>
       </c>
       <c r="D857" t="s">
         <v>4284</v>
       </c>
       <c r="E857" t="s">
         <v>4285</v>
       </c>
       <c r="F857" t="s">
         <v>4286</v>
       </c>
       <c r="G857" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="858">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B858" t="s">
         <v>4287</v>
       </c>
       <c r="C858" t="s">
         <v>4288</v>
       </c>
       <c r="D858" t="s">
         <v>4289</v>
       </c>
       <c r="E858" t="s">
         <v>4290</v>
       </c>
       <c r="F858" t="s">
         <v>4291</v>
       </c>
       <c r="G858" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="859">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B859" t="s">
         <v>4292</v>
       </c>
       <c r="C859" t="s">
         <v>4293</v>
       </c>
       <c r="D859" t="s">
         <v>4294</v>
       </c>
       <c r="E859" t="s">
         <v>4295</v>
       </c>
       <c r="F859" t="s">
         <v>4296</v>
       </c>
       <c r="G859" s="1">
-        <v>0.014</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="860">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B860" t="s">
         <v>4297</v>
       </c>
       <c r="C860" t="s">
         <v>4298</v>
       </c>
       <c r="D860" t="s">
         <v>4299</v>
       </c>
       <c r="E860" t="s">
         <v>4300</v>
       </c>
       <c r="F860" t="s">
         <v>4301</v>
       </c>
       <c r="G860" s="1">
-        <v>0.014</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="861">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B861" t="s">
         <v>4302</v>
       </c>
       <c r="C861" t="s">
         <v>4303</v>
       </c>
       <c r="D861" t="s">
         <v>4304</v>
       </c>
       <c r="E861" t="s">
         <v>4305</v>
       </c>
       <c r="F861" t="s">
         <v>4306</v>
       </c>
       <c r="G861" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="862">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B862" t="s">
         <v>4307</v>
       </c>
       <c r="C862" t="s">
         <v>4308</v>
       </c>
       <c r="D862" t="s">
         <v>4309</v>
       </c>
       <c r="E862" t="s">
         <v>4310</v>
       </c>
       <c r="F862" t="s">
         <v>4311</v>
       </c>
       <c r="G862" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="863">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B863" t="s">
         <v>4312</v>
       </c>
       <c r="C863" t="s">
         <v>4313</v>
       </c>
       <c r="D863" t="s">
         <v>4314</v>
       </c>
       <c r="E863" t="s">
         <v>4315</v>
       </c>
       <c r="F863" t="s">
         <v>4316</v>
       </c>
       <c r="G863" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="864">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B864" t="s">
         <v>4317</v>
       </c>
       <c r="C864" t="s">
         <v>4318</v>
       </c>
       <c r="D864" t="s">
         <v>4319</v>
       </c>
       <c r="E864" t="s">
         <v>4320</v>
       </c>
       <c r="F864" t="s">
         <v>4321</v>
       </c>
       <c r="G864" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="865">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B865" t="s">
         <v>4322</v>
       </c>
       <c r="C865" t="s">
         <v>4323</v>
       </c>
       <c r="D865" t="s">
         <v>4324</v>
       </c>
       <c r="E865" t="s">
         <v>4325</v>
       </c>
       <c r="F865" t="s">
         <v>4326</v>
       </c>
       <c r="G865" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="866">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B866" t="s">
         <v>4327</v>
       </c>
       <c r="C866" t="s">
         <v>4328</v>
       </c>
       <c r="D866" t="s">
         <v>4329</v>
       </c>
       <c r="E866" t="s">
         <v>4330</v>
       </c>
       <c r="F866" t="s">
         <v>4331</v>
       </c>
       <c r="G866" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="867">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B867" t="s">
         <v>4332</v>
       </c>
       <c r="C867" t="s">
         <v>4333</v>
       </c>
       <c r="D867" t="s">
         <v>4334</v>
       </c>
       <c r="E867" t="s">
         <v>4335</v>
       </c>
       <c r="F867" t="s">
         <v>4336</v>
       </c>
       <c r="G867" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="868">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B868" t="s">
         <v>4337</v>
       </c>
       <c r="C868" t="s">
         <v>4338</v>
       </c>
       <c r="D868" t="s">
         <v>4339</v>
       </c>
       <c r="E868" t="s">
         <v>4340</v>
       </c>
       <c r="F868" t="s">
         <v>4341</v>
       </c>
       <c r="G868" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="869">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B869" t="s">
         <v>4342</v>
       </c>
       <c r="C869" t="s">
         <v>4343</v>
       </c>
       <c r="D869" t="s">
         <v>4344</v>
       </c>
       <c r="E869" t="s">
         <v>4345</v>
       </c>
       <c r="F869" t="s">
         <v>4346</v>
       </c>
       <c r="G869" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="870">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B870" t="s">
         <v>4347</v>
       </c>
       <c r="C870" t="s">
         <v>4348</v>
       </c>
       <c r="D870" t="s">
         <v>4349</v>
       </c>
       <c r="E870" t="s">
         <v>4350</v>
       </c>
       <c r="F870" t="s">
         <v>4351</v>
       </c>
       <c r="G870" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="871">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B871" t="s">
         <v>4352</v>
       </c>
       <c r="C871" t="s">
         <v>4353</v>
       </c>
       <c r="D871" t="s">
         <v>4354</v>
       </c>
       <c r="E871" t="s">
         <v>4355</v>
       </c>
       <c r="F871" t="s">
         <v>4356</v>
       </c>
       <c r="G871" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="872">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B872" t="s">
         <v>4357</v>
       </c>
       <c r="C872" t="s">
         <v>4358</v>
       </c>
       <c r="D872" t="s">
         <v>4359</v>
       </c>
       <c r="E872" t="s">
         <v>4360</v>
       </c>
       <c r="F872" t="s">
         <v>4361</v>
       </c>
       <c r="G872" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="873">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B873" t="s">
         <v>4362</v>
       </c>
       <c r="C873" t="s">
         <v>4363</v>
       </c>
       <c r="D873" t="s">
         <v>4364</v>
       </c>
       <c r="E873" t="s">
         <v>4365</v>
       </c>
       <c r="F873" t="s">
         <v>4366</v>
       </c>
       <c r="G873" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="874">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B874" t="s">
         <v>4367</v>
       </c>
       <c r="C874" t="s">
         <v>4368</v>
       </c>
       <c r="D874" t="s">
         <v>4369</v>
       </c>
       <c r="E874" t="s">
         <v>4370</v>
       </c>
       <c r="F874" t="s">
         <v>4371</v>
       </c>
       <c r="G874" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="875">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B875" t="s">
         <v>4372</v>
       </c>
       <c r="C875" t="s">
         <v>4373</v>
       </c>
       <c r="D875" t="s">
         <v>4374</v>
       </c>
       <c r="E875" t="s">
         <v>4375</v>
       </c>
       <c r="F875" t="s">
         <v>4376</v>
       </c>
       <c r="G875" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="876">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B876" t="s">
         <v>4377</v>
       </c>
       <c r="C876" t="s">
         <v>4378</v>
       </c>
       <c r="D876" t="s">
         <v>4379</v>
       </c>
       <c r="E876" t="s">
         <v>4380</v>
       </c>
       <c r="F876" t="s">
         <v>4381</v>
       </c>
       <c r="G876" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="877">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B877" t="s">
         <v>4382</v>
       </c>
       <c r="C877" t="s">
         <v>4383</v>
       </c>
       <c r="D877" t="s">
         <v>4384</v>
       </c>
       <c r="E877" t="s">
         <v>4385</v>
       </c>
       <c r="F877" t="s">
         <v>4386</v>
       </c>
       <c r="G877" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="878">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B878" t="s">
         <v>4387</v>
       </c>
       <c r="C878" t="s">
         <v>4388</v>
       </c>
       <c r="D878" t="s">
         <v>4389</v>
       </c>
       <c r="E878" t="s">
         <v>4390</v>
       </c>
       <c r="F878" t="s">
         <v>4391</v>
       </c>
       <c r="G878" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="879">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B879" t="s">
         <v>4392</v>
       </c>
       <c r="C879" t="s">
         <v>4393</v>
       </c>
       <c r="D879" t="s">
         <v>4394</v>
       </c>
       <c r="E879" t="s">
         <v>4395</v>
       </c>
       <c r="F879" t="s">
         <v>4396</v>
       </c>
       <c r="G879" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="880">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B880" t="s">
         <v>4397</v>
       </c>
       <c r="C880" t="s">
         <v>4398</v>
       </c>
       <c r="D880" t="s">
         <v>4399</v>
       </c>
       <c r="E880" t="s">
         <v>4400</v>
       </c>
       <c r="F880" t="s">
         <v>4401</v>
       </c>
       <c r="G880" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="881">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B881" t="s">
         <v>4402</v>
       </c>
       <c r="C881" t="s">
         <v>4403</v>
       </c>
       <c r="D881" t="s">
         <v>4404</v>
       </c>
       <c r="E881" t="s">
         <v>4405</v>
       </c>
       <c r="F881" t="s">
         <v>4406</v>
       </c>
       <c r="G881" s="1">
-        <v>0.014</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="882">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B882" t="s">
         <v>4407</v>
       </c>
       <c r="C882" t="s">
         <v>4408</v>
       </c>
       <c r="D882" t="s">
         <v>4409</v>
       </c>
       <c r="E882" t="s">
         <v>4410</v>
       </c>
       <c r="F882" t="s">
         <v>4411</v>
       </c>
       <c r="G882" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="883">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B883" t="s">
         <v>4412</v>
       </c>
       <c r="C883" t="s">
         <v>4413</v>
       </c>
       <c r="D883" t="s">
         <v>4414</v>
       </c>
       <c r="E883" t="s">
         <v>4415</v>
       </c>
       <c r="F883" t="s">
         <v>4416</v>
       </c>
       <c r="G883" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="884">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B884" t="s">
         <v>4417</v>
       </c>
       <c r="C884" t="s">
         <v>4418</v>
       </c>
       <c r="D884" t="s">
         <v>4419</v>
       </c>
       <c r="E884" t="s">
         <v>4420</v>
       </c>
       <c r="F884" t="s">
         <v>4421</v>
       </c>
       <c r="G884" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="885">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B885" t="s">
         <v>4422</v>
       </c>
       <c r="C885" t="s">
         <v>4423</v>
       </c>
       <c r="D885" t="s">
         <v>4424</v>
       </c>
       <c r="E885" t="s">
         <v>4425</v>
       </c>
       <c r="F885" t="s">
         <v>4426</v>
       </c>
       <c r="G885" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="886">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B886" t="s">
         <v>4427</v>
       </c>
       <c r="C886" t="s">
         <v>4428</v>
       </c>
       <c r="D886" t="s">
         <v>4429</v>
       </c>
       <c r="E886" t="s">
         <v>4430</v>
       </c>
       <c r="F886" t="s">
         <v>4431</v>
       </c>
       <c r="G886" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="887">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B887" t="s">
         <v>4432</v>
       </c>
       <c r="C887" t="s">
         <v>4433</v>
       </c>
       <c r="D887" t="s">
         <v>4434</v>
       </c>
       <c r="E887" t="s">
         <v>4435</v>
       </c>
       <c r="F887" t="s">
         <v>4436</v>
       </c>
       <c r="G887" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="888">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B888" t="s">
         <v>4437</v>
       </c>
       <c r="C888" t="s">
         <v>4438</v>
       </c>
       <c r="D888" t="s">
         <v>4439</v>
       </c>
       <c r="E888" t="s">
         <v>4440</v>
       </c>
       <c r="F888" t="s">
         <v>4441</v>
       </c>
       <c r="G888" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="889">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B889" t="s">
         <v>4442</v>
       </c>
       <c r="C889" t="s">
         <v>4443</v>
       </c>
       <c r="D889" t="s">
         <v>4444</v>
       </c>
       <c r="E889" t="s">
         <v>4445</v>
       </c>
       <c r="F889" t="s">
         <v>4446</v>
       </c>
       <c r="G889" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="890">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B890" t="s">
         <v>4447</v>
       </c>
       <c r="C890" t="s">
         <v>4448</v>
       </c>
       <c r="D890" t="s">
         <v>4449</v>
       </c>
       <c r="E890" t="s">
         <v>4450</v>
       </c>
       <c r="F890" t="s">
         <v>4451</v>
       </c>
       <c r="G890" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="891">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B891" t="s">
         <v>4452</v>
       </c>
       <c r="C891" t="s">
         <v>4453</v>
       </c>
       <c r="D891" t="s">
         <v>4454</v>
       </c>
       <c r="E891" t="s">
         <v>4455</v>
       </c>
       <c r="F891" t="s">
         <v>4456</v>
       </c>
       <c r="G891" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="892">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B892" t="s">
         <v>4457</v>
       </c>
       <c r="C892" t="s">
         <v>4458</v>
       </c>
       <c r="D892" t="s">
         <v>4459</v>
       </c>
       <c r="E892" t="s">
         <v>4460</v>
       </c>
       <c r="F892" t="s">
         <v>4461</v>
       </c>
       <c r="G892" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="893">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B893" t="s">
         <v>4462</v>
       </c>
       <c r="C893" t="s">
         <v>4463</v>
       </c>
       <c r="D893" t="s">
         <v>4464</v>
       </c>
       <c r="E893" t="s">
         <v>4465</v>
       </c>
       <c r="F893" t="s">
         <v>4466</v>
       </c>
       <c r="G893" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="894">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B894" t="s">
         <v>4467</v>
       </c>
       <c r="C894" t="s">
         <v>4468</v>
       </c>
       <c r="D894" t="s">
         <v>4469</v>
       </c>
       <c r="E894" t="s">
         <v>4470</v>
       </c>
       <c r="F894" t="s">
         <v>4471</v>
       </c>
       <c r="G894" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="895">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B895" t="s">
         <v>4472</v>
       </c>
       <c r="C895" t="s">
         <v>4473</v>
       </c>
       <c r="D895" t="s">
         <v>4474</v>
       </c>
       <c r="E895" t="s">
         <v>4475</v>
       </c>
       <c r="F895" t="s">
         <v>4476</v>
       </c>
       <c r="G895" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="896">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B896" t="s">
         <v>4477</v>
       </c>
       <c r="C896" t="s">
         <v>4478</v>
       </c>
       <c r="D896" t="s">
         <v>4479</v>
       </c>
       <c r="E896" t="s">
         <v>4480</v>
       </c>
       <c r="F896" t="s">
         <v>4481</v>
       </c>
       <c r="G896" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="897">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B897" t="s">
         <v>4482</v>
       </c>
       <c r="C897" t="s">
         <v>4483</v>
       </c>
       <c r="D897" t="s">
         <v>4484</v>
       </c>
       <c r="E897" t="s">
         <v>4485</v>
       </c>
       <c r="F897" t="s">
         <v>4486</v>
       </c>
       <c r="G897" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="898">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B898" t="s">
         <v>4487</v>
       </c>
       <c r="C898" t="s">
         <v>4488</v>
       </c>
       <c r="D898" t="s">
         <v>4489</v>
       </c>
       <c r="E898" t="s">
         <v>4490</v>
       </c>
       <c r="F898" t="s">
         <v>4491</v>
       </c>
       <c r="G898" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="899">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B899" t="s">
         <v>4492</v>
       </c>
       <c r="C899" t="s">
         <v>4493</v>
       </c>
       <c r="D899" t="s">
         <v>4494</v>
       </c>
       <c r="E899" t="s">
         <v>4495</v>
       </c>
       <c r="F899" t="s">
         <v>4496</v>
       </c>
       <c r="G899" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="900">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B900" t="s">
         <v>4497</v>
       </c>
       <c r="C900" t="s">
         <v>4498</v>
       </c>
       <c r="D900" t="s">
         <v>4499</v>
       </c>
       <c r="E900" t="s">
         <v>4500</v>
       </c>
       <c r="F900" t="s">
         <v>4501</v>
       </c>
       <c r="G900" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="901">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B901" t="s">
         <v>4502</v>
       </c>
       <c r="C901" t="s">
         <v>4503</v>
       </c>
       <c r="D901" t="s">
         <v>4504</v>
       </c>
       <c r="E901" t="s">
         <v>4505</v>
       </c>
       <c r="F901" t="s">
         <v>4506</v>
       </c>
       <c r="G901" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="902">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B902" t="s">
         <v>4507</v>
       </c>
       <c r="C902" t="s">
         <v>4508</v>
       </c>
       <c r="D902" t="s">
         <v>4509</v>
       </c>
       <c r="E902" t="s">
         <v>4510</v>
       </c>
       <c r="F902" t="s">
         <v>4511</v>
       </c>
       <c r="G902" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="903">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B903" t="s">
         <v>4512</v>
       </c>
       <c r="C903" t="s">
         <v>4513</v>
       </c>
       <c r="D903" t="s">
         <v>4514</v>
       </c>
       <c r="E903" t="s">
         <v>4515</v>
       </c>
       <c r="F903" t="s">
         <v>4516</v>
       </c>
       <c r="G903" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="904">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B904" t="s">
         <v>4517</v>
       </c>
       <c r="C904" t="s">
         <v>4518</v>
       </c>
       <c r="D904" t="s">
         <v>4519</v>
       </c>
       <c r="E904" t="s">
         <v>4520</v>
       </c>
       <c r="F904" t="s">
         <v>4521</v>
       </c>
       <c r="G904" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="905">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B905" t="s">
         <v>4522</v>
       </c>
       <c r="C905" t="s">
         <v>4523</v>
       </c>
       <c r="D905" t="s">
         <v>4524</v>
       </c>
       <c r="E905" t="s">
         <v>4525</v>
       </c>
       <c r="F905" t="s">
         <v>4526</v>
       </c>
       <c r="G905" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="906">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B906" t="s">
         <v>4527</v>
       </c>
       <c r="C906" t="s">
         <v>4528</v>
       </c>
       <c r="D906" t="s">
         <v>4529</v>
       </c>
       <c r="E906" t="s">
         <v>4530</v>
       </c>
       <c r="F906" t="s">
         <v>4531</v>
       </c>
       <c r="G906" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="907">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B907" t="s">
         <v>4532</v>
       </c>
       <c r="C907" t="s">
         <v>4533</v>
       </c>
       <c r="D907" t="s">
         <v>4534</v>
       </c>
       <c r="E907" t="s">
         <v>4535</v>
       </c>
       <c r="F907" t="s">
         <v>4536</v>
       </c>
       <c r="G907" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="908">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B908" t="s">
         <v>4537</v>
       </c>
       <c r="C908" t="s">
         <v>4538</v>
       </c>
       <c r="D908" t="s">
         <v>4539</v>
       </c>
       <c r="E908" t="s">
         <v>4540</v>
       </c>
       <c r="F908" t="s">
         <v>4541</v>
       </c>
       <c r="G908" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="909">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B909" t="s">
         <v>4542</v>
       </c>
       <c r="C909" t="s">
         <v>4543</v>
       </c>
       <c r="D909" t="s">
         <v>4544</v>
       </c>
       <c r="E909" t="s">
         <v>4545</v>
       </c>
       <c r="F909" t="s">
         <v>4546</v>
       </c>
       <c r="G909" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="910">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B910" t="s">
         <v>4547</v>
       </c>
       <c r="C910" t="s">
         <v>4548</v>
       </c>
       <c r="D910" t="s">
         <v>4549</v>
       </c>
       <c r="E910" t="s">
         <v>4550</v>
       </c>
       <c r="F910" t="s">
         <v>4551</v>
       </c>
       <c r="G910" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="911">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B911" t="s">
         <v>4552</v>
       </c>
       <c r="C911" t="s">
         <v>4553</v>
       </c>
       <c r="D911" t="s">
         <v>4554</v>
       </c>
       <c r="E911" t="s">
         <v>4555</v>
       </c>
       <c r="F911" t="s">
         <v>4556</v>
       </c>
       <c r="G911" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="912">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B912" t="s">
         <v>4557</v>
       </c>
       <c r="C912" t="s">
         <v>4558</v>
       </c>
       <c r="D912" t="s">
         <v>4559</v>
       </c>
       <c r="E912" t="s">
         <v>4560</v>
       </c>
       <c r="F912" t="s">
         <v>4561</v>
       </c>
       <c r="G912" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="913">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B913" t="s">
         <v>4562</v>
       </c>
       <c r="C913" t="s">
         <v>4563</v>
       </c>
       <c r="D913" t="s">
         <v>4564</v>
       </c>
       <c r="E913" t="s">
         <v>4565</v>
       </c>
       <c r="F913" t="s">
         <v>4566</v>
       </c>
       <c r="G913" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="914">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B914" t="s">
         <v>4567</v>
       </c>
       <c r="C914" t="s">
         <v>4568</v>
       </c>
       <c r="D914" t="s">
         <v>4569</v>
       </c>
       <c r="E914" t="s">
         <v>4570</v>
       </c>
       <c r="F914" t="s">
         <v>4571</v>
       </c>
       <c r="G914" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="915">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B915" t="s">
         <v>4572</v>
       </c>
       <c r="C915" t="s">
         <v>4573</v>
       </c>
       <c r="D915" t="s">
         <v>4574</v>
       </c>
       <c r="E915" t="s">
         <v>4575</v>
       </c>
       <c r="F915" t="s">
         <v>4576</v>
       </c>
       <c r="G915" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="916">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B916" t="s">
         <v>4577</v>
       </c>
       <c r="C916" t="s">
         <v>4578</v>
       </c>
       <c r="D916" t="s">
         <v>4579</v>
       </c>
       <c r="E916" t="s">
         <v>4580</v>
       </c>
       <c r="F916" t="s">
         <v>4581</v>
       </c>
       <c r="G916" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="917">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B917" t="s">
         <v>4582</v>
       </c>
       <c r="C917" t="s">
         <v>4583</v>
       </c>
       <c r="D917" t="s">
         <v>4584</v>
       </c>
       <c r="E917" t="s">
         <v>4585</v>
       </c>
       <c r="F917" t="s">
         <v>4586</v>
       </c>
       <c r="G917" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="918">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B918" t="s">
         <v>4587</v>
       </c>
       <c r="C918" t="s">
         <v>4588</v>
       </c>
       <c r="D918" t="s">
         <v>4589</v>
       </c>
       <c r="E918" t="s">
         <v>4590</v>
       </c>
       <c r="F918" t="s">
         <v>4591</v>
       </c>
       <c r="G918" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="919">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B919" t="s">
         <v>4592</v>
       </c>
       <c r="C919" t="s">
         <v>4593</v>
       </c>
       <c r="D919" t="s">
         <v>4594</v>
       </c>
       <c r="E919" t="s">
         <v>4595</v>
       </c>
       <c r="F919" t="s">
         <v>4596</v>
       </c>
       <c r="G919" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="920">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B920" t="s">
         <v>4597</v>
       </c>
       <c r="C920" t="s">
         <v>4598</v>
       </c>
       <c r="D920" t="s">
         <v>4599</v>
       </c>
       <c r="E920" t="s">
         <v>4600</v>
       </c>
       <c r="F920" t="s">
         <v>4601</v>
       </c>
       <c r="G920" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="921">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B921" t="s">
         <v>4602</v>
       </c>
       <c r="C921" t="s">
         <v>4603</v>
       </c>
       <c r="D921" t="s">
         <v>4604</v>
       </c>
       <c r="E921" t="s">
         <v>4605</v>
       </c>
       <c r="F921" t="s">
         <v>4606</v>
       </c>
       <c r="G921" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="922">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B922" t="s">
         <v>4607</v>
       </c>
       <c r="C922" t="s">
         <v>4608</v>
       </c>
       <c r="D922" t="s">
         <v>4609</v>
       </c>
       <c r="E922" t="s">
         <v>4610</v>
       </c>
       <c r="F922" t="s">
         <v>4611</v>
       </c>
       <c r="G922" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="923">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B923" t="s">
         <v>4612</v>
       </c>
       <c r="C923" t="s">
         <v>4613</v>
       </c>
       <c r="D923" t="s">
         <v>4614</v>
       </c>
       <c r="E923" t="s">
         <v>4615</v>
       </c>
       <c r="F923" t="s">
         <v>4616</v>
       </c>
       <c r="G923" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="924">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B924" t="s">
         <v>4617</v>
       </c>
       <c r="C924" t="s">
         <v>4618</v>
       </c>
       <c r="D924" t="s">
         <v>4619</v>
       </c>
       <c r="E924" t="s">
         <v>4620</v>
       </c>
       <c r="F924" t="s">
         <v>4621</v>
       </c>
       <c r="G924" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="925">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B925" t="s">
         <v>4622</v>
       </c>
       <c r="C925" t="s">
         <v>4623</v>
       </c>
       <c r="D925" t="s">
         <v>4624</v>
       </c>
       <c r="E925" t="s">
         <v>4625</v>
       </c>
       <c r="F925" t="s">
         <v>4626</v>
       </c>
       <c r="G925" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="926">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B926" t="s">
         <v>4627</v>
       </c>
       <c r="C926" t="s">
         <v>4628</v>
       </c>
       <c r="D926" t="s">
         <v>4629</v>
       </c>
       <c r="E926" t="s">
         <v>4630</v>
       </c>
       <c r="F926" t="s">
         <v>4631</v>
       </c>
       <c r="G926" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="927">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B927" t="s">
         <v>4632</v>
       </c>
       <c r="C927" t="s">
         <v>4633</v>
       </c>
       <c r="D927" t="s">
         <v>4634</v>
       </c>
       <c r="E927" t="s">
         <v>4635</v>
       </c>
       <c r="F927" t="s">
         <v>4636</v>
       </c>
       <c r="G927" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="928">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B928" t="s">
         <v>4637</v>
       </c>
       <c r="C928" t="s">
         <v>4638</v>
       </c>
       <c r="D928" t="s">
         <v>4639</v>
       </c>
       <c r="E928" t="s">
         <v>4640</v>
       </c>
       <c r="F928" t="s">
         <v>4641</v>
       </c>
       <c r="G928" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="929">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B929" t="s">
         <v>4642</v>
       </c>
       <c r="C929" t="s">
         <v>4643</v>
       </c>
       <c r="D929" t="s">
         <v>4644</v>
       </c>
       <c r="E929" t="s">
         <v>4645</v>
       </c>
       <c r="F929" t="s">
         <v>4646</v>
       </c>
       <c r="G929" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="930">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B930" t="s">
         <v>4647</v>
       </c>
       <c r="C930" t="s">
         <v>4648</v>
       </c>
       <c r="D930" t="s">
         <v>4649</v>
       </c>
       <c r="E930" t="s">
         <v>4650</v>
       </c>
       <c r="F930" t="s">
         <v>4651</v>
       </c>
       <c r="G930" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="931">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B931" t="s">
         <v>4652</v>
       </c>
       <c r="C931" t="s">
         <v>4653</v>
       </c>
       <c r="D931" t="s">
         <v>4654</v>
       </c>
       <c r="E931" t="s">
         <v>4655</v>
       </c>
       <c r="F931" t="s">
         <v>4656</v>
       </c>
       <c r="G931" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="932">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B932" t="s">
         <v>4657</v>
       </c>
       <c r="C932" t="s">
         <v>4658</v>
       </c>
       <c r="D932" t="s">
         <v>4659</v>
       </c>
       <c r="E932" t="s">
         <v>4660</v>
       </c>
       <c r="F932" t="s">
         <v>4661</v>
       </c>
       <c r="G932" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="933">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B933" t="s">
         <v>4662</v>
       </c>
       <c r="C933" t="s">
         <v>4663</v>
       </c>
       <c r="D933" t="s">
         <v>4664</v>
       </c>
       <c r="E933" t="s">
         <v>4665</v>
       </c>
       <c r="F933" t="s">
         <v>4666</v>
       </c>
       <c r="G933" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="934">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B934" t="s">
         <v>4667</v>
       </c>
       <c r="C934" t="s">
         <v>4668</v>
       </c>
       <c r="D934" t="s">
         <v>4669</v>
       </c>
       <c r="E934" t="s">
         <v>4670</v>
       </c>
       <c r="F934" t="s">
         <v>4671</v>
       </c>
       <c r="G934" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="935">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B935" t="s">
         <v>4672</v>
       </c>
       <c r="C935" t="s">
         <v>4673</v>
       </c>
       <c r="D935" t="s">
         <v>4674</v>
       </c>
       <c r="E935" t="s">
         <v>4675</v>
       </c>
       <c r="F935" t="s">
         <v>4676</v>
       </c>
       <c r="G935" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="936">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B936" t="s">
         <v>4677</v>
       </c>
       <c r="C936" t="s">
         <v>4678</v>
       </c>
       <c r="D936" t="s">
         <v>4679</v>
       </c>
       <c r="E936" t="s">
         <v>4680</v>
       </c>
       <c r="F936" t="s">
         <v>4681</v>
       </c>
       <c r="G936" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="937">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B937" t="s">
         <v>4682</v>
       </c>
       <c r="C937" t="s">
         <v>4683</v>
       </c>
       <c r="D937" t="s">
         <v>4684</v>
       </c>
       <c r="E937" t="s">
         <v>4685</v>
       </c>
       <c r="F937" t="s">
         <v>4686</v>
       </c>
       <c r="G937" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="938">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B938" t="s">
         <v>4687</v>
       </c>
       <c r="C938" t="s">
         <v>4688</v>
       </c>
       <c r="D938" t="s">
         <v>4689</v>
       </c>
       <c r="E938" t="s">
         <v>4690</v>
       </c>
       <c r="F938" t="s">
         <v>4691</v>
       </c>
       <c r="G938" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="939">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B939" t="s">
         <v>4692</v>
       </c>
       <c r="C939" t="s">
         <v>4693</v>
       </c>
       <c r="D939" t="s">
         <v>4694</v>
       </c>
       <c r="E939" t="s">
         <v>4695</v>
       </c>
       <c r="F939" t="s">
         <v>4696</v>
       </c>
       <c r="G939" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="940">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B940" t="s">
         <v>4697</v>
       </c>
       <c r="C940" t="s">
         <v>4698</v>
       </c>
       <c r="D940" t="s">
         <v>4699</v>
       </c>
       <c r="E940" t="s">
         <v>4700</v>
       </c>
       <c r="F940" t="s">
         <v>4701</v>
       </c>
       <c r="G940" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="941">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B941" t="s">
         <v>4702</v>
       </c>
       <c r="C941" t="s">
         <v>4703</v>
       </c>
       <c r="D941" t="s">
         <v>4704</v>
       </c>
       <c r="E941" t="s">
         <v>4705</v>
       </c>
       <c r="F941" t="s">
         <v>4706</v>
       </c>
       <c r="G941" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="942">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B942" t="s">
         <v>4707</v>
       </c>
       <c r="C942" t="s">
         <v>4708</v>
       </c>
       <c r="D942" t="s">
         <v>4709</v>
       </c>
       <c r="E942" t="s">
         <v>4710</v>
       </c>
       <c r="F942" t="s">
         <v>4711</v>
       </c>
       <c r="G942" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="943">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B943" t="s">
         <v>4712</v>
       </c>
       <c r="C943" t="s">
         <v>4713</v>
       </c>
       <c r="D943" t="s">
         <v>4714</v>
       </c>
       <c r="E943" t="s">
         <v>4715</v>
       </c>
       <c r="F943" t="s">
         <v>4716</v>
       </c>
       <c r="G943" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="944">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B944" t="s">
         <v>4717</v>
       </c>
       <c r="C944" t="s">
         <v>4718</v>
       </c>
       <c r="D944" t="s">
         <v>4719</v>
       </c>
       <c r="E944" t="s">
         <v>4720</v>
       </c>
       <c r="F944" t="s">
         <v>4721</v>
       </c>
       <c r="G944" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="945">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B945" t="s">
         <v>4722</v>
       </c>
       <c r="C945" t="s">
         <v>4723</v>
       </c>
       <c r="D945" t="s">
         <v>4724</v>
       </c>
       <c r="E945" t="s">
         <v>4725</v>
       </c>
       <c r="F945" t="s">
         <v>4726</v>
       </c>
       <c r="G945" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="946">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B946" t="s">
         <v>4727</v>
       </c>
       <c r="C946" t="s">
         <v>4728</v>
       </c>
       <c r="D946" t="s">
         <v>4729</v>
       </c>
       <c r="E946" t="s">
         <v>4730</v>
       </c>
       <c r="F946" t="s">
         <v>4731</v>
       </c>
       <c r="G946" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="947">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B947" t="s">
         <v>4732</v>
       </c>
       <c r="C947" t="s">
         <v>4733</v>
       </c>
       <c r="D947" t="s">
         <v>4734</v>
       </c>
       <c r="E947" t="s">
         <v>4735</v>
       </c>
       <c r="F947" t="s">
         <v>4736</v>
       </c>
       <c r="G947" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="948">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B948" t="s">
         <v>4737</v>
       </c>
       <c r="C948" t="s">
         <v>4738</v>
       </c>
       <c r="D948" t="s">
         <v>4739</v>
       </c>
       <c r="E948" t="s">
         <v>4740</v>
       </c>
       <c r="F948" t="s">
         <v>4741</v>
       </c>
       <c r="G948" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="949">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B949" t="s">
         <v>4742</v>
       </c>
       <c r="C949" t="s">
         <v>4743</v>
       </c>
       <c r="D949" t="s">
         <v>4744</v>
       </c>
       <c r="E949" t="s">
         <v>4745</v>
       </c>
       <c r="F949" t="s">
         <v>4746</v>
       </c>
       <c r="G949" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="950">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B950" t="s">
         <v>4747</v>
       </c>
       <c r="C950" t="s">
         <v>4748</v>
       </c>
       <c r="D950" t="s">
         <v>4749</v>
       </c>
       <c r="E950" t="s">
         <v>4750</v>
       </c>
       <c r="F950" t="s">
         <v>4751</v>
       </c>
       <c r="G950" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="951">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B951" t="s">
         <v>4752</v>
       </c>
       <c r="C951" t="s">
         <v>4753</v>
       </c>
       <c r="D951" t="s">
         <v>4754</v>
       </c>
       <c r="E951" t="s">
         <v>4755</v>
       </c>
       <c r="F951" t="s">
         <v>4756</v>
       </c>
       <c r="G951" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="952">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B952" t="s">
         <v>4757</v>
       </c>
       <c r="C952" t="s">
         <v>4758</v>
       </c>
       <c r="D952" t="s">
         <v>4759</v>
       </c>
       <c r="E952" t="s">
         <v>4760</v>
       </c>
       <c r="F952" t="s">
         <v>4761</v>
       </c>
       <c r="G952" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="953">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B953" t="s">
         <v>4762</v>
       </c>
       <c r="C953" t="s">
         <v>4763</v>
       </c>
       <c r="D953" t="s">
         <v>4764</v>
       </c>
       <c r="E953" t="s">
         <v>4765</v>
       </c>
       <c r="F953" t="s">
         <v>4766</v>
       </c>
       <c r="G953" s="1">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="954">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B954" t="s">
         <v>4767</v>
       </c>
       <c r="C954" t="s">
         <v>4768</v>
       </c>
       <c r="D954" t="s">
         <v>4769</v>
       </c>
       <c r="E954" t="s">
         <v>4770</v>
       </c>
       <c r="F954" t="s">
         <v>4771</v>
       </c>
       <c r="G954" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="955">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B955" t="s">
         <v>4772</v>
       </c>
       <c r="C955" t="s">
         <v>4773</v>
       </c>
       <c r="D955" t="s">
         <v>4774</v>
       </c>
       <c r="E955" t="s">
         <v>4775</v>
       </c>
       <c r="F955" t="s">
         <v>4776</v>
       </c>
       <c r="G955" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="956">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B956" t="s">
         <v>4777</v>
       </c>
       <c r="C956" t="s">
         <v>4778</v>
       </c>
       <c r="D956" t="s">
         <v>4779</v>
       </c>
       <c r="E956" t="s">
         <v>4780</v>
       </c>
       <c r="F956" t="s">
         <v>4781</v>
       </c>
       <c r="G956" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="957">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B957" t="s">
         <v>4782</v>
       </c>
       <c r="C957" t="s">
         <v>4783</v>
       </c>
       <c r="D957" t="s">
         <v>4784</v>
       </c>
       <c r="E957" t="s">
         <v>4785</v>
       </c>
       <c r="F957" t="s">
         <v>4786</v>
       </c>
       <c r="G957" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="958">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B958" t="s">
         <v>4787</v>
       </c>
       <c r="C958" t="s">
         <v>4788</v>
       </c>
       <c r="D958" t="s">
         <v>4789</v>
       </c>
       <c r="E958" t="s">
         <v>4790</v>
       </c>
       <c r="F958" t="s">
         <v>4791</v>
       </c>
       <c r="G958" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="959">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B959" t="s">
         <v>4792</v>
       </c>
       <c r="C959" t="s">
         <v>4793</v>
       </c>
       <c r="D959" t="s">
         <v>4794</v>
       </c>
       <c r="E959" t="s">
         <v>4795</v>
       </c>
       <c r="F959" t="s">
         <v>4796</v>
       </c>
       <c r="G959" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="960">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B960" t="s">
         <v>4797</v>
       </c>
       <c r="C960" t="s">
         <v>4798</v>
       </c>
       <c r="D960" t="s">
         <v>4799</v>
       </c>
       <c r="E960" t="s">
         <v>4800</v>
       </c>
       <c r="F960" t="s">
         <v>4801</v>
       </c>
       <c r="G960" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="961">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B961" t="s">
         <v>4802</v>
       </c>
       <c r="C961" t="s">
         <v>4803</v>
       </c>
       <c r="D961" t="s">
         <v>4804</v>
       </c>
       <c r="E961" t="s">
         <v>4805</v>
       </c>
       <c r="F961" t="s">
         <v>4806</v>
       </c>
       <c r="G961" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="962">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B962" t="s">
         <v>4807</v>
       </c>
       <c r="C962" t="s">
         <v>4808</v>
       </c>
       <c r="D962" t="s">
         <v>4809</v>
       </c>
       <c r="E962" t="s">
         <v>4810</v>
       </c>
       <c r="F962" t="s">
         <v>4811</v>
       </c>
       <c r="G962" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="963">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B963" t="s">
         <v>4812</v>
       </c>
       <c r="C963" t="s">
         <v>4813</v>
       </c>
       <c r="D963" t="s">
         <v>4814</v>
       </c>
       <c r="E963" t="s">
         <v>4815</v>
       </c>
       <c r="F963" t="s">
         <v>4816</v>
       </c>
       <c r="G963" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="964">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B964" t="s">
         <v>4817</v>
       </c>
       <c r="C964" t="s">
         <v>4818</v>
       </c>
       <c r="D964" t="s">
         <v>4819</v>
       </c>
       <c r="E964" t="s">
         <v>4820</v>
       </c>
       <c r="F964" t="s">
         <v>4821</v>
       </c>
       <c r="G964" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="965">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B965" t="s">
         <v>4822</v>
       </c>
       <c r="C965" t="s">
         <v>4823</v>
       </c>
       <c r="D965" t="s">
         <v>4824</v>
       </c>
       <c r="E965" t="s">
         <v>4825</v>
       </c>
       <c r="F965" t="s">
         <v>4826</v>
       </c>
       <c r="G965" s="1">
-        <v>0.01</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="966">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B966" t="s">
         <v>4827</v>
       </c>
       <c r="C966" t="s">
         <v>4828</v>
       </c>
       <c r="D966" t="s">
         <v>4829</v>
       </c>
       <c r="E966" t="s">
         <v>4830</v>
       </c>
       <c r="F966" t="s">
         <v>4831</v>
       </c>
       <c r="G966" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="967">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B967" t="s">
         <v>4832</v>
       </c>
       <c r="C967" t="s">
         <v>4833</v>
       </c>
       <c r="D967" t="s">
         <v>4834</v>
       </c>
       <c r="E967" t="s">
         <v>4835</v>
       </c>
       <c r="F967" t="s">
         <v>4836</v>
       </c>
       <c r="G967" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="968">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B968" t="s">
         <v>4837</v>
       </c>
       <c r="C968" t="s">
         <v>4838</v>
       </c>
       <c r="D968" t="s">
         <v>4839</v>
       </c>
       <c r="E968" t="s">
         <v>4840</v>
       </c>
       <c r="F968" t="s">
         <v>4841</v>
       </c>
       <c r="G968" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="969">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B969" t="s">
         <v>4842</v>
       </c>
       <c r="C969" t="s">
         <v>4843</v>
       </c>
       <c r="D969" t="s">
         <v>4844</v>
       </c>
       <c r="E969" t="s">
         <v>4845</v>
       </c>
       <c r="F969" t="s">
         <v>4846</v>
       </c>
       <c r="G969" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="970">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B970" t="s">
         <v>4847</v>
       </c>
       <c r="C970" t="s">
         <v>4848</v>
       </c>
       <c r="D970" t="s">
         <v>4849</v>
       </c>
       <c r="E970" t="s">
         <v>4850</v>
       </c>
       <c r="F970" t="s">
         <v>4851</v>
       </c>
       <c r="G970" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="971">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B971" t="s">
         <v>4852</v>
       </c>
       <c r="C971" t="s">
         <v>4853</v>
       </c>
       <c r="D971" t="s">
         <v>4854</v>
       </c>
       <c r="E971" t="s">
         <v>4855</v>
       </c>
       <c r="F971" t="s">
         <v>4856</v>
       </c>
       <c r="G971" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="972">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B972" t="s">
         <v>4857</v>
       </c>
       <c r="C972" t="s">
         <v>4858</v>
       </c>
       <c r="D972" t="s">
         <v>4859</v>
       </c>
       <c r="E972" t="s">
         <v>4860</v>
       </c>
       <c r="F972" t="s">
         <v>4861</v>
       </c>
       <c r="G972" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="973">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B973" t="s">
         <v>4862</v>
       </c>
       <c r="C973" t="s">
         <v>4863</v>
       </c>
       <c r="D973" t="s">
         <v>4864</v>
       </c>
       <c r="E973" t="s">
         <v>4865</v>
       </c>
       <c r="F973" t="s">
         <v>4866</v>
       </c>
       <c r="G973" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="974">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B974" t="s">
         <v>4867</v>
       </c>
       <c r="C974" t="s">
         <v>4868</v>
       </c>
       <c r="D974" t="s">
         <v>4869</v>
       </c>
       <c r="E974" t="s">
         <v>4870</v>
       </c>
       <c r="F974" t="s">
         <v>4871</v>
       </c>
       <c r="G974" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="975">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B975" t="s">
         <v>4872</v>
       </c>
       <c r="C975" t="s">
         <v>4873</v>
       </c>
       <c r="D975" t="s">
         <v>4874</v>
       </c>
       <c r="E975" t="s">
         <v>4875</v>
       </c>
       <c r="F975" t="s">
         <v>4876</v>
       </c>
       <c r="G975" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="976">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B976" t="s">
         <v>4877</v>
       </c>
       <c r="C976" t="s">
         <v>4878</v>
       </c>
       <c r="D976" t="s">
         <v>4879</v>
       </c>
       <c r="E976" t="s">
         <v>4880</v>
       </c>
       <c r="F976" t="s">
         <v>4881</v>
       </c>
       <c r="G976" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="977">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B977" t="s">
         <v>4882</v>
       </c>
       <c r="C977" t="s">
         <v>4883</v>
       </c>
       <c r="D977" t="s">
         <v>4884</v>
       </c>
       <c r="E977" t="s">
         <v>4885</v>
       </c>
       <c r="F977" t="s">
         <v>4886</v>
       </c>
       <c r="G977" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="978">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B978" t="s">
         <v>4887</v>
       </c>
       <c r="C978" t="s">
         <v>4888</v>
       </c>
       <c r="D978" t="s">
         <v>4889</v>
       </c>
       <c r="E978" t="s">
         <v>4890</v>
       </c>
       <c r="F978" t="s">
         <v>4891</v>
       </c>
       <c r="G978" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="979">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B979" t="s">
         <v>4892</v>
       </c>
       <c r="C979" t="s">
         <v>4893</v>
       </c>
       <c r="D979" t="s">
         <v>4894</v>
       </c>
       <c r="E979" t="s">
         <v>4895</v>
       </c>
       <c r="F979" t="s">
         <v>4896</v>
       </c>
       <c r="G979" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="980">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B980" t="s">
         <v>4897</v>
       </c>
       <c r="C980" t="s">
         <v>4898</v>
       </c>
       <c r="D980" t="s">
         <v>4899</v>
       </c>
       <c r="E980" t="s">
         <v>4900</v>
       </c>
       <c r="F980" t="s">
         <v>4901</v>
       </c>
       <c r="G980" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="981">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B981" t="s">
         <v>4902</v>
       </c>
       <c r="C981" t="s">
         <v>4903</v>
       </c>
       <c r="D981" t="s">
         <v>4904</v>
       </c>
       <c r="E981" t="s">
         <v>4905</v>
       </c>
       <c r="F981" t="s">
         <v>4906</v>
       </c>
       <c r="G981" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="982">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B982" t="s">
         <v>4907</v>
       </c>
       <c r="C982" t="s">
         <v>4908</v>
       </c>
       <c r="D982" t="s">
         <v>4909</v>
       </c>
       <c r="E982" t="s">
         <v>4910</v>
       </c>
       <c r="F982" t="s">
         <v>4911</v>
       </c>
       <c r="G982" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="983">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B983" t="s">
         <v>4912</v>
       </c>
       <c r="C983" t="s">
         <v>4913</v>
       </c>
       <c r="D983" t="s">
         <v>4914</v>
       </c>
       <c r="E983" t="s">
         <v>4915</v>
       </c>
       <c r="F983" t="s">
         <v>4916</v>
       </c>
       <c r="G983" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="984">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B984" t="s">
         <v>4917</v>
       </c>
       <c r="C984" t="s">
         <v>4918</v>
       </c>
       <c r="D984" t="s">
         <v>4919</v>
       </c>
       <c r="E984" t="s">
         <v>4920</v>
       </c>
       <c r="F984" t="s">
         <v>4921</v>
       </c>
       <c r="G984" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="985">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B985" t="s">
         <v>4922</v>
       </c>
       <c r="C985" t="s">
         <v>4923</v>
       </c>
       <c r="D985" t="s">
         <v>4924</v>
       </c>
       <c r="E985" t="s">
         <v>4925</v>
       </c>
       <c r="F985" t="s">
         <v>4926</v>
       </c>
       <c r="G985" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="986">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B986" t="s">
         <v>4927</v>
       </c>
       <c r="C986" t="s">
         <v>4928</v>
       </c>
       <c r="D986" t="s">
         <v>4929</v>
       </c>
       <c r="E986" t="s">
         <v>4930</v>
       </c>
       <c r="F986" t="s">
         <v>4931</v>
       </c>
       <c r="G986" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="987">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B987" t="s">
         <v>4932</v>
       </c>
       <c r="C987" t="s">
         <v>4933</v>
       </c>
       <c r="D987" t="s">
         <v>4934</v>
       </c>
       <c r="E987" t="s">
         <v>4935</v>
       </c>
       <c r="F987" t="s">
         <v>4936</v>
       </c>
       <c r="G987" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="988">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B988" t="s">
         <v>4937</v>
       </c>
       <c r="C988" t="s">
         <v>4938</v>
       </c>
       <c r="D988" t="s">
         <v>4939</v>
       </c>
       <c r="E988" t="s">
         <v>4940</v>
       </c>
       <c r="F988" t="s">
         <v>4941</v>
       </c>
       <c r="G988" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="989">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B989" t="s">
         <v>4942</v>
       </c>
       <c r="C989" t="s">
         <v>4943</v>
       </c>
       <c r="D989" t="s">
         <v>4944</v>
       </c>
       <c r="E989" t="s">
         <v>4945</v>
       </c>
       <c r="F989" t="s">
         <v>4946</v>
       </c>
       <c r="G989" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="990">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B990" t="s">
         <v>4947</v>
       </c>
       <c r="C990" t="s">
         <v>4948</v>
       </c>
       <c r="D990" t="s">
         <v>4949</v>
       </c>
       <c r="E990" t="s">
         <v>4950</v>
       </c>
       <c r="F990" t="s">
         <v>4951</v>
       </c>
       <c r="G990" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="991">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B991" t="s">
         <v>4952</v>
       </c>
       <c r="C991" t="s">
         <v>4953</v>
       </c>
       <c r="D991" t="s">
         <v>4954</v>
       </c>
       <c r="E991" t="s">
         <v>4955</v>
       </c>
       <c r="F991" t="s">
         <v>4956</v>
       </c>
       <c r="G991" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="992">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B992" t="s">
         <v>4957</v>
       </c>
       <c r="C992" t="s">
         <v>4958</v>
       </c>
       <c r="D992" t="s">
         <v>4959</v>
       </c>
       <c r="E992" t="s">
         <v>4960</v>
       </c>
       <c r="F992" t="s">
         <v>4961</v>
       </c>
       <c r="G992" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="993">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B993" t="s">
         <v>4962</v>
       </c>
       <c r="C993" t="s">
         <v>4963</v>
       </c>
       <c r="D993" t="s">
         <v>4964</v>
       </c>
       <c r="E993" t="s">
         <v>4965</v>
       </c>
       <c r="F993" t="s">
         <v>4966</v>
       </c>
       <c r="G993" s="1">
-        <v>0.009</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="994">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B994" t="s">
         <v>4967</v>
       </c>
       <c r="C994" t="s">
         <v>4968</v>
       </c>
       <c r="D994" t="s">
         <v>4969</v>
       </c>
       <c r="E994" t="s">
         <v>4970</v>
       </c>
       <c r="F994" t="s">
         <v>4971</v>
       </c>
       <c r="G994" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="995">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B995" t="s">
         <v>4972</v>
       </c>
       <c r="C995" t="s">
         <v>4973</v>
       </c>
       <c r="D995" t="s">
         <v>4974</v>
       </c>
       <c r="E995" t="s">
         <v>4975</v>
       </c>
       <c r="F995" t="s">
         <v>4976</v>
       </c>
       <c r="G995" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="996">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B996" t="s">
         <v>4977</v>
       </c>
       <c r="C996" t="s">
         <v>4978</v>
       </c>
       <c r="D996" t="s">
         <v>4979</v>
       </c>
       <c r="E996" t="s">
         <v>4980</v>
       </c>
       <c r="F996" t="s">
         <v>4981</v>
       </c>
       <c r="G996" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="997">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B997" t="s">
         <v>4982</v>
       </c>
       <c r="C997" t="s">
         <v>4983</v>
       </c>
       <c r="D997" t="s">
         <v>4984</v>
       </c>
       <c r="E997" t="s">
         <v>4985</v>
       </c>
       <c r="F997" t="s">
         <v>4986</v>
       </c>
       <c r="G997" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="998">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B998" t="s">
         <v>4987</v>
       </c>
       <c r="C998" t="s">
         <v>4988</v>
       </c>
       <c r="D998" t="s">
         <v>4989</v>
       </c>
       <c r="E998" t="s">
         <v>4990</v>
       </c>
       <c r="F998" t="s">
         <v>4991</v>
       </c>
       <c r="G998" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="999">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B999" t="s">
         <v>4992</v>
       </c>
       <c r="C999" t="s">
         <v>4993</v>
       </c>
       <c r="D999" t="s">
         <v>4994</v>
       </c>
       <c r="E999" t="s">
         <v>4995</v>
       </c>
       <c r="F999" t="s">
         <v>4996</v>
       </c>
       <c r="G999" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="1000">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1000" t="s">
         <v>4997</v>
       </c>
       <c r="C1000" t="s">
         <v>4998</v>
       </c>
       <c r="D1000" t="s">
         <v>4999</v>
       </c>
       <c r="E1000" t="s">
         <v>5000</v>
       </c>
       <c r="F1000" t="s">
         <v>5001</v>
       </c>
       <c r="G1000" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="1001">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1001" t="s">
         <v>5002</v>
       </c>
       <c r="C1001" t="s">
         <v>5003</v>
       </c>
       <c r="D1001" t="s">
         <v>5004</v>
       </c>
       <c r="E1001" t="s">
         <v>5005</v>
       </c>
       <c r="F1001" t="s">
         <v>5006</v>
       </c>
       <c r="G1001" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="1002">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1002" t="s">
         <v>5007</v>
       </c>
       <c r="C1002" t="s">
         <v>5008</v>
       </c>
       <c r="D1002" t="s">
         <v>5009</v>
       </c>
       <c r="E1002" t="s">
         <v>5010</v>
       </c>
       <c r="F1002" t="s">
         <v>5011</v>
       </c>
       <c r="G1002" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="1003">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1003" t="s">
         <v>5012</v>
       </c>
       <c r="C1003" t="s">
         <v>5013</v>
       </c>
       <c r="D1003" t="s">
         <v>5014</v>
       </c>
       <c r="E1003" t="s">
         <v>5015</v>
       </c>
       <c r="F1003" t="s">
         <v>5016</v>
       </c>
       <c r="G1003" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="1004">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1004" t="s">
         <v>5017</v>
       </c>
       <c r="C1004" t="s">
         <v>5018</v>
       </c>
       <c r="D1004" t="s">
         <v>5019</v>
       </c>
       <c r="E1004" t="s">
         <v>5020</v>
       </c>
       <c r="F1004" t="s">
         <v>5021</v>
       </c>
       <c r="G1004" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="1005">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1005" t="s">
         <v>5022</v>
       </c>
       <c r="C1005" t="s">
         <v>5023</v>
       </c>
       <c r="D1005" t="s">
         <v>5024</v>
       </c>
       <c r="E1005" t="s">
         <v>5025</v>
       </c>
       <c r="F1005" t="s">
         <v>5026</v>
       </c>
       <c r="G1005" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="1006">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1006" t="s">
         <v>5027</v>
       </c>
       <c r="C1006" t="s">
         <v>5028</v>
       </c>
       <c r="D1006" t="s">
         <v>5029</v>
       </c>
       <c r="E1006" t="s">
         <v>5030</v>
       </c>
       <c r="F1006" t="s">
         <v>5031</v>
       </c>
       <c r="G1006" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="1007">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1007" t="s">
         <v>5032</v>
       </c>
       <c r="C1007" t="s">
         <v>5033</v>
       </c>
       <c r="D1007" t="s">
         <v>5034</v>
       </c>
       <c r="E1007" t="s">
         <v>5035</v>
       </c>
       <c r="F1007" t="s">
         <v>5036</v>
       </c>
       <c r="G1007" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="1008">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1008" t="s">
         <v>5037</v>
       </c>
       <c r="C1008" t="s">
         <v>5038</v>
       </c>
       <c r="D1008" t="s">
         <v>5039</v>
       </c>
       <c r="E1008" t="s">
         <v>5040</v>
       </c>
       <c r="F1008" t="s">
         <v>5041</v>
       </c>
       <c r="G1008" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="1009">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1009" t="s">
         <v>5042</v>
       </c>
       <c r="C1009" t="s">
         <v>5043</v>
       </c>
       <c r="D1009" t="s">
         <v>5044</v>
       </c>
       <c r="E1009" t="s">
         <v>5045</v>
       </c>
       <c r="F1009" t="s">
         <v>5046</v>
       </c>
       <c r="G1009" s="1">
-        <v>0.008</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="1010">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1010" t="s">
         <v>5047</v>
       </c>
       <c r="C1010" t="s">
         <v>5048</v>
       </c>
       <c r="D1010" t="s">
         <v>5049</v>
       </c>
       <c r="E1010" t="s">
         <v>5050</v>
       </c>
       <c r="F1010" t="s">
         <v>5051</v>
       </c>
       <c r="G1010" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="1011">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1011" t="s">
         <v>5052</v>
       </c>
       <c r="C1011" t="s">
         <v>5053</v>
       </c>
       <c r="D1011" t="s">
         <v>5054</v>
       </c>
       <c r="E1011" t="s">
         <v>5055</v>
       </c>
       <c r="F1011" t="s">
         <v>5056</v>
       </c>
       <c r="G1011" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="1012">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1012" t="s">
         <v>5057</v>
       </c>
       <c r="C1012" t="s">
         <v>5058</v>
       </c>
       <c r="D1012" t="s">
         <v>5059</v>
       </c>
       <c r="E1012" t="s">
         <v>5060</v>
       </c>
       <c r="F1012" t="s">
         <v>5061</v>
       </c>
       <c r="G1012" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="1013">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1013" t="s">
         <v>5062</v>
       </c>
       <c r="C1013" t="s">
         <v>5063</v>
       </c>
       <c r="D1013" t="s">
         <v>5064</v>
       </c>
       <c r="E1013" t="s">
         <v>5065</v>
       </c>
       <c r="F1013" t="s">
         <v>5066</v>
       </c>
       <c r="G1013" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="1014">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1014" t="s">
         <v>5067</v>
       </c>
       <c r="C1014" t="s">
         <v>5068</v>
       </c>
       <c r="D1014" t="s">
         <v>5069</v>
       </c>
       <c r="E1014" t="s">
         <v>5070</v>
       </c>
       <c r="F1014" t="s">
         <v>5071</v>
       </c>
       <c r="G1014" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="1015">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1015" t="s">
         <v>5072</v>
       </c>
       <c r="C1015" t="s">
         <v>5073</v>
       </c>
       <c r="D1015" t="s">
         <v>5074</v>
       </c>
       <c r="E1015" t="s">
         <v>5075</v>
       </c>
       <c r="F1015" t="s">
         <v>5076</v>
       </c>
       <c r="G1015" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="1016">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1016" t="s">
         <v>5077</v>
       </c>
       <c r="C1016" t="s">
         <v>5078</v>
       </c>
       <c r="D1016" t="s">
         <v>5079</v>
       </c>
       <c r="E1016" t="s">
         <v>5080</v>
       </c>
       <c r="F1016" t="s">
         <v>5081</v>
       </c>
       <c r="G1016" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="1017">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1017" t="s">
         <v>5082</v>
       </c>
       <c r="C1017" t="s">
         <v>5083</v>
       </c>
       <c r="D1017" t="s">
         <v>5084</v>
       </c>
       <c r="E1017" t="s">
         <v>5085</v>
       </c>
       <c r="F1017" t="s">
         <v>5086</v>
       </c>
       <c r="G1017" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="1018">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1018" t="s">
         <v>5087</v>
       </c>
       <c r="C1018" t="s">
         <v>5088</v>
       </c>
       <c r="D1018" t="s">
         <v>5089</v>
       </c>
       <c r="E1018" t="s">
         <v>5090</v>
       </c>
       <c r="F1018" t="s">
         <v>5091</v>
       </c>
       <c r="G1018" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="1019">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1019" t="s">
         <v>5092</v>
       </c>
       <c r="C1019" t="s">
         <v>5093</v>
       </c>
       <c r="D1019" t="s">
         <v>5094</v>
       </c>
       <c r="E1019" t="s">
         <v>5095</v>
       </c>
       <c r="F1019" t="s">
         <v>5096</v>
       </c>
       <c r="G1019" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="1020">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1020" t="s">
         <v>5097</v>
       </c>
       <c r="C1020" t="s">
         <v>5098</v>
       </c>
       <c r="D1020" t="s">
         <v>5099</v>
       </c>
       <c r="E1020" t="s">
         <v>5100</v>
       </c>
       <c r="F1020" t="s">
         <v>5101</v>
       </c>
       <c r="G1020" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="1021">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1021" t="s">
         <v>5102</v>
       </c>
       <c r="C1021" t="s">
         <v>5103</v>
       </c>
       <c r="D1021" t="s">
         <v>5104</v>
       </c>
       <c r="E1021" t="s">
         <v>5105</v>
       </c>
       <c r="F1021" t="s">
         <v>5106</v>
       </c>
       <c r="G1021" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="1022">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1022" t="s">
         <v>5107</v>
       </c>
       <c r="C1022" t="s">
         <v>5108</v>
       </c>
       <c r="D1022" t="s">
         <v>5109</v>
       </c>
       <c r="E1022" t="s">
         <v>5110</v>
       </c>
       <c r="F1022" t="s">
         <v>5111</v>
       </c>
       <c r="G1022" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="1023">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1023" t="s">
         <v>5112</v>
       </c>
       <c r="C1023" t="s">
         <v>5113</v>
       </c>
       <c r="D1023" t="s">
         <v>5114</v>
       </c>
       <c r="E1023" t="s">
         <v>5115</v>
       </c>
       <c r="F1023" t="s">
         <v>5116</v>
       </c>
       <c r="G1023" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="1024">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1024" t="s">
         <v>5117</v>
       </c>
       <c r="C1024" t="s">
         <v>5118</v>
       </c>
       <c r="D1024" t="s">
         <v>5119</v>
       </c>
       <c r="E1024" t="s">
         <v>5120</v>
       </c>
       <c r="F1024" t="s">
         <v>5121</v>
       </c>
       <c r="G1024" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="1025">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1025" t="s">
         <v>5122</v>
       </c>
       <c r="C1025" t="s">
         <v>5123</v>
       </c>
       <c r="D1025" t="s">
         <v>5124</v>
       </c>
       <c r="E1025" t="s">
         <v>5125</v>
       </c>
       <c r="F1025" t="s">
         <v>5126</v>
       </c>
       <c r="G1025" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="1026">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1026" t="s">
         <v>5127</v>
       </c>
       <c r="C1026" t="s">
         <v>5128</v>
       </c>
       <c r="D1026" t="s">
         <v>5129</v>
       </c>
       <c r="E1026" t="s">
         <v>5130</v>
       </c>
       <c r="F1026" t="s">
         <v>5131</v>
       </c>
       <c r="G1026" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="1027">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1027" t="s">
         <v>5132</v>
       </c>
       <c r="C1027" t="s">
         <v>5133</v>
       </c>
       <c r="D1027" t="s">
         <v>5134</v>
       </c>
       <c r="E1027" t="s">
         <v>5135</v>
       </c>
       <c r="F1027" t="s">
         <v>5136</v>
       </c>
       <c r="G1027" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="1028">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1028" t="s">
         <v>5137</v>
       </c>
       <c r="C1028" t="s">
         <v>5138</v>
       </c>
       <c r="D1028" t="s">
         <v>5139</v>
       </c>
       <c r="E1028" t="s">
         <v>5140</v>
       </c>
       <c r="F1028" t="s">
         <v>5141</v>
       </c>
       <c r="G1028" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="1029">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1029" t="s">
         <v>5142</v>
       </c>
       <c r="C1029" t="s">
         <v>5143</v>
       </c>
       <c r="D1029" t="s">
         <v>5144</v>
       </c>
       <c r="E1029" t="s">
         <v>5145</v>
       </c>
       <c r="F1029" t="s">
         <v>5146</v>
       </c>
       <c r="G1029" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="1030">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1030" t="s">
         <v>5147</v>
       </c>
       <c r="C1030" t="s">
         <v>5148</v>
       </c>
       <c r="D1030" t="s">
         <v>5149</v>
       </c>
       <c r="E1030" t="s">
         <v>5150</v>
       </c>
       <c r="F1030" t="s">
         <v>5151</v>
       </c>
       <c r="G1030" s="1">
-        <v>0.007</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="1031">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1031" t="s">
         <v>5152</v>
       </c>
       <c r="C1031" t="s">
         <v>5153</v>
       </c>
       <c r="D1031" t="s">
         <v>5154</v>
       </c>
       <c r="E1031" t="s">
         <v>5155</v>
       </c>
       <c r="F1031" t="s">
         <v>5156</v>
       </c>
       <c r="G1031" s="1">
-        <v>0.007</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="1032">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1032" t="s">
         <v>5157</v>
       </c>
       <c r="C1032" t="s">
         <v>5158</v>
       </c>
       <c r="D1032" t="s">
         <v>5159</v>
       </c>
       <c r="E1032" t="s">
         <v>5160</v>
       </c>
       <c r="F1032" t="s">
         <v>5161</v>
       </c>
       <c r="G1032" s="1">
-        <v>0.007</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="1033">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1033" t="s">
         <v>5162</v>
       </c>
       <c r="C1033" t="s">
         <v>5163</v>
       </c>
       <c r="D1033" t="s">
         <v>5164</v>
       </c>
       <c r="E1033" t="s">
         <v>5165</v>
       </c>
       <c r="F1033" t="s">
         <v>5166</v>
       </c>
       <c r="G1033" s="1">
-        <v>0.007</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="1034">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1034" t="s">
         <v>5167</v>
       </c>
       <c r="C1034" t="s">
         <v>5168</v>
       </c>
       <c r="D1034" t="s">
         <v>5169</v>
       </c>
       <c r="E1034" t="s">
         <v>5170</v>
       </c>
       <c r="F1034" t="s">
         <v>5171</v>
       </c>
       <c r="G1034" s="1">
-        <v>0.007</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="1035">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1035" t="s">
         <v>5172</v>
       </c>
       <c r="C1035" t="s">
         <v>5173</v>
       </c>
       <c r="D1035" t="s">
         <v>5174</v>
       </c>
       <c r="E1035" t="s">
         <v>5175</v>
       </c>
       <c r="F1035" t="s">
         <v>5176</v>
       </c>
       <c r="G1035" s="1">
-        <v>0.007</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="1036">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1036" t="s">
         <v>5177</v>
       </c>
       <c r="C1036" t="s">
         <v>5178</v>
       </c>
       <c r="D1036" t="s">
         <v>5179</v>
       </c>
       <c r="E1036" t="s">
         <v>5180</v>
       </c>
       <c r="F1036" t="s">
         <v>5181</v>
       </c>
       <c r="G1036" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="1037">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1037" t="s">
         <v>5182</v>
       </c>
       <c r="C1037" t="s">
         <v>5183</v>
       </c>
       <c r="D1037" t="s">
         <v>5184</v>
       </c>
       <c r="E1037" t="s">
         <v>5185</v>
       </c>
       <c r="F1037" t="s">
         <v>5186</v>
       </c>
       <c r="G1037" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="1038">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1038" t="s">
         <v>5187</v>
       </c>
       <c r="C1038" t="s">
         <v>5188</v>
       </c>
       <c r="D1038" t="s">
         <v>5189</v>
       </c>
       <c r="E1038" t="s">
         <v>5190</v>
       </c>
       <c r="F1038" t="s">
         <v>5191</v>
       </c>
       <c r="G1038" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="1039">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1039" t="s">
         <v>5192</v>
       </c>
       <c r="C1039" t="s">
         <v>5193</v>
       </c>
       <c r="D1039" t="s">
         <v>5194</v>
       </c>
       <c r="E1039" t="s">
         <v>5195</v>
       </c>
       <c r="F1039" t="s">
         <v>5196</v>
       </c>
       <c r="G1039" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="1040">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1040" t="s">
         <v>5197</v>
       </c>
       <c r="C1040" t="s">
         <v>5198</v>
       </c>
       <c r="D1040" t="s">
         <v>5199</v>
       </c>
       <c r="E1040" t="s">
         <v>5200</v>
       </c>
       <c r="F1040" t="s">
         <v>5201</v>
       </c>
       <c r="G1040" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="1041">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1041" t="s">
         <v>5202</v>
       </c>
       <c r="C1041" t="s">
         <v>5203</v>
       </c>
       <c r="D1041" t="s">
         <v>5204</v>
       </c>
       <c r="E1041" t="s">
         <v>5205</v>
       </c>
       <c r="F1041" t="s">
         <v>5206</v>
       </c>
       <c r="G1041" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="1042">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1042" t="s">
         <v>5207</v>
       </c>
       <c r="C1042" t="s">
         <v>5208</v>
       </c>
       <c r="D1042" t="s">
         <v>5209</v>
       </c>
       <c r="E1042" t="s">
         <v>5210</v>
       </c>
       <c r="F1042" t="s">
         <v>5211</v>
       </c>
       <c r="G1042" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="1043">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1043" t="s">
         <v>5212</v>
       </c>
       <c r="C1043" t="s">
         <v>5213</v>
       </c>
       <c r="D1043" t="s">
         <v>5214</v>
       </c>
       <c r="E1043" t="s">
         <v>5215</v>
       </c>
       <c r="F1043" t="s">
         <v>5216</v>
       </c>
       <c r="G1043" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="1044">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1044" t="s">
         <v>5217</v>
       </c>
       <c r="C1044" t="s">
         <v>5218</v>
       </c>
       <c r="D1044" t="s">
         <v>5219</v>
       </c>
       <c r="E1044" t="s">
         <v>5220</v>
       </c>
       <c r="F1044" t="s">
         <v>5221</v>
       </c>
       <c r="G1044" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="1045">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1045" t="s">
         <v>5222</v>
       </c>
       <c r="C1045" t="s">
         <v>5223</v>
       </c>
       <c r="D1045" t="s">
         <v>5224</v>
       </c>
       <c r="E1045" t="s">
         <v>5225</v>
       </c>
       <c r="F1045" t="s">
         <v>5226</v>
       </c>
       <c r="G1045" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="1046">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1046" t="s">
         <v>5227</v>
       </c>
       <c r="C1046" t="s">
         <v>5228</v>
       </c>
       <c r="D1046" t="s">
         <v>5229</v>
       </c>
       <c r="E1046" t="s">
         <v>5230</v>
       </c>
       <c r="F1046" t="s">
         <v>5231</v>
       </c>
       <c r="G1046" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="1047">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1047" t="s">
         <v>5232</v>
       </c>
       <c r="C1047" t="s">
         <v>5233</v>
       </c>
       <c r="D1047" t="s">
         <v>5234</v>
       </c>
       <c r="E1047" t="s">
         <v>5235</v>
       </c>
       <c r="F1047" t="s">
         <v>5236</v>
       </c>
       <c r="G1047" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="1048">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1048" t="s">
         <v>5237</v>
       </c>
       <c r="C1048" t="s">
         <v>5238</v>
       </c>
       <c r="D1048" t="s">
         <v>5239</v>
       </c>
       <c r="E1048" t="s">
         <v>5240</v>
       </c>
       <c r="F1048" t="s">
         <v>5241</v>
       </c>
       <c r="G1048" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="1049">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1049" t="s">
         <v>5242</v>
       </c>
       <c r="C1049" t="s">
         <v>5243</v>
       </c>
       <c r="D1049" t="s">
         <v>5244</v>
       </c>
       <c r="E1049" t="s">
         <v>5245</v>
       </c>
       <c r="F1049" t="s">
         <v>5246</v>
       </c>
       <c r="G1049" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="1050">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1050" t="s">
         <v>5247</v>
       </c>
       <c r="C1050" t="s">
         <v>5248</v>
       </c>
       <c r="D1050" t="s">
         <v>5249</v>
       </c>
       <c r="E1050" t="s">
         <v>5250</v>
       </c>
       <c r="F1050" t="s">
         <v>5251</v>
       </c>
       <c r="G1050" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="1051">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1051" t="s">
         <v>5252</v>
       </c>
       <c r="C1051" t="s">
         <v>5253</v>
       </c>
       <c r="D1051" t="s">
         <v>5254</v>
       </c>
       <c r="E1051" t="s">
         <v>5255</v>
       </c>
       <c r="F1051" t="s">
         <v>5256</v>
       </c>
       <c r="G1051" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="1052">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1052" t="s">
         <v>5257</v>
       </c>
       <c r="C1052" t="s">
         <v>5258</v>
       </c>
       <c r="D1052" t="s">
         <v>5259</v>
       </c>
       <c r="E1052" t="s">
         <v>5260</v>
       </c>
       <c r="F1052" t="s">
         <v>5261</v>
       </c>
       <c r="G1052" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="1053">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1053" t="s">
         <v>5262</v>
       </c>
       <c r="C1053" t="s">
         <v>5263</v>
       </c>
       <c r="D1053" t="s">
         <v>5264</v>
       </c>
       <c r="E1053" t="s">
         <v>5265</v>
       </c>
       <c r="F1053" t="s">
         <v>5266</v>
       </c>
       <c r="G1053" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="1054">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1054" t="s">
         <v>5267</v>
       </c>
       <c r="C1054" t="s">
         <v>5268</v>
       </c>
       <c r="D1054" t="s">
         <v>5269</v>
       </c>
       <c r="E1054" t="s">
         <v>5270</v>
       </c>
       <c r="F1054" t="s">
         <v>5271</v>
       </c>
       <c r="G1054" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="1055">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1055" t="s">
         <v>5272</v>
       </c>
       <c r="C1055" t="s">
         <v>5273</v>
       </c>
       <c r="D1055" t="s">
         <v>5274</v>
       </c>
       <c r="E1055" t="s">
         <v>5275</v>
       </c>
       <c r="F1055" t="s">
         <v>5276</v>
       </c>
       <c r="G1055" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="1056">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1056" t="s">
         <v>5277</v>
       </c>
       <c r="C1056" t="s">
         <v>5278</v>
       </c>
       <c r="D1056" t="s">
         <v>5279</v>
       </c>
       <c r="E1056" t="s">
         <v>5280</v>
       </c>
       <c r="F1056" t="s">
         <v>5281</v>
       </c>
       <c r="G1056" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="1057">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1057" t="s">
         <v>5282</v>
       </c>
       <c r="C1057" t="s">
         <v>5283</v>
       </c>
       <c r="D1057" t="s">
         <v>5284</v>
       </c>
       <c r="E1057" t="s">
         <v>5285</v>
       </c>
       <c r="F1057" t="s">
         <v>5286</v>
       </c>
       <c r="G1057" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="1058">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1058" t="s">
         <v>5287</v>
       </c>
       <c r="C1058" t="s">
         <v>5288</v>
       </c>
       <c r="D1058" t="s">
         <v>5289</v>
       </c>
       <c r="E1058" t="s">
         <v>5290</v>
       </c>
       <c r="F1058" t="s">
         <v>5291</v>
       </c>
       <c r="G1058" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="1059">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1059" t="s">
         <v>5292</v>
       </c>
       <c r="C1059" t="s">
         <v>5293</v>
       </c>
       <c r="D1059" t="s">
         <v>5294</v>
       </c>
       <c r="E1059" t="s">
         <v>5295</v>
       </c>
       <c r="F1059" t="s">
         <v>5296</v>
       </c>
       <c r="G1059" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="1060">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1060" t="s">
         <v>5297</v>
       </c>
       <c r="C1060" t="s">
         <v>5298</v>
       </c>
       <c r="D1060" t="s">
         <v>5299</v>
       </c>
       <c r="E1060" t="s">
         <v>5300</v>
       </c>
       <c r="F1060" t="s">
         <v>5301</v>
       </c>
       <c r="G1060" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="1061">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1061" t="s">
         <v>5302</v>
       </c>
       <c r="C1061" t="s">
         <v>5303</v>
       </c>
       <c r="D1061" t="s">
         <v>5304</v>
       </c>
       <c r="E1061" t="s">
         <v>5305</v>
       </c>
       <c r="F1061" t="s">
         <v>5306</v>
       </c>
       <c r="G1061" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="1062">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1062" t="s">
         <v>5307</v>
       </c>
       <c r="C1062" t="s">
         <v>5308</v>
       </c>
       <c r="D1062" t="s">
         <v>5309</v>
       </c>
       <c r="E1062" t="s">
         <v>5310</v>
       </c>
       <c r="F1062" t="s">
         <v>5311</v>
       </c>
       <c r="G1062" s="1">
-        <v>0.006</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="1063">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1063" t="s">
         <v>5312</v>
       </c>
       <c r="C1063" t="s">
         <v>5313</v>
       </c>
       <c r="D1063" t="s">
         <v>5314</v>
       </c>
       <c r="E1063" t="s">
         <v>5315</v>
       </c>
       <c r="F1063" t="s">
         <v>5316</v>
       </c>
       <c r="G1063" s="1">
-        <v>0.006</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="1064">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1064" t="s">
         <v>5317</v>
       </c>
       <c r="C1064" t="s">
         <v>5318</v>
       </c>
       <c r="D1064" t="s">
         <v>5319</v>
       </c>
       <c r="E1064" t="s">
         <v>5320</v>
       </c>
       <c r="F1064" t="s">
         <v>5321</v>
       </c>
       <c r="G1064" s="1">
-        <v>0.006</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="1065">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1065" t="s">
         <v>5322</v>
       </c>
       <c r="C1065" t="s">
         <v>5323</v>
       </c>
       <c r="D1065" t="s">
         <v>5324</v>
       </c>
       <c r="E1065" t="s">
         <v>5325</v>
       </c>
       <c r="F1065" t="s">
         <v>5326</v>
       </c>
       <c r="G1065" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="1066">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1066" t="s">
         <v>5327</v>
       </c>
       <c r="C1066" t="s">
         <v>5328</v>
       </c>
       <c r="D1066" t="s">
         <v>5329</v>
       </c>
       <c r="E1066" t="s">
         <v>5330</v>
       </c>
       <c r="F1066" t="s">
         <v>5331</v>
       </c>
       <c r="G1066" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="1067">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1067" t="s">
         <v>5332</v>
       </c>
       <c r="C1067" t="s">
         <v>5333</v>
       </c>
       <c r="D1067" t="s">
         <v>5334</v>
       </c>
       <c r="E1067" t="s">
         <v>5335</v>
       </c>
       <c r="F1067" t="s">
         <v>5336</v>
       </c>
       <c r="G1067" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="1068">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1068" t="s">
         <v>5337</v>
       </c>
       <c r="C1068" t="s">
         <v>5338</v>
       </c>
       <c r="D1068" t="s">
         <v>5339</v>
       </c>
       <c r="E1068" t="s">
         <v>5340</v>
       </c>
       <c r="F1068" t="s">
         <v>5341</v>
       </c>
       <c r="G1068" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="1069">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1069" t="s">
         <v>5342</v>
       </c>
       <c r="C1069" t="s">
         <v>5343</v>
       </c>
       <c r="D1069" t="s">
         <v>5344</v>
       </c>
       <c r="E1069" t="s">
         <v>5345</v>
       </c>
       <c r="F1069" t="s">
         <v>5346</v>
       </c>
       <c r="G1069" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="1070">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1070" t="s">
         <v>5347</v>
       </c>
       <c r="C1070" t="s">
         <v>5348</v>
       </c>
       <c r="D1070" t="s">
         <v>5349</v>
       </c>
       <c r="E1070" t="s">
         <v>5350</v>
       </c>
       <c r="F1070" t="s">
         <v>5351</v>
       </c>
       <c r="G1070" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="1071">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1071" t="s">
         <v>5352</v>
       </c>
       <c r="C1071" t="s">
         <v>5353</v>
       </c>
       <c r="D1071" t="s">
         <v>5354</v>
       </c>
       <c r="E1071" t="s">
         <v>5355</v>
       </c>
       <c r="F1071" t="s">
         <v>5356</v>
       </c>
       <c r="G1071" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="1072">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1072" t="s">
         <v>5357</v>
       </c>
       <c r="C1072" t="s">
         <v>5358</v>
       </c>
       <c r="D1072" t="s">
         <v>5359</v>
       </c>
       <c r="E1072" t="s">
         <v>5360</v>
       </c>
       <c r="F1072" t="s">
         <v>5361</v>
       </c>
       <c r="G1072" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="1073">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1073" t="s">
         <v>5362</v>
       </c>
       <c r="C1073" t="s">
         <v>5363</v>
       </c>
       <c r="D1073" t="s">
         <v>5364</v>
       </c>
       <c r="E1073" t="s">
         <v>5365</v>
       </c>
       <c r="F1073" t="s">
         <v>5366</v>
       </c>
       <c r="G1073" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="1074">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1074" t="s">
         <v>5367</v>
       </c>
       <c r="C1074" t="s">
         <v>5368</v>
       </c>
       <c r="D1074" t="s">
         <v>5369</v>
       </c>
       <c r="E1074" t="s">
         <v>5370</v>
       </c>
       <c r="F1074" t="s">
         <v>5371</v>
       </c>
       <c r="G1074" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="1075">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1075" t="s">
         <v>5372</v>
       </c>
       <c r="C1075" t="s">
         <v>5373</v>
       </c>
       <c r="D1075" t="s">
         <v>5374</v>
       </c>
       <c r="E1075" t="s">
         <v>5375</v>
       </c>
       <c r="F1075" t="s">
         <v>5376</v>
       </c>
       <c r="G1075" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="1076">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1076" t="s">
         <v>5377</v>
       </c>
       <c r="C1076" t="s">
         <v>5378</v>
       </c>
       <c r="D1076" t="s">
         <v>5379</v>
       </c>
       <c r="E1076" t="s">
         <v>5380</v>
       </c>
       <c r="F1076" t="s">
         <v>5381</v>
       </c>
       <c r="G1076" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="1077">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1077" t="s">
         <v>5382</v>
       </c>
       <c r="C1077" t="s">
         <v>5383</v>
       </c>
       <c r="D1077" t="s">
         <v>5384</v>
       </c>
       <c r="E1077" t="s">
         <v>5385</v>
       </c>
       <c r="F1077" t="s">
         <v>5386</v>
       </c>
       <c r="G1077" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="1078">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1078" t="s">
         <v>5387</v>
       </c>
       <c r="C1078" t="s">
         <v>5388</v>
       </c>
       <c r="D1078" t="s">
         <v>5389</v>
       </c>
       <c r="E1078" t="s">
         <v>5390</v>
       </c>
       <c r="F1078" t="s">
         <v>5391</v>
       </c>
       <c r="G1078" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="1079">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1079" t="s">
         <v>5392</v>
       </c>
       <c r="C1079" t="s">
         <v>5393</v>
       </c>
       <c r="D1079" t="s">
         <v>5394</v>
       </c>
       <c r="E1079" t="s">
         <v>5395</v>
       </c>
       <c r="F1079" t="s">
         <v>5396</v>
       </c>
       <c r="G1079" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="1080">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1080" t="s">
         <v>5397</v>
       </c>
       <c r="C1080" t="s">
         <v>5398</v>
       </c>
       <c r="D1080" t="s">
         <v>5399</v>
       </c>
       <c r="E1080" t="s">
         <v>5400</v>
       </c>
       <c r="F1080" t="s">
         <v>5401</v>
       </c>
       <c r="G1080" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="1081">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1081" t="s">
         <v>5402</v>
       </c>
       <c r="C1081" t="s">
         <v>5403</v>
       </c>
       <c r="D1081" t="s">
         <v>5404</v>
       </c>
       <c r="E1081" t="s">
         <v>5405</v>
       </c>
       <c r="F1081" t="s">
         <v>5406</v>
       </c>
       <c r="G1081" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="1082">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1082" t="s">
         <v>5407</v>
       </c>
       <c r="C1082" t="s">
         <v>5408</v>
       </c>
       <c r="D1082" t="s">
         <v>5409</v>
       </c>
       <c r="E1082" t="s">
         <v>5410</v>
       </c>
       <c r="F1082" t="s">
         <v>5411</v>
       </c>
       <c r="G1082" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="1083">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1083" t="s">
         <v>5412</v>
       </c>
       <c r="C1083" t="s">
         <v>5413</v>
       </c>
       <c r="D1083" t="s">
         <v>5414</v>
       </c>
       <c r="E1083" t="s">
         <v>5415</v>
       </c>
       <c r="F1083" t="s">
         <v>5416</v>
       </c>
       <c r="G1083" s="1">
-        <v>0.005</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="1084">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1084" t="s">
         <v>5417</v>
       </c>
       <c r="C1084" t="s">
         <v>5418</v>
       </c>
       <c r="D1084" t="s">
         <v>5419</v>
       </c>
       <c r="E1084" t="s">
         <v>5420</v>
       </c>
       <c r="F1084" t="s">
         <v>5421</v>
       </c>
       <c r="G1084" s="1">
-        <v>0.005</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="1085">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1085" t="s">
         <v>5422</v>
       </c>
       <c r="C1085" t="s">
         <v>5423</v>
       </c>
       <c r="D1085" t="s">
         <v>5424</v>
       </c>
       <c r="E1085" t="s">
         <v>5425</v>
       </c>
       <c r="F1085" t="s">
         <v>5426</v>
       </c>
       <c r="G1085" s="1">
-        <v>0.005</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="1086">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1086" t="s">
         <v>5427</v>
       </c>
       <c r="C1086" t="s">
         <v>5428</v>
       </c>
       <c r="D1086" t="s">
         <v>5429</v>
       </c>
       <c r="E1086" t="s">
         <v>5430</v>
       </c>
       <c r="F1086" t="s">
         <v>5431</v>
       </c>
       <c r="G1086" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="1087">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1087" t="s">
         <v>5432</v>
       </c>
       <c r="C1087" t="s">
         <v>5433</v>
       </c>
       <c r="D1087" t="s">
         <v>5434</v>
       </c>
       <c r="E1087" t="s">
         <v>5435</v>
       </c>
       <c r="F1087" t="s">
         <v>5436</v>
       </c>
       <c r="G1087" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="1088">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1088" t="s">
         <v>5437</v>
       </c>
       <c r="C1088" t="s">
         <v>5438</v>
       </c>
       <c r="D1088" t="s">
         <v>5439</v>
       </c>
       <c r="E1088" t="s">
         <v>5440</v>
       </c>
       <c r="F1088" t="s">
         <v>5441</v>
       </c>
       <c r="G1088" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="1089">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1089" t="s">
         <v>5442</v>
       </c>
       <c r="C1089" t="s">
         <v>5443</v>
       </c>
       <c r="D1089" t="s">
         <v>5444</v>
       </c>
       <c r="E1089" t="s">
         <v>5445</v>
       </c>
       <c r="F1089" t="s">
         <v>5446</v>
       </c>
       <c r="G1089" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="1090">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1090" t="s">
         <v>5447</v>
       </c>
       <c r="C1090" t="s">
         <v>5448</v>
       </c>
       <c r="D1090" t="s">
         <v>5449</v>
       </c>
       <c r="E1090" t="s">
         <v>5450</v>
       </c>
       <c r="F1090" t="s">
         <v>5451</v>
       </c>
       <c r="G1090" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="1091">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1091" t="s">
         <v>5452</v>
       </c>
       <c r="C1091" t="s">
         <v>5453</v>
       </c>
       <c r="D1091" t="s">
         <v>5454</v>
       </c>
       <c r="E1091" t="s">
         <v>5455</v>
       </c>
       <c r="F1091" t="s">
         <v>5456</v>
       </c>
       <c r="G1091" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="1092">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1092" t="s">
         <v>5457</v>
       </c>
       <c r="C1092" t="s">
         <v>5458</v>
       </c>
       <c r="D1092" t="s">
         <v>5459</v>
       </c>
       <c r="E1092" t="s">
         <v>5460</v>
       </c>
       <c r="F1092" t="s">
         <v>5461</v>
       </c>
       <c r="G1092" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="1093">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1093" t="s">
         <v>5462</v>
       </c>
       <c r="C1093" t="s">
         <v>5463</v>
       </c>
       <c r="D1093" t="s">
         <v>5464</v>
       </c>
       <c r="E1093" t="s">
         <v>5465</v>
       </c>
       <c r="F1093" t="s">
         <v>5466</v>
       </c>
       <c r="G1093" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="1094">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1094" t="s">
         <v>5467</v>
       </c>
       <c r="C1094" t="s">
         <v>5468</v>
       </c>
       <c r="D1094" t="s">
         <v>5469</v>
       </c>
       <c r="E1094" t="s">
         <v>5470</v>
       </c>
       <c r="F1094" t="s">
         <v>5471</v>
       </c>
       <c r="G1094" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="1095">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1095" t="s">
         <v>5472</v>
       </c>
       <c r="C1095" t="s">
         <v>5473</v>
       </c>
       <c r="D1095" t="s">
         <v>5474</v>
       </c>
       <c r="E1095" t="s">
         <v>5475</v>
       </c>
       <c r="F1095" t="s">
         <v>5476</v>
       </c>
       <c r="G1095" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="1096">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1096" t="s">
         <v>5477</v>
       </c>
       <c r="C1096" t="s">
         <v>5478</v>
       </c>
       <c r="D1096" t="s">
         <v>5479</v>
       </c>
       <c r="E1096" t="s">
         <v>5480</v>
       </c>
       <c r="F1096" t="s">
         <v>5481</v>
       </c>
       <c r="G1096" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="1097">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1097" t="s">
         <v>5482</v>
       </c>
       <c r="C1097" t="s">
         <v>5483</v>
       </c>
       <c r="D1097" t="s">
         <v>5484</v>
       </c>
       <c r="E1097" t="s">
         <v>5485</v>
       </c>
       <c r="F1097" t="s">
         <v>5486</v>
       </c>
       <c r="G1097" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="1098">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1098" t="s">
         <v>5487</v>
       </c>
       <c r="C1098" t="s">
         <v>5488</v>
       </c>
       <c r="D1098" t="s">
         <v>5489</v>
       </c>
       <c r="E1098" t="s">
         <v>5490</v>
       </c>
       <c r="F1098" t="s">
         <v>5491</v>
       </c>
       <c r="G1098" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="1099">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1099" t="s">
         <v>5492</v>
       </c>
       <c r="C1099" t="s">
         <v>5493</v>
       </c>
       <c r="D1099" t="s">
         <v>5494</v>
       </c>
       <c r="E1099" t="s">
         <v>5495</v>
       </c>
       <c r="F1099" t="s">
         <v>5496</v>
       </c>
       <c r="G1099" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="1100">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1100" t="s">
         <v>5497</v>
       </c>
       <c r="C1100" t="s">
         <v>5498</v>
       </c>
       <c r="D1100" t="s">
         <v>5499</v>
       </c>
       <c r="E1100" t="s">
         <v>5500</v>
       </c>
       <c r="F1100" t="s">
         <v>5501</v>
       </c>
       <c r="G1100" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="1101">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1101" t="s">
         <v>5502</v>
       </c>
       <c r="C1101" t="s">
         <v>5503</v>
       </c>
       <c r="D1101" t="s">
         <v>5504</v>
       </c>
       <c r="E1101" t="s">
         <v>5505</v>
       </c>
       <c r="F1101" t="s">
         <v>5506</v>
       </c>
       <c r="G1101" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="1102">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1102" t="s">
         <v>5507</v>
       </c>
       <c r="C1102" t="s">
         <v>5508</v>
       </c>
       <c r="D1102" t="s">
         <v>5509</v>
       </c>
       <c r="E1102" t="s">
         <v>5510</v>
       </c>
       <c r="F1102" t="s">
         <v>5511</v>
       </c>
       <c r="G1102" s="1">
-        <v>0.005</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="1103">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1103" t="s">
         <v>5512</v>
       </c>
       <c r="C1103" t="s">
         <v>5513</v>
       </c>
       <c r="D1103" t="s">
         <v>5514</v>
       </c>
       <c r="E1103" t="s">
         <v>5515</v>
       </c>
       <c r="F1103" t="s">
         <v>5516</v>
       </c>
       <c r="G1103" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="1104">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1104" t="s">
         <v>5517</v>
       </c>
       <c r="C1104" t="s">
         <v>5518</v>
       </c>
       <c r="D1104" t="s">
         <v>5519</v>
       </c>
       <c r="E1104" t="s">
         <v>5520</v>
       </c>
       <c r="F1104" t="s">
         <v>5521</v>
       </c>
       <c r="G1104" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="1105">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1105" t="s">
         <v>5522</v>
       </c>
       <c r="C1105" t="s">
         <v>5523</v>
       </c>
       <c r="D1105" t="s">
         <v>5524</v>
       </c>
       <c r="E1105" t="s">
         <v>5525</v>
       </c>
       <c r="F1105" t="s">
         <v>5526</v>
       </c>
       <c r="G1105" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="1106">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1106" t="s">
         <v>5527</v>
       </c>
       <c r="C1106" t="s">
         <v>5528</v>
       </c>
       <c r="D1106" t="s">
         <v>5529</v>
       </c>
       <c r="E1106" t="s">
         <v>5530</v>
       </c>
       <c r="F1106" t="s">
         <v>5531</v>
       </c>
       <c r="G1106" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="1107">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1107" t="s">
         <v>5532</v>
       </c>
       <c r="C1107" t="s">
         <v>5533</v>
       </c>
       <c r="D1107" t="s">
         <v>5534</v>
       </c>
       <c r="E1107" t="s">
         <v>5535</v>
       </c>
       <c r="F1107" t="s">
         <v>5536</v>
       </c>
       <c r="G1107" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="1108">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1108" t="s">
         <v>5537</v>
       </c>
       <c r="C1108" t="s">
         <v>5538</v>
       </c>
       <c r="D1108" t="s">
         <v>5539</v>
       </c>
       <c r="E1108" t="s">
         <v>5540</v>
       </c>
       <c r="F1108" t="s">
         <v>5541</v>
       </c>
       <c r="G1108" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="1109">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1109" t="s">
         <v>5542</v>
       </c>
       <c r="C1109" t="s">
         <v>5543</v>
       </c>
       <c r="D1109" t="s">
         <v>5544</v>
       </c>
       <c r="E1109" t="s">
         <v>5545</v>
       </c>
       <c r="F1109" t="s">
         <v>5546</v>
       </c>
       <c r="G1109" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="1110">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1110" t="s">
         <v>5547</v>
       </c>
       <c r="C1110" t="s">
         <v>5548</v>
       </c>
       <c r="D1110" t="s">
         <v>5549</v>
       </c>
       <c r="E1110" t="s">
         <v>5550</v>
       </c>
       <c r="F1110" t="s">
         <v>5551</v>
       </c>
       <c r="G1110" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="1111">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1111" t="s">
         <v>5552</v>
       </c>
       <c r="C1111" t="s">
         <v>5553</v>
       </c>
       <c r="D1111" t="s">
         <v>5554</v>
       </c>
       <c r="E1111" t="s">
         <v>5555</v>
       </c>
       <c r="F1111" t="s">
         <v>5556</v>
       </c>
       <c r="G1111" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="1112">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1112" t="s">
         <v>5557</v>
       </c>
       <c r="C1112" t="s">
         <v>5558</v>
       </c>
       <c r="D1112" t="s">
         <v>5559</v>
       </c>
       <c r="E1112" t="s">
         <v>5560</v>
       </c>
       <c r="F1112" t="s">
         <v>5561</v>
       </c>
       <c r="G1112" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="1113">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1113" t="s">
         <v>5562</v>
       </c>
       <c r="C1113" t="s">
         <v>5563</v>
       </c>
       <c r="D1113" t="s">
         <v>5564</v>
       </c>
       <c r="E1113" t="s">
         <v>5565</v>
       </c>
       <c r="F1113" t="s">
         <v>5566</v>
       </c>
       <c r="G1113" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="1114">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1114" t="s">
         <v>5567</v>
       </c>
       <c r="C1114" t="s">
         <v>5568</v>
       </c>
       <c r="D1114" t="s">
         <v>5569</v>
       </c>
       <c r="E1114" t="s">
         <v>5570</v>
       </c>
       <c r="F1114" t="s">
         <v>5571</v>
       </c>
       <c r="G1114" s="1">
-        <v>0.004</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="1115">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1115" t="s">
         <v>5572</v>
       </c>
       <c r="C1115" t="s">
         <v>5573</v>
       </c>
       <c r="D1115" t="s">
         <v>5574</v>
       </c>
       <c r="E1115" t="s">
         <v>5575</v>
       </c>
       <c r="F1115" t="s">
         <v>5576</v>
       </c>
       <c r="G1115" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="1116">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1116" t="s">
         <v>5577</v>
       </c>
       <c r="C1116" t="s">
         <v>5578</v>
       </c>
       <c r="D1116" t="s">
         <v>5579</v>
       </c>
       <c r="E1116" t="s">
         <v>5580</v>
       </c>
       <c r="F1116" t="s">
         <v>5581</v>
       </c>
       <c r="G1116" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="1117">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1117" t="s">
         <v>5582</v>
       </c>
       <c r="C1117" t="s">
         <v>5583</v>
       </c>
       <c r="D1117" t="s">
         <v>5584</v>
       </c>
       <c r="E1117" t="s">
         <v>5585</v>
       </c>
       <c r="F1117" t="s">
         <v>5586</v>
       </c>
       <c r="G1117" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="1118">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1118" t="s">
         <v>5587</v>
       </c>
       <c r="C1118" t="s">
         <v>5588</v>
       </c>
       <c r="D1118" t="s">
         <v>5589</v>
       </c>
       <c r="E1118" t="s">
         <v>5590</v>
       </c>
       <c r="F1118" t="s">
         <v>5591</v>
       </c>
       <c r="G1118" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="1119">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1119" t="s">
         <v>5592</v>
       </c>
       <c r="C1119" t="s">
         <v>5593</v>
       </c>
       <c r="D1119" t="s">
         <v>5594</v>
       </c>
       <c r="E1119" t="s">
         <v>5595</v>
       </c>
       <c r="F1119" t="s">
         <v>5596</v>
       </c>
       <c r="G1119" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="1120">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1120" t="s">
         <v>5597</v>
       </c>
       <c r="C1120" t="s">
         <v>5598</v>
       </c>
       <c r="D1120" t="s">
         <v>5599</v>
       </c>
       <c r="E1120" t="s">
         <v>5600</v>
       </c>
       <c r="F1120" t="s">
         <v>5601</v>
       </c>
       <c r="G1120" s="1">
-        <v>0.003</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="1121">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1121" t="s">
         <v>5602</v>
       </c>
       <c r="C1121" t="s">
         <v>5603</v>
       </c>
       <c r="D1121" t="s">
         <v>5604</v>
       </c>
       <c r="E1121" t="s">
         <v>5605</v>
       </c>
       <c r="F1121" t="s">
         <v>5606</v>
       </c>
       <c r="G1121" s="1">
-        <v>0.003</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="1122">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1122" t="s">
         <v>5607</v>
       </c>
       <c r="C1122" t="s">
         <v>5608</v>
       </c>
       <c r="D1122" t="s">
         <v>5609</v>
       </c>
       <c r="E1122" t="s">
         <v>5610</v>
       </c>
       <c r="F1122" t="s">
         <v>5611</v>
       </c>
       <c r="G1122" s="1">
-        <v>0.003</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="1123">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1123" t="s">
         <v>5612</v>
       </c>
       <c r="C1123" t="s">
         <v>5613</v>
       </c>
       <c r="D1123" t="s">
         <v>5614</v>
       </c>
       <c r="E1123" t="s">
         <v>5615</v>
       </c>
       <c r="F1123" t="s">
         <v>5616</v>
       </c>
       <c r="G1123" s="1">
-        <v>0.003</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="1124">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1124" t="s">
         <v>5617</v>
       </c>
       <c r="C1124" t="s">
         <v>5618</v>
       </c>
       <c r="D1124" t="s">
         <v>5619</v>
       </c>
       <c r="E1124" t="s">
         <v>5620</v>
       </c>
       <c r="F1124" t="s">
         <v>5621</v>
       </c>
       <c r="G1124" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="1125">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1125" t="s">
         <v>5622</v>
       </c>
       <c r="C1125" t="s">
         <v>5623</v>
       </c>
       <c r="D1125" t="s">
         <v>5624</v>
       </c>
       <c r="E1125" t="s">
         <v>5625</v>
       </c>
       <c r="F1125" t="s">
         <v>5626</v>
       </c>
       <c r="G1125" s="1">
-        <v>0.002</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="1126">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1126" t="s">
         <v>5627</v>
       </c>
       <c r="C1126" t="s">
         <v>5628</v>
       </c>
       <c r="D1126" t="s">
         <v>5629</v>
       </c>
       <c r="E1126" t="s">
         <v>5630</v>
       </c>
       <c r="F1126" t="s">
         <v>5631</v>
       </c>
       <c r="G1126" s="1">
-        <v>0.002</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="1127">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1127" t="s">
         <v>5632</v>
       </c>
       <c r="C1127" t="s">
         <v>5633</v>
       </c>
       <c r="D1127" t="s">
         <v>5634</v>
       </c>
       <c r="E1127" t="s">
         <v>5635</v>
       </c>
       <c r="F1127" t="s">
         <v>5636</v>
       </c>
       <c r="G1127" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="1128">
-        <v>45961</v>
+        <v>46021</v>
       </c>
       <c r="B1128" t="s">
         <v>5637</v>
       </c>
       <c r="C1128" t="s">
         <v>5638</v>
       </c>
       <c r="D1128" t="s">
         <v>5639</v>
       </c>
       <c r="E1128" t="s">
         <v>5640</v>
       </c>
       <c r="F1128" t="s">
         <v>5641</v>
       </c>
       <c r="G1128" s="1">
         <v>0.001</v>
-      </c>
-[...90 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>