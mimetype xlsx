--- v0 (2025-12-16)
+++ v1 (2026-03-16)
@@ -13,667 +13,683 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="197">
   <si>
     <t xml:space="preserve">Datum</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Typ</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
+    <t xml:space="preserve">Nordnet AB publ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015192067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NP3 Fastigheter AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0006342333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swedish Logistic Property AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017565476</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sweco AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0014960373</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fastighetsbolaget Emilshus AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0016785786</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bufab AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0025010671</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trelleborg AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000114837</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beijer Alma AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0011090547</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avanza Bank Holding AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0012454072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AAK AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0011337708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
     <t xml:space="preserve">Beijer Ref AB B</t>
   </si>
   <si>
     <t xml:space="preserve">SE0015949748</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">Nordnet AB publ</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">SE0014960373</t>
+    <t xml:space="preserve">Medcap AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0009160872</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Getinge AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000202624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lagercrantz Group AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0014990966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lime Technologies AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0011870195</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
     <t xml:space="preserve">OEM International AB B</t>
   </si>
   <si>
     <t xml:space="preserve">SE0017766843</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">Trelleborg AB B</t>
-[...77 lines deleted...]
-    <t xml:space="preserve">SE0014990966</t>
+    <t xml:space="preserve">Bravida Holding AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0007491303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Idun Industrier AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0013512464</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Momentum Group AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017562523</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nolato AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015962477</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Logistea AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017131337</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intea Fastigheter AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017072259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AQ Group AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0022062196</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VBG Group AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000115107</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
     <t xml:space="preserve">Addnode Group AB B</t>
   </si>
   <si>
     <t xml:space="preserve">SE0017885767</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">Swedish Logistic Property AB B</t>
-[...122 lines deleted...]
-    <t xml:space="preserve">SE0007491303</t>
+    <t xml:space="preserve">Acast AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015960935</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rejlers AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000123671</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alligo AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0009922305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BTS Group AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000805426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bergman &amp; Beving AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000101362</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rvrc Holding AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0015962485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Engcon AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017769847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTT Systems AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000418923</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Enity Holding AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0025011554</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
     <t xml:space="preserve">HMS Networks AB</t>
   </si>
   <si>
     <t xml:space="preserve">SE0009997018</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
-    <t xml:space="preserve">Nolato AB B</t>
-[...137 lines deleted...]
-    <t xml:space="preserve">SE0009922305</t>
+    <t xml:space="preserve">Karnell Group AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0017832173</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aktier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sverige </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clas Ohlson AB B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE0000584948</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
   <si>
     <t xml:space="preserve">MIPS AB</t>
   </si>
   <si>
     <t xml:space="preserve">SE0009216278</t>
-  </si>
-[...58 lines deleted...]
-    <t xml:space="preserve">SE0023135298</t>
   </si>
   <si>
     <t xml:space="preserve">Aktier</t>
   </si>
   <si>
     <t xml:space="preserve">SEK</t>
   </si>
   <si>
     <t xml:space="preserve">Sverige </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
+    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -1008,897 +1024,920 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>5.136</v>
+        <v>5.649</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>4.602</v>
+        <v>5.123</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>4.389</v>
+        <v>4.298</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>4.216</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>4.022</v>
+        <v>4.141</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>3.999</v>
+        <v>4.136</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>3.991</v>
+        <v>4.001</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>3.983</v>
+        <v>3.842</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>3.852</v>
+        <v>3.644</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>3.825</v>
+        <v>3.509</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>3.609</v>
+        <v>3.364</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>3.586</v>
+        <v>3.16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>3.572</v>
+        <v>3.109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>3.184</v>
+        <v>2.994</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>3.124</v>
+        <v>2.945</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>3.113</v>
+        <v>2.887</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>2.956</v>
+        <v>2.756</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>2.93</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>2.91</v>
+        <v>2.392</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>2.521</v>
+        <v>2.28</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>2.424</v>
+        <v>2.152</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>2.129</v>
+        <v>2.152</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>2.062</v>
+        <v>2.043</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.991</v>
+        <v>1.992</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>1.961</v>
+        <v>1.859</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>1.96</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>1.775</v>
+        <v>1.779</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>1.429</v>
+        <v>1.712</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>1.378</v>
+        <v>1.707</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>1.307</v>
+        <v>1.593</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>1.295</v>
+        <v>1.481</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>1.258</v>
+        <v>1.462</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>1.2</v>
+        <v>1.429</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>1.127</v>
+        <v>1.411</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>1.118</v>
+        <v>1.402</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.825</v>
+        <v>0.907</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.405</v>
+        <v>0.68</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="39">
+        <v>46052</v>
+      </c>
+      <c r="B39" t="s">
+        <v>192</v>
+      </c>
+      <c r="C39" t="s">
+        <v>193</v>
+      </c>
+      <c r="D39" t="s">
+        <v>194</v>
+      </c>
+      <c r="E39" t="s">
+        <v>195</v>
+      </c>
+      <c r="F39" t="s">
+        <v>196</v>
+      </c>
+      <c r="G39" s="1">
+        <v>0.461</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>